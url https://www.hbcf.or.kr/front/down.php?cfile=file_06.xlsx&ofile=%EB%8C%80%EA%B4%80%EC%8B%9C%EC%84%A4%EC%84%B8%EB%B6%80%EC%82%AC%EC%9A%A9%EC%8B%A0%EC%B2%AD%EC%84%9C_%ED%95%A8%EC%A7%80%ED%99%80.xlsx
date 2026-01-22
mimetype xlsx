--- v0 (2025-10-25)
+++ v1 (2026-01-22)
@@ -9,582 +9,577 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\02 대관\01 대관필요양식\2025 정기대관 신청서식\하반기 정기대관 신청서식\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\02 대관\01 대관필요양식\02 대관공연관련 서류\대관시설세부내역서 관련\2026(운영조례 변경 후)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36FC55BA-70CC-43BE-AC6A-0064C4F477B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{30F4FAC1-917D-4FBA-B02A-8F74B18929AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="공연" sheetId="1" r:id="rId1"/>
     <sheet name="공연_납부" sheetId="4" state="hidden" r:id="rId2"/>
     <sheet name="공연_음향반사판사용" sheetId="5" r:id="rId3"/>
     <sheet name="공연_납부(음향반사판)" sheetId="6" state="hidden" r:id="rId4"/>
-    <sheet name="행사" sheetId="7" state="hidden" r:id="rId5"/>
+    <sheet name="행사" sheetId="7" r:id="rId5"/>
     <sheet name="행사_납부" sheetId="8" state="hidden" r:id="rId6"/>
-    <sheet name="Sheet2" sheetId="3" r:id="rId7"/>
+    <sheet name="Sheet2" sheetId="3" state="hidden" r:id="rId7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">공연!$A$1:$T$50</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="4">행사!$A$1:$T$50</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">공연!$A$1:$T$49</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">공연_음향반사판사용!$A$1:$T$49</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">행사!$A$1:$T$49</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" refMode="R1C1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Q29" i="6" l="1"/>
+  <c r="O44" i="5" l="1"/>
+  <c r="J44" i="5"/>
+  <c r="O43" i="5"/>
+  <c r="J43" i="5" s="1"/>
+  <c r="J42" i="5"/>
+  <c r="J41" i="5"/>
+  <c r="J40" i="5"/>
+  <c r="J39" i="5"/>
+  <c r="J38" i="5"/>
+  <c r="O37" i="5"/>
+  <c r="J37" i="5"/>
+  <c r="O36" i="5"/>
+  <c r="J36" i="5" s="1"/>
+  <c r="O35" i="5"/>
+  <c r="J35" i="5" s="1"/>
+  <c r="L34" i="5"/>
+  <c r="O34" i="5" s="1"/>
+  <c r="J34" i="5" s="1"/>
+  <c r="L33" i="5"/>
+  <c r="O33" i="5" s="1"/>
+  <c r="J33" i="5" s="1"/>
+  <c r="O32" i="5"/>
+  <c r="J32" i="5"/>
+  <c r="O31" i="5"/>
+  <c r="J31" i="5"/>
+  <c r="O30" i="5"/>
+  <c r="J30" i="5"/>
+  <c r="O29" i="5"/>
+  <c r="J29" i="5"/>
+  <c r="O28" i="5"/>
+  <c r="J28" i="5"/>
+  <c r="O27" i="5"/>
+  <c r="J27" i="5"/>
+  <c r="O26" i="5"/>
+  <c r="J26" i="5" s="1"/>
+  <c r="O25" i="5"/>
+  <c r="J25" i="5"/>
+  <c r="O24" i="5"/>
+  <c r="J24" i="5"/>
+  <c r="J18" i="5"/>
+  <c r="L17" i="5"/>
+  <c r="R17" i="5" s="1"/>
+  <c r="L16" i="5"/>
+  <c r="R16" i="5" s="1"/>
+  <c r="L15" i="5"/>
+  <c r="R15" i="5" s="1"/>
+  <c r="J14" i="5"/>
+  <c r="R13" i="5"/>
+  <c r="O13" i="5"/>
+  <c r="R12" i="5"/>
+  <c r="O12" i="5"/>
+  <c r="R11" i="5"/>
+  <c r="O11" i="5"/>
+  <c r="J11" i="5" s="1"/>
+  <c r="O45" i="7"/>
+  <c r="J45" i="7" s="1"/>
+  <c r="O44" i="7"/>
+  <c r="J44" i="7" s="1"/>
+  <c r="J43" i="7"/>
+  <c r="J42" i="7"/>
+  <c r="J41" i="7"/>
+  <c r="J40" i="7"/>
+  <c r="J39" i="7"/>
+  <c r="O38" i="7"/>
+  <c r="J38" i="7"/>
+  <c r="O37" i="7"/>
+  <c r="J37" i="7" s="1"/>
+  <c r="O36" i="7"/>
+  <c r="J36" i="7"/>
+  <c r="L35" i="7"/>
+  <c r="O35" i="7" s="1"/>
+  <c r="L34" i="7"/>
+  <c r="O33" i="7"/>
+  <c r="J33" i="7" s="1"/>
+  <c r="O32" i="7"/>
+  <c r="J32" i="7" s="1"/>
+  <c r="O31" i="7"/>
+  <c r="J31" i="7"/>
+  <c r="O30" i="7"/>
+  <c r="J30" i="7" s="1"/>
+  <c r="O29" i="7"/>
+  <c r="J29" i="7" s="1"/>
+  <c r="O28" i="7"/>
+  <c r="J28" i="7" s="1"/>
+  <c r="O27" i="7"/>
+  <c r="J27" i="7" s="1"/>
+  <c r="O26" i="7"/>
+  <c r="J26" i="7" s="1"/>
+  <c r="O25" i="7"/>
+  <c r="J25" i="7" s="1"/>
+  <c r="J12" i="5" l="1"/>
+  <c r="O16" i="5"/>
+  <c r="J16" i="5" s="1"/>
+  <c r="J45" i="5"/>
+  <c r="O15" i="5"/>
+  <c r="J15" i="5" s="1"/>
+  <c r="O17" i="5"/>
+  <c r="J17" i="5" s="1"/>
+  <c r="J13" i="5"/>
+  <c r="O34" i="7"/>
+  <c r="J34" i="7" s="1"/>
+  <c r="J35" i="7"/>
+  <c r="J19" i="5" l="1"/>
+  <c r="F6" i="5" s="1"/>
+  <c r="J46" i="7"/>
+  <c r="J19" i="7" l="1"/>
+  <c r="L18" i="7"/>
+  <c r="O18" i="7" s="1"/>
+  <c r="L17" i="7"/>
+  <c r="O17" i="7" s="1"/>
+  <c r="L16" i="7"/>
+  <c r="O16" i="7" s="1"/>
+  <c r="J15" i="7"/>
+  <c r="R14" i="7"/>
+  <c r="O14" i="7"/>
+  <c r="R13" i="7"/>
+  <c r="O13" i="7"/>
+  <c r="R12" i="7"/>
+  <c r="O12" i="7"/>
+  <c r="L18" i="1"/>
+  <c r="R18" i="1" s="1"/>
+  <c r="R14" i="1"/>
+  <c r="O14" i="1"/>
+  <c r="J14" i="1" s="1"/>
+  <c r="O38" i="1"/>
+  <c r="J39" i="1"/>
+  <c r="O36" i="1"/>
+  <c r="J36" i="1" s="1"/>
+  <c r="O32" i="1"/>
+  <c r="J32" i="1" s="1"/>
+  <c r="O31" i="1"/>
+  <c r="J31" i="1" s="1"/>
+  <c r="O28" i="1"/>
+  <c r="J28" i="1" s="1"/>
+  <c r="Q29" i="6"/>
   <c r="I21" i="6"/>
   <c r="I20" i="6"/>
   <c r="I15" i="6"/>
   <c r="I14" i="6"/>
-  <c r="L33" i="5" l="1"/>
-[...5 lines deleted...]
-  <c r="J41" i="5"/>
+  <c r="J14" i="7" l="1"/>
+  <c r="J13" i="7"/>
+  <c r="J12" i="7"/>
+  <c r="R18" i="7"/>
+  <c r="J18" i="7" s="1"/>
+  <c r="R17" i="7"/>
+  <c r="J17" i="7" s="1"/>
+  <c r="R16" i="7"/>
+  <c r="J16" i="7" s="1"/>
+  <c r="O18" i="1"/>
+  <c r="J18" i="1" s="1"/>
+  <c r="L35" i="1"/>
+  <c r="L34" i="1"/>
+  <c r="J20" i="7" l="1"/>
+  <c r="F7" i="7" s="1"/>
   <c r="J41" i="1"/>
   <c r="J42" i="1"/>
   <c r="Q44" i="8" l="1"/>
   <c r="N44" i="8"/>
   <c r="Q43" i="8"/>
   <c r="N43" i="8"/>
   <c r="Q42" i="8"/>
   <c r="N42" i="8"/>
   <c r="Q41" i="8"/>
   <c r="N41" i="8"/>
   <c r="Q40" i="8"/>
   <c r="N40" i="8"/>
   <c r="Q39" i="8"/>
   <c r="N39" i="8"/>
   <c r="Q38" i="8"/>
   <c r="N38" i="8"/>
   <c r="Q37" i="8"/>
   <c r="N37" i="8"/>
   <c r="W36" i="8"/>
   <c r="Q36" i="8"/>
   <c r="N36" i="8"/>
-  <c r="AC36" i="8" s="1"/>
   <c r="W35" i="8"/>
   <c r="Q35" i="8"/>
   <c r="N35" i="8"/>
   <c r="Q34" i="8"/>
   <c r="N34" i="8"/>
   <c r="Q33" i="8"/>
   <c r="N33" i="8"/>
   <c r="Q32" i="8"/>
   <c r="N32" i="8"/>
   <c r="Q31" i="8"/>
   <c r="N31" i="8"/>
   <c r="Q30" i="8"/>
   <c r="N30" i="8"/>
   <c r="AC28" i="8"/>
   <c r="N25" i="8"/>
   <c r="N24" i="8"/>
   <c r="N23" i="8"/>
   <c r="N22" i="8"/>
   <c r="N21" i="8"/>
   <c r="W20" i="8"/>
   <c r="N20" i="8"/>
   <c r="W19" i="8"/>
   <c r="N19" i="8"/>
   <c r="N18" i="8"/>
   <c r="N17" i="8"/>
   <c r="N16" i="8"/>
   <c r="N15" i="8"/>
   <c r="N14" i="8"/>
   <c r="AC11" i="8"/>
   <c r="AC10" i="8"/>
   <c r="I47" i="8" s="1"/>
   <c r="M6" i="8"/>
   <c r="G6" i="8"/>
   <c r="G5" i="8"/>
   <c r="G4" i="8"/>
   <c r="G3" i="8"/>
-  <c r="O46" i="7"/>
-[...49 lines deleted...]
-  <c r="J33" i="7" l="1"/>
+  <c r="Q25" i="8"/>
+  <c r="Q23" i="8"/>
+  <c r="Q22" i="8"/>
+  <c r="Q21" i="8"/>
+  <c r="Q20" i="8"/>
+  <c r="Q19" i="8"/>
+  <c r="Q18" i="8"/>
+  <c r="Q17" i="8"/>
+  <c r="Q16" i="8"/>
+  <c r="Q14" i="8"/>
+  <c r="AC22" i="8" l="1"/>
+  <c r="AC36" i="8"/>
   <c r="AC37" i="8"/>
   <c r="AC41" i="8"/>
   <c r="Q15" i="8"/>
   <c r="AC15" i="8" s="1"/>
   <c r="AC19" i="8"/>
   <c r="AC40" i="8"/>
-  <c r="J12" i="7"/>
-[...2 lines deleted...]
-  <c r="J34" i="7"/>
   <c r="AC25" i="8"/>
   <c r="Q24" i="8"/>
   <c r="AC24" i="8" s="1"/>
   <c r="AC31" i="8"/>
   <c r="AC38" i="8"/>
   <c r="AC42" i="8"/>
   <c r="AC16" i="8"/>
   <c r="AC21" i="8"/>
   <c r="AC30" i="8"/>
   <c r="AC32" i="8"/>
   <c r="AC34" i="8"/>
   <c r="AC39" i="8"/>
   <c r="AC44" i="8"/>
   <c r="AC43" i="8"/>
   <c r="AC20" i="8"/>
-  <c r="J32" i="7"/>
   <c r="AC35" i="8"/>
-  <c r="J29" i="7"/>
   <c r="AC33" i="8"/>
-  <c r="J25" i="7"/>
   <c r="AC14" i="8"/>
   <c r="AC17" i="8"/>
   <c r="AC18" i="8"/>
   <c r="AC23" i="8"/>
-  <c r="O15" i="7"/>
-[...13 lines deleted...]
-  <c r="J18" i="7"/>
+  <c r="AB27" i="8" l="1"/>
   <c r="I48" i="8"/>
   <c r="AB9" i="8"/>
-  <c r="AA46" i="8" s="1"/>
-  <c r="F7" i="7" l="1"/>
+  <c r="AA46" i="8" l="1"/>
   <c r="Q42" i="6"/>
   <c r="Q41" i="6"/>
   <c r="Q40" i="6"/>
   <c r="Q39" i="6"/>
   <c r="Q38" i="6"/>
   <c r="Q37" i="6"/>
   <c r="Q36" i="6"/>
   <c r="Q35" i="6"/>
   <c r="Q33" i="6"/>
   <c r="Q32" i="6"/>
   <c r="Q31" i="6"/>
   <c r="N42" i="6"/>
-  <c r="AC42" i="6" s="1"/>
   <c r="Q30" i="6"/>
   <c r="N41" i="6"/>
   <c r="N40" i="6"/>
   <c r="N39" i="6"/>
   <c r="N38" i="6"/>
   <c r="N37" i="6"/>
   <c r="N36" i="6"/>
   <c r="AC36" i="6" s="1"/>
   <c r="N35" i="6"/>
   <c r="N34" i="6"/>
   <c r="N33" i="6"/>
   <c r="N32" i="6"/>
   <c r="AC32" i="6" s="1"/>
   <c r="N31" i="6"/>
-  <c r="AC31" i="6" s="1"/>
   <c r="N30" i="6"/>
   <c r="N29" i="6"/>
   <c r="N24" i="6"/>
   <c r="N23" i="6"/>
   <c r="N22" i="6"/>
   <c r="N21" i="6"/>
   <c r="N20" i="6"/>
   <c r="N19" i="6"/>
   <c r="N18" i="6"/>
   <c r="N17" i="6"/>
   <c r="N16" i="6"/>
   <c r="N15" i="6"/>
   <c r="N14" i="6"/>
   <c r="W34" i="6"/>
   <c r="W33" i="6"/>
   <c r="W19" i="6"/>
   <c r="W18" i="6"/>
   <c r="M6" i="6"/>
   <c r="G4" i="6"/>
   <c r="G5" i="6"/>
   <c r="G3" i="6"/>
   <c r="AC41" i="6"/>
   <c r="AC29" i="6"/>
   <c r="AC27" i="6"/>
   <c r="AC11" i="6"/>
   <c r="AC10" i="6"/>
   <c r="G6" i="6"/>
-  <c r="O46" i="5"/>
-[...42 lines deleted...]
-  <c r="J23" i="5"/>
+  <c r="Q23" i="6"/>
+  <c r="AC31" i="6" l="1"/>
+  <c r="AC42" i="6"/>
+  <c r="AC35" i="6"/>
   <c r="Q14" i="6"/>
-  <c r="J31" i="5"/>
-  <c r="J47" i="5" s="1"/>
   <c r="Q17" i="6"/>
-  <c r="J35" i="5"/>
   <c r="Q21" i="6"/>
-  <c r="J45" i="5"/>
   <c r="Q24" i="6"/>
   <c r="AC39" i="6"/>
-  <c r="J24" i="5"/>
   <c r="Q15" i="6"/>
-  <c r="J32" i="5"/>
   <c r="Q18" i="6"/>
-  <c r="J25" i="5"/>
   <c r="Q16" i="6"/>
-  <c r="J33" i="5"/>
   <c r="Q19" i="6"/>
-  <c r="J37" i="5"/>
   <c r="Q22" i="6"/>
-  <c r="J44" i="5"/>
   <c r="AC38" i="6"/>
   <c r="AC37" i="6"/>
   <c r="AC33" i="6"/>
-  <c r="J12" i="5"/>
   <c r="Q34" i="6"/>
   <c r="AC34" i="6" s="1"/>
   <c r="I45" i="6"/>
   <c r="AC40" i="6"/>
   <c r="AC30" i="6"/>
-  <c r="O15" i="5"/>
-[...5 lines deleted...]
-  <c r="R17" i="5"/>
   <c r="Q35" i="4"/>
-  <c r="J16" i="5" l="1"/>
-[...3 lines deleted...]
-  <c r="F7" i="5" s="1"/>
+  <c r="AB26" i="6" l="1"/>
   <c r="Q42" i="4"/>
   <c r="N42" i="4"/>
-  <c r="AC42" i="4" s="1"/>
   <c r="Q41" i="4"/>
   <c r="N41" i="4"/>
   <c r="Q40" i="4"/>
   <c r="N40" i="4"/>
   <c r="Q39" i="4"/>
   <c r="N39" i="4"/>
   <c r="Q38" i="4"/>
   <c r="N38" i="4"/>
   <c r="Q37" i="4"/>
   <c r="N37" i="4"/>
   <c r="Q36" i="4"/>
   <c r="N36" i="4"/>
   <c r="N35" i="4"/>
   <c r="AC35" i="4" s="1"/>
   <c r="W34" i="4"/>
   <c r="Q34" i="4"/>
   <c r="N34" i="4"/>
   <c r="W33" i="4"/>
   <c r="Q33" i="4"/>
   <c r="N33" i="4"/>
-  <c r="AC33" i="4" s="1"/>
   <c r="Q32" i="4"/>
-  <c r="AC32" i="4" s="1"/>
   <c r="N32" i="4"/>
   <c r="Q31" i="4"/>
   <c r="N31" i="4"/>
   <c r="Q30" i="4"/>
   <c r="N30" i="4"/>
   <c r="Q29" i="4"/>
   <c r="N29" i="4"/>
   <c r="AC27" i="4"/>
   <c r="N24" i="4"/>
   <c r="N23" i="4"/>
   <c r="N22" i="4"/>
   <c r="N21" i="4"/>
   <c r="N20" i="4"/>
   <c r="W19" i="4"/>
   <c r="N19" i="4"/>
   <c r="W18" i="4"/>
   <c r="N18" i="4"/>
   <c r="N17" i="4"/>
   <c r="N16" i="4"/>
   <c r="N15" i="4"/>
   <c r="N14" i="4"/>
   <c r="AC11" i="4"/>
   <c r="AC10" i="4"/>
   <c r="I45" i="4" s="1"/>
   <c r="M6" i="4"/>
   <c r="G6" i="4"/>
   <c r="G5" i="4"/>
   <c r="G4" i="4"/>
   <c r="G3" i="4"/>
-  <c r="O46" i="1"/>
-  <c r="J46" i="1" s="1"/>
   <c r="O45" i="1"/>
   <c r="AC24" i="6" s="1"/>
-  <c r="J45" i="1"/>
   <c r="O44" i="1"/>
   <c r="AC23" i="6" s="1"/>
-  <c r="J44" i="1"/>
   <c r="J43" i="1"/>
   <c r="J40" i="1"/>
-  <c r="J39" i="1"/>
-[...1 lines deleted...]
-  <c r="J38" i="1" s="1"/>
+  <c r="J38" i="1"/>
   <c r="O37" i="1"/>
   <c r="AC22" i="6" s="1"/>
-  <c r="O36" i="1"/>
-  <c r="J36" i="1"/>
+  <c r="AC21" i="6"/>
   <c r="O35" i="1"/>
-  <c r="AC21" i="6" s="1"/>
+  <c r="AC19" i="6" s="1"/>
   <c r="O34" i="1"/>
-  <c r="J34" i="1" s="1"/>
+  <c r="AC18" i="6" s="1"/>
+  <c r="AC17" i="6"/>
   <c r="O33" i="1"/>
-  <c r="AC19" i="6" s="1"/>
-[...4 lines deleted...]
-  <c r="AC17" i="6" s="1"/>
+  <c r="J33" i="1" s="1"/>
   <c r="O30" i="1"/>
   <c r="J30" i="1" s="1"/>
   <c r="O29" i="1"/>
   <c r="J29" i="1" s="1"/>
-  <c r="O28" i="1"/>
-  <c r="J28" i="1" s="1"/>
   <c r="O27" i="1"/>
-  <c r="J27" i="1"/>
+  <c r="J27" i="1" s="1"/>
   <c r="O26" i="1"/>
-  <c r="J26" i="1"/>
+  <c r="AC15" i="6" s="1"/>
   <c r="O25" i="1"/>
-  <c r="J25" i="1" s="1"/>
-[...2 lines deleted...]
-  <c r="O23" i="1"/>
   <c r="AC14" i="6" s="1"/>
-  <c r="J23" i="1"/>
   <c r="L17" i="1"/>
-  <c r="R17" i="1" s="1"/>
+  <c r="O17" i="1" s="1"/>
   <c r="L16" i="1"/>
-  <c r="O16" i="1" s="1"/>
-[...3 lines deleted...]
-  <c r="O14" i="1"/>
+  <c r="R16" i="1" s="1"/>
   <c r="R13" i="1"/>
   <c r="O13" i="1"/>
   <c r="R12" i="1"/>
   <c r="O12" i="1"/>
-  <c r="Q23" i="4" l="1"/>
+  <c r="AC42" i="4" l="1"/>
+  <c r="J34" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="J25" i="1"/>
+  <c r="J45" i="1"/>
+  <c r="AC32" i="4"/>
+  <c r="AC33" i="4"/>
+  <c r="Q23" i="4"/>
+  <c r="AC23" i="4" s="1"/>
   <c r="J13" i="1"/>
   <c r="Q22" i="4"/>
   <c r="AC22" i="4" s="1"/>
   <c r="Q24" i="4"/>
   <c r="AC24" i="4" s="1"/>
   <c r="AC40" i="4"/>
   <c r="J12" i="1"/>
-  <c r="J14" i="1"/>
-[...3 lines deleted...]
-  <c r="J35" i="1"/>
+  <c r="J15" i="1"/>
+  <c r="R17" i="1"/>
+  <c r="J17" i="1" s="1"/>
+  <c r="J26" i="1"/>
   <c r="J37" i="1"/>
   <c r="Q18" i="4"/>
   <c r="AC18" i="4" s="1"/>
-  <c r="O17" i="1"/>
-[...2 lines deleted...]
-  <c r="AC23" i="4"/>
+  <c r="J19" i="1"/>
+  <c r="J35" i="1"/>
   <c r="AC41" i="4"/>
   <c r="AC29" i="4"/>
   <c r="AC39" i="4"/>
   <c r="AC34" i="4"/>
   <c r="AC31" i="4"/>
   <c r="AC37" i="4"/>
   <c r="AC30" i="4"/>
   <c r="AC36" i="4"/>
   <c r="AC38" i="4"/>
   <c r="Q21" i="4"/>
   <c r="AC21" i="4" s="1"/>
   <c r="Q20" i="6"/>
   <c r="AC20" i="6" s="1"/>
   <c r="Q20" i="4"/>
   <c r="AC20" i="4" s="1"/>
   <c r="Q17" i="4"/>
   <c r="AC17" i="4" s="1"/>
-  <c r="J31" i="1"/>
-  <c r="J47" i="1" s="1"/>
   <c r="Q16" i="4"/>
   <c r="AC16" i="4" s="1"/>
   <c r="AC16" i="6"/>
   <c r="Q15" i="4"/>
   <c r="AC15" i="4" s="1"/>
   <c r="Q14" i="4"/>
   <c r="AC14" i="4" s="1"/>
   <c r="Q19" i="4"/>
   <c r="AC19" i="4" s="1"/>
-  <c r="O15" i="1"/>
-[...1 lines deleted...]
-  <c r="AB26" i="4" l="1"/>
+  <c r="O16" i="1"/>
+  <c r="J16" i="1" s="1"/>
+  <c r="J46" i="1" l="1"/>
+  <c r="AB26" i="4"/>
   <c r="I46" i="4"/>
   <c r="AB9" i="6"/>
   <c r="AA44" i="6" s="1"/>
   <c r="I46" i="6"/>
   <c r="AB9" i="4"/>
-  <c r="AA44" i="4" s="1"/>
-[...1 lines deleted...]
-  <c r="F7" i="1" s="1"/>
+  <c r="J20" i="1"/>
+  <c r="F7" i="1" l="1"/>
+  <c r="AA44" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1103" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1084" uniqueCount="189">
   <si>
     <t>평일</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>오전</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>오후</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>야간</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>구분</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>금액</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
@@ -614,412 +609,387 @@
   <si>
     <t>피아노(국산)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>사용금액(원)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>1회</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>기준 사용료</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>설치, 연습 사용료(50%)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>기본조명</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>strobe</t>
-[...2 lines deleted...]
-  <si>
     <t>follow spot light</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>Par64, Par46</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>Moving Light</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>음향반사판</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>외부무선마이크</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>영사기(35m/m)</t>
-[...2 lines deleted...]
-  <si>
     <t>비디오프로젝트</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>녹화 - 비디오</t>
-[...2 lines deleted...]
-  <si>
     <t>덧마루</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>고무매트</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>냉방</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>난방</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>스모그기</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...2 lines deleted...]
-    <t>Moving Console</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>1일</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>조명시설</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>음향ㆍ
 영상시설</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>무대시설</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>냉난방
 시설</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>기타</t>
-[...2 lines deleted...]
-  <si>
     <t>공연연습을 위한 사용료 없음
 (1일 기준 사용료)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>기본조명을 제외한 조명의 운영인력은 대관자 부담(설치 및 철거, 운영)
-[...9 lines deleted...]
-  <si>
     <t>○</t>
   </si>
   <si>
     <t>○</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>단 체 명</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>대관일자</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>사용료내역</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>1. 기본시설 사용</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>2. 부속설비 사용</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>비고</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>설치만 되어 있는 경우
 (30% 적용)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>설치, 연습 사용료
 (50% 적용)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>대관료</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
+    <t>운영인력은 대관자가 부담(설치 및 철거)
+고무매트는 테이프 포함 금액임
+보면대 - 10개 이상 사용시 적용</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
     <t>오전(09:00~12:00)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>오후(13:00~17:00)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>야간(18:00~22:00)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>:</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>유선마이크</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>무선마이크</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>(</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>개)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>&lt;작성 시 유의사항&gt;</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>대관료 내역</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>1.</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>:</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>단체명</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>대관일자</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>산출근거</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">가. </t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>준비사용</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>-</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>기본시설</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>:</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>회</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>×</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>부속시설</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">나. </t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>공연사용</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>야간</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>라.</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>대관료(부가세 포함)</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>5.</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>입금계좌</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>대구은행 505-10-196761-4 재단법인행복북구문화재단</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>(※대관 허가통지서를 받은 즉시 납부 하여야 하며,
    송금 후 전화확인 바랍니다. ☎053-320-5127)</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>※ 사용시간 구분 : 오전 09:00~12:00│오후 13:00~17:00│야간18:00
 ※ 공연연습, 무대시설, 행사준비를 위한 사용시는 당해 기준 사용료의 50%로 함(난방, 덧마루 제외)
 ※ 토요일, 일요일, 공휴일 사용시는 당해기준 사용료의 20%를 가산함
 ※ 공연 오퍼레이터(operrator)및 진행스텝은 대관자 측에서 동반함을 원칙으로 함</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>행사명</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>피아노(국산)</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>피아노(외산)</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>기본조명</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>음향반사판</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>무선마이크</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>유선마이크</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>CD플레이어</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>비디오프로젝트</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>덧마루</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>고무매트</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>보면대</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>(</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>대기준)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>2.1.(목)</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>오전</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>오후</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>어울아트센터</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>-대공연장</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="24"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
@@ -1082,613 +1052,284 @@
   <si>
     <t>단 체 명</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>대관일자</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">( 행사시작시간 : </t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>대관료</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>사용료내역</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>1. 기본시설 사용</t>
+    <t>외부무선마이크</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>구분</t>
+    <t>보면대</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>사용금액(원)</t>
+    <t>&lt;작성 시 유의사항&gt;</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>기준 사용료</t>
+    <t>대관료 내역</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>1.</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>행사명</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>:</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>단체명</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>대관일자</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>산출근거</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">가. </t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>기본시설</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>오전</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>회</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>×</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>오후</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>부속시설</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>:</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>피아노(외산)</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>피아노(국산)</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>회</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>×</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>기본조명</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>부속시설</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>무빙콘솔</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>음향반사판</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>유선마이크</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>대기준)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>설치, 연습 사용료
-[...159 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <t>무선마이크</t>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>(</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>개)</t>
+    <t>대기준)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
+    <t>CD플레이어</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>비디오프로젝트</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>냉방</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>난방</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">나. </t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>공연사용</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>야간</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>피아노(외산)</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>무빙콘솔</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>음향반사판</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>유선마이크</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
     <t>무선마이크</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...3 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>:</t>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>외부무선마이크</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>외부무선마이크</t>
-[...6 lines deleted...]
-  <si>
     <t>비디오프로젝트</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...7 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>덧마루</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...14 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>고무매트</t>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>회</t>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>보면대</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...13 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>난방</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>기타</t>
-[...279 lines deleted...]
-  <si>
     <t>라.</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>5.</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>(※대관 허가통지서를 받은 즉시 납부 하여야 하며,
    송금 후 전화확인 바랍니다. ☎053-320-5127)</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>※ 사용시간 구분 : 오전 09:00~12:00│오후 13:00~17:00│야간18:00
 ※ 공연연습, 무대시설, 행사준비를 위한 사용시는 당해 기준 사용료의 50%로 함(난방, 덧마루 제외)
 ※ 토요일, 일요일, 공휴일 사용시는 당해기준 사용료의 20%를 가산함
 ※ 공연 오퍼레이터(operrator)및 진행스텝은 대관자 측에서 동반함을 원칙으로 함</t>
-    <phoneticPr fontId="12" type="noConversion"/>
+    <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>어울아트센터</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>-대공연장</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="24"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
@@ -1701,178 +1342,179 @@
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>(공연/음향반사판사용)</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>더블CDP</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>흑샤막</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>백샤막</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>유선마이크 3개기준 10,000원
-[...5 lines deleted...]
-음향 오퍼레이터(Operator) 및 진행스탭은 대관자 측에서 동반함을 원칙으로 함</t>
+    <t>다.</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>대관료</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>조명콘솔</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>다.</t>
-[...19 lines deleted...]
-    <t>1일</t>
+    <t>LED Par Zoom</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">* </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t>기본시설 및 부속설비에 이용 신청 항목에 횟수(숫자)로만 입력 해 주시면 됩니다.</t>
+      <t>기본시설 및 부속설비에 이용 신청 항목에 횟수(숫자)로만 입력해 주시면 됩니다.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 * 부속설비 사용횟수는 기본시설사용 사용횟수와 동일해야합니다.(ex. 평일 오후1회, 야간 1회 기본시설 사용시, 부속설비 기준사용은 2회 기입)
 * 유선마이크 3개 이상 필요시 원하시는 개수로 내용수정 바랍니다. ( 3개이하 사용시 기준사용료 변동 없음 )
 * 무선마이크 2개 이상 필요시 원하시는 개수로 내용수정 바랍니다. ( 2개이하 사용시 기준사용료 변동 없음 )
 * 자세한 사항은 전화문의 (☎053-</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>320-5142</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>) 바랍니다.</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>운영인력은 대관자가 부담(설치 및 철거)
-[...1 lines deleted...]
-보면대 - 10개 이상 사용시 적용</t>
+    <t>심야(22:00~24:00)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>운영인력은 대관자가 부담</t>
+    <t>심야</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-    </r>
+    <t>심야대관은 원칙적으로 불가
+단, 다음날 공연 또는 행사
+준비ㆍ철수를 위한
+심야 대관이 불가피한 경우
+조율 후 결정함</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>피아노 조율은 대관자가 필수 부담</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>운영인력은 대관자가 필수 부담(설치, 철거, 운영 모두 포함)
+Moving Light는 순수공연만 대여 가능(행사 및 발표회시에는 대여 불가)
+사용료는 1회 당 1대 기준임
+LED Par Zoom은 오봉홀 대관시에만 대여 가능
+스모그기 재료비는 대관자가 필수 부담</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>유선마이크 1회 당 3개 기준
+→ 초과 시 1개 당 5,000원 가산
+무선마이크 1회 당 2개 기준
+→ 초과 시 1개 당 10,000원 가산 
+(※ 핀 마이크는 대여 품목에 해당하지 않음)
+마이크 건전지는 대관자가 필수 부담
+빔 프로젝터 운영 시 필요한 노트북 및 운영인력은 대관자가 필수 부담</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>공연연습을 위한 사용료감면 없음
+냉ㆍ난방 의무 사용 기간 : 1, 2, 6, 7, 8, 12월</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>기준사용료</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="42" formatCode="_-&quot;₩&quot;* #,##0_-;\-&quot;₩&quot;* #,##0_-;_-&quot;₩&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="000\-000"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1890,59 +1532,50 @@
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color theme="1"/>
-[...7 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1979,77 +1612,83 @@
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="139">
+  <borders count="134">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
@@ -2194,63 +1833,50 @@
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right/>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right/>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -2488,65 +2114,50 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="dotted">
-[...13 lines deleted...]
-      </right>
       <top/>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
@@ -2598,229 +2209,93 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
-      </right>
-[...39 lines deleted...]
-        <color indexed="64"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
-        <color indexed="64"/>
-[...69 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
@@ -3029,80 +2504,50 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
-      <top style="thin">
-[...28 lines deleted...]
-      </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
@@ -3222,78 +2667,54 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right/>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
@@ -3397,63 +2818,50 @@
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="dotted">
-[...11 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="dotted">
         <color auto="1"/>
       </top>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
@@ -3538,102 +2946,50 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="dotted">
-[...50 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -3666,1357 +3022,1468 @@
         <color auto="1"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="dotted">
+        <color auto="1"/>
+      </top>
+      <bottom style="dashed">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
       <right/>
-      <top style="hair">
-        <color indexed="64"/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dotted">
+        <color auto="1"/>
       </top>
-      <bottom/>
+      <bottom style="dashed">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="dotted">
+        <color auto="1"/>
       </top>
-      <bottom/>
-[...19 lines deleted...]
-      <bottom style="thin">
+      <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-        <color indexed="64"/>
+      <left style="dotted">
+        <color auto="1"/>
       </left>
-      <right style="dotted">
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="dotted">
         <color auto="1"/>
-      </right>
-[...1 lines deleted...]
-        <color indexed="64"/>
       </top>
-      <bottom style="hair">
+      <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
-      <top style="hair">
-        <color indexed="64"/>
+      <top style="dotted">
+        <color auto="1"/>
       </top>
-      <bottom style="hair">
+      <bottom style="dashed">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dotted">
+        <color auto="1"/>
+      </top>
+      <bottom style="dashed">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="hair">
+      <top style="dashed">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
+      <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="hair">
+      <top style="dashed">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
+      <bottom style="dashed">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="dashed">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
       <right/>
-      <top style="hair">
+      <top style="dotted">
+        <color auto="1"/>
+      </top>
+      <bottom style="dashed">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="dotted">
+        <color auto="1"/>
+      </top>
+      <bottom style="dashed">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="dashed">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="hair">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="42" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="42" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="383">
+  <cellXfs count="348">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="41" fontId="4" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="81" xfId="2" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="95" xfId="2" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="81" xfId="2" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="95" xfId="2" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="2" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="81" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="95" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="95" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="95" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="2" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="44" xfId="2" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="98" xfId="2" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="28" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="46" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="95" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="95" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="105" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="106" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="107" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="109" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="111" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="113" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="112" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="116" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="118" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="117" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="120" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="108" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed"/>
     </xf>
-    <xf numFmtId="41" fontId="4" fillId="0" borderId="94" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="130" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1">
-[...2 lines deleted...]
-    <xf numFmtId="176" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="20" fontId="4" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="95" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="9" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="9" fillId="4" borderId="95" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="2" applyBorder="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="96" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="52" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="97" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="20" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="4" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="4" fillId="4" borderId="95" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="12" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="92" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="93" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="94" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="31" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="41" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1">
-[...1030 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="133" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="쉼표 [0]" xfId="1" builtinId="6"/>
     <cellStyle name="통화 [0] 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="표준" xfId="0" builtinId="0"/>
     <cellStyle name="표준 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -5285,4173 +4752,4133 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V50"/>
+  <dimension ref="A1:V49"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A4" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="M14" sqref="M14"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A34" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="P13" sqref="P13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.375" style="1" customWidth="1"/>
     <col min="3" max="5" width="1.75" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.875" style="1" customWidth="1"/>
     <col min="9" max="9" width="3.75" style="1" customWidth="1"/>
-    <col min="10" max="10" width="13.625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.25" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.625" style="1" customWidth="1"/>
     <col min="12" max="12" width="9.375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="4.875" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="4.875" style="1" customWidth="1"/>
     <col min="17" max="17" width="5.625" style="1" customWidth="1"/>
     <col min="18" max="18" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="4.625" style="1" customWidth="1"/>
     <col min="20" max="20" width="22.625" style="1" customWidth="1"/>
     <col min="21" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="302" t="s">
-[...20 lines deleted...]
-      <c r="T1" s="302"/>
+      <c r="A1" s="290" t="s">
+        <v>101</v>
+      </c>
+      <c r="B1" s="290"/>
+      <c r="C1" s="290"/>
+      <c r="D1" s="290"/>
+      <c r="E1" s="290"/>
+      <c r="F1" s="290"/>
+      <c r="G1" s="290"/>
+      <c r="H1" s="290"/>
+      <c r="I1" s="290"/>
+      <c r="J1" s="290"/>
+      <c r="K1" s="290"/>
+      <c r="L1" s="290"/>
+      <c r="M1" s="290"/>
+      <c r="N1" s="290"/>
+      <c r="O1" s="290"/>
+      <c r="P1" s="290"/>
+      <c r="Q1" s="290"/>
+      <c r="R1" s="290"/>
+      <c r="S1" s="290"/>
+      <c r="T1" s="290"/>
     </row>
     <row r="2" spans="1:20" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="3" spans="1:20" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="8" t="s">
+    <row r="3" spans="1:20" s="154" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="154" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="291" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" s="291"/>
+      <c r="D3" s="291"/>
+      <c r="E3" s="155" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" s="293"/>
+      <c r="G3" s="293"/>
+      <c r="H3" s="293"/>
+      <c r="I3" s="293"/>
+      <c r="J3" s="293"/>
+      <c r="K3" s="293"/>
+      <c r="L3" s="293"/>
+      <c r="M3" s="293"/>
+      <c r="N3" s="293"/>
+      <c r="O3" s="293"/>
+      <c r="P3" s="293"/>
+      <c r="Q3" s="293"/>
+      <c r="R3" s="293"/>
+      <c r="S3" s="293"/>
+      <c r="T3" s="293"/>
+    </row>
+    <row r="4" spans="1:20" s="154" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="154" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="291" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" s="291"/>
+      <c r="D4" s="291"/>
+      <c r="E4" s="155" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" s="293"/>
+      <c r="G4" s="293"/>
+      <c r="H4" s="293"/>
+      <c r="I4" s="293"/>
+      <c r="J4" s="293"/>
+      <c r="K4" s="293"/>
+      <c r="L4" s="293"/>
+      <c r="M4" s="293"/>
+      <c r="N4" s="293"/>
+      <c r="O4" s="293"/>
+      <c r="P4" s="293"/>
+      <c r="Q4" s="293"/>
+      <c r="R4" s="293"/>
+      <c r="S4" s="293"/>
+      <c r="T4" s="293"/>
+    </row>
+    <row r="5" spans="1:20" s="154" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="154" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="291" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" s="291"/>
+      <c r="D5" s="291"/>
+      <c r="E5" s="155" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" s="293"/>
+      <c r="G5" s="293"/>
+      <c r="H5" s="293"/>
+      <c r="I5" s="293"/>
+      <c r="J5" s="293"/>
+      <c r="K5" s="293"/>
+      <c r="L5" s="293"/>
+      <c r="M5" s="293"/>
+      <c r="N5" s="293"/>
+      <c r="O5" s="293"/>
+      <c r="P5" s="293"/>
+      <c r="Q5" s="293"/>
+      <c r="R5" s="293"/>
+      <c r="S5" s="293"/>
+      <c r="T5" s="293"/>
+    </row>
+    <row r="6" spans="1:20" s="154" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="155"/>
+      <c r="C6" s="155"/>
+      <c r="D6" s="155"/>
+      <c r="E6" s="293" t="s">
+        <v>102</v>
+      </c>
+      <c r="F6" s="293"/>
+      <c r="G6" s="293"/>
+      <c r="H6" s="293"/>
+      <c r="I6" s="294"/>
+      <c r="J6" s="294"/>
+      <c r="K6" s="294"/>
+      <c r="L6" s="156"/>
+      <c r="M6" s="156"/>
+      <c r="N6" s="156"/>
+      <c r="O6" s="156"/>
+      <c r="P6" s="156"/>
+      <c r="Q6" s="156"/>
+      <c r="R6" s="156"/>
+      <c r="S6" s="156"/>
+      <c r="T6" s="156"/>
+    </row>
+    <row r="7" spans="1:20" s="154" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="154" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="291" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="291"/>
+      <c r="D7" s="291"/>
+      <c r="E7" s="155" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" s="292" t="str">
+        <f>TEXT(J20+J46, "###,###")&amp;" 원"</f>
+        <v xml:space="preserve"> 원</v>
+      </c>
+      <c r="G7" s="292"/>
+      <c r="H7" s="292"/>
+      <c r="I7" s="292"/>
+      <c r="J7" s="292"/>
+      <c r="K7" s="292"/>
+      <c r="L7" s="292"/>
+      <c r="M7" s="292"/>
+      <c r="N7" s="292"/>
+      <c r="O7" s="292"/>
+      <c r="P7" s="292"/>
+      <c r="Q7" s="292"/>
+      <c r="R7" s="292"/>
+      <c r="S7" s="292"/>
+      <c r="T7" s="292"/>
+    </row>
+    <row r="8" spans="1:20" s="154" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="154" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="291" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" s="291"/>
+      <c r="D8" s="291"/>
+      <c r="E8" s="155"/>
+      <c r="F8" s="155"/>
+      <c r="G8" s="155"/>
+      <c r="H8" s="155"/>
+      <c r="I8" s="292"/>
+      <c r="J8" s="292"/>
+      <c r="K8" s="292"/>
+      <c r="L8" s="292"/>
+      <c r="M8" s="292"/>
+      <c r="N8" s="292"/>
+      <c r="O8" s="292"/>
+      <c r="P8" s="292"/>
+      <c r="Q8" s="292"/>
+      <c r="R8" s="292"/>
+      <c r="S8" s="292"/>
+      <c r="T8" s="292"/>
+    </row>
+    <row r="9" spans="1:20" s="3" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="268" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="269"/>
+      <c r="C9" s="269"/>
+      <c r="D9" s="269"/>
+      <c r="E9" s="269"/>
+      <c r="F9" s="269"/>
+      <c r="G9" s="269"/>
+      <c r="H9" s="269"/>
+      <c r="I9" s="269"/>
+    </row>
+    <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="303" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="260"/>
+      <c r="C10" s="260"/>
+      <c r="D10" s="304"/>
+      <c r="E10" s="304"/>
+      <c r="F10" s="304"/>
+      <c r="G10" s="304"/>
+      <c r="H10" s="304"/>
+      <c r="I10" s="304"/>
+      <c r="J10" s="307" t="s">
+        <v>13</v>
+      </c>
+      <c r="K10" s="201" t="s">
+        <v>15</v>
+      </c>
+      <c r="L10" s="202"/>
+      <c r="M10" s="203"/>
+      <c r="N10" s="204" t="s">
+        <v>44</v>
+      </c>
+      <c r="O10" s="202"/>
+      <c r="P10" s="205"/>
+      <c r="Q10" s="206" t="s">
         <v>43</v>
       </c>
-      <c r="B3" s="303" t="s">
-[...24 lines deleted...]
-      <c r="A4" s="8" t="s">
+      <c r="R10" s="202"/>
+      <c r="S10" s="203"/>
+      <c r="T10" s="166" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="303" t="s">
-[...134 lines deleted...]
-      <c r="A9" s="276" t="s">
+    </row>
+    <row r="11" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="305"/>
+      <c r="B11" s="263"/>
+      <c r="C11" s="263"/>
+      <c r="D11" s="306"/>
+      <c r="E11" s="306"/>
+      <c r="F11" s="306"/>
+      <c r="G11" s="306"/>
+      <c r="H11" s="306"/>
+      <c r="I11" s="306"/>
+      <c r="J11" s="308"/>
+      <c r="K11" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="L11" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="M11" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="N11" s="53" t="s">
+        <v>4</v>
+      </c>
+      <c r="O11" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="P11" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q11" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="R11" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="S11" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="T11" s="167"/>
+    </row>
+    <row r="12" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="207" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="208"/>
+      <c r="C12" s="212" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="277"/>
-[...100 lines deleted...]
-      <c r="K12" s="62" t="s">
+      <c r="D12" s="213"/>
+      <c r="E12" s="213"/>
+      <c r="F12" s="213"/>
+      <c r="G12" s="213"/>
+      <c r="H12" s="213"/>
+      <c r="I12" s="214"/>
+      <c r="J12" s="55">
+        <f t="shared" ref="J12:J19" si="0">L12*M12+O12*P12+R12*S12</f>
+        <v>0</v>
+      </c>
+      <c r="K12" s="56" t="s">
         <v>1</v>
       </c>
-      <c r="L12" s="167">
+      <c r="L12" s="115">
         <v>60000</v>
       </c>
-      <c r="M12" s="64"/>
-      <c r="N12" s="65" t="s">
+      <c r="M12" s="57"/>
+      <c r="N12" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="O12" s="167">
+      <c r="O12" s="115">
         <f t="shared" ref="O12:O17" si="1">L12*0.5</f>
         <v>30000</v>
       </c>
-      <c r="P12" s="66"/>
-      <c r="Q12" s="62" t="s">
+      <c r="P12" s="59"/>
+      <c r="Q12" s="56" t="s">
         <v>1</v>
       </c>
-      <c r="R12" s="167">
+      <c r="R12" s="115">
         <f t="shared" ref="R12:R17" si="2">L12*0.3</f>
         <v>18000</v>
       </c>
-      <c r="S12" s="64"/>
-      <c r="T12" s="67"/>
+      <c r="S12" s="57"/>
+      <c r="T12" s="168" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="13" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="199"/>
-[...10 lines deleted...]
-      <c r="J13" s="68">
+      <c r="A13" s="191"/>
+      <c r="B13" s="209"/>
+      <c r="C13" s="215" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="216"/>
+      <c r="H13" s="216"/>
+      <c r="I13" s="217"/>
+      <c r="J13" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K13" s="69" t="s">
+      <c r="K13" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="L13" s="168">
+      <c r="L13" s="116">
         <v>80000</v>
       </c>
-      <c r="M13" s="71"/>
-      <c r="N13" s="72" t="s">
+      <c r="M13" s="62"/>
+      <c r="N13" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="O13" s="168">
+      <c r="O13" s="116">
         <f t="shared" si="1"/>
         <v>40000</v>
       </c>
-      <c r="P13" s="73"/>
-      <c r="Q13" s="69" t="s">
+      <c r="P13" s="64"/>
+      <c r="Q13" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="R13" s="168">
+      <c r="R13" s="116">
         <f t="shared" si="2"/>
         <v>24000</v>
       </c>
-      <c r="S13" s="71"/>
-      <c r="T13" s="74"/>
+      <c r="S13" s="62"/>
+      <c r="T13" s="169"/>
     </row>
     <row r="14" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="201"/>
-[...10 lines deleted...]
-      <c r="J14" s="75">
+      <c r="A14" s="191"/>
+      <c r="B14" s="209"/>
+      <c r="C14" s="171" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" s="172"/>
+      <c r="E14" s="172"/>
+      <c r="F14" s="172"/>
+      <c r="G14" s="172"/>
+      <c r="H14" s="172"/>
+      <c r="I14" s="173"/>
+      <c r="J14" s="149">
+        <f t="shared" ref="J14" si="3">L14*M14+O14*P14+R14*S14</f>
+        <v>0</v>
+      </c>
+      <c r="K14" s="150" t="s">
+        <v>3</v>
+      </c>
+      <c r="L14" s="139">
+        <v>100000</v>
+      </c>
+      <c r="M14" s="151"/>
+      <c r="N14" s="141" t="s">
+        <v>3</v>
+      </c>
+      <c r="O14" s="139">
+        <f t="shared" ref="O14" si="4">L14*0.5</f>
+        <v>50000</v>
+      </c>
+      <c r="P14" s="152"/>
+      <c r="Q14" s="150" t="s">
+        <v>3</v>
+      </c>
+      <c r="R14" s="139">
+        <f t="shared" ref="R14" si="5">L14*0.3</f>
+        <v>30000</v>
+      </c>
+      <c r="S14" s="151"/>
+      <c r="T14" s="169"/>
+    </row>
+    <row r="15" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="193"/>
+      <c r="B15" s="210"/>
+      <c r="C15" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="D15" s="219"/>
+      <c r="E15" s="219"/>
+      <c r="F15" s="219"/>
+      <c r="G15" s="219"/>
+      <c r="H15" s="219"/>
+      <c r="I15" s="194"/>
+      <c r="J15" s="148">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K14" s="76" t="s">
-[...10 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="K15" s="174"/>
+      <c r="L15" s="175"/>
+      <c r="M15" s="176"/>
+      <c r="N15" s="153" t="s">
+        <v>182</v>
+      </c>
+      <c r="O15" s="139">
         <v>50000</v>
       </c>
-      <c r="P14" s="80"/>
-[...11 lines deleted...]
-      <c r="A15" s="203" t="s">
+      <c r="P15" s="164"/>
+      <c r="Q15" s="174"/>
+      <c r="R15" s="175"/>
+      <c r="S15" s="176"/>
+      <c r="T15" s="169"/>
+    </row>
+    <row r="16" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="204"/>
-[...9 lines deleted...]
-      <c r="J15" s="82">
+      <c r="B16" s="211"/>
+      <c r="C16" s="220" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="221"/>
+      <c r="E16" s="221"/>
+      <c r="F16" s="221"/>
+      <c r="G16" s="221"/>
+      <c r="H16" s="221"/>
+      <c r="I16" s="222"/>
+      <c r="J16" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K15" s="83" t="s">
+      <c r="K16" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="L15" s="170">
+      <c r="L16" s="118">
         <f>L12*1.2</f>
         <v>72000</v>
       </c>
-      <c r="M15" s="85"/>
-      <c r="N15" s="86" t="s">
+      <c r="M16" s="67"/>
+      <c r="N16" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="O15" s="170">
+      <c r="O16" s="118">
         <f t="shared" si="1"/>
         <v>36000</v>
       </c>
-      <c r="P15" s="87"/>
-      <c r="Q15" s="83" t="s">
+      <c r="P16" s="69"/>
+      <c r="Q16" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="R15" s="170">
+      <c r="R16" s="118">
         <f t="shared" si="2"/>
         <v>21600</v>
       </c>
-      <c r="S15" s="85"/>
-[...14 lines deleted...]
-      <c r="J16" s="68">
+      <c r="S16" s="67"/>
+      <c r="T16" s="169"/>
+    </row>
+    <row r="17" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="191"/>
+      <c r="B17" s="209"/>
+      <c r="C17" s="215" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="216"/>
+      <c r="H17" s="216"/>
+      <c r="I17" s="217"/>
+      <c r="J17" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K16" s="69" t="s">
+      <c r="K17" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="L16" s="168">
+      <c r="L17" s="116">
         <f>L13*1.2</f>
         <v>96000</v>
       </c>
-      <c r="M16" s="71"/>
-      <c r="N16" s="72" t="s">
+      <c r="M17" s="62"/>
+      <c r="N17" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="O16" s="168">
+      <c r="O17" s="116">
         <f t="shared" si="1"/>
         <v>48000</v>
       </c>
-      <c r="P16" s="73"/>
-      <c r="Q16" s="69" t="s">
+      <c r="P17" s="64"/>
+      <c r="Q17" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="R16" s="168">
+      <c r="R17" s="116">
         <f t="shared" si="2"/>
         <v>28800</v>
       </c>
-      <c r="S16" s="71"/>
-[...18 lines deleted...]
-      <c r="K17" s="76" t="s">
+      <c r="S17" s="62"/>
+      <c r="T17" s="169"/>
+    </row>
+    <row r="18" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="191"/>
+      <c r="B18" s="209"/>
+      <c r="C18" s="171" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="172"/>
+      <c r="E18" s="172"/>
+      <c r="F18" s="172"/>
+      <c r="G18" s="172"/>
+      <c r="H18" s="172"/>
+      <c r="I18" s="173"/>
+      <c r="J18" s="149">
+        <f t="shared" ref="J18" si="6">L18*M18+O18*P18+R18*S18</f>
+        <v>0</v>
+      </c>
+      <c r="K18" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="L17" s="169">
+      <c r="L18" s="139">
         <f>L14*1.2</f>
         <v>120000</v>
       </c>
-      <c r="M17" s="78"/>
-      <c r="N17" s="79" t="s">
+      <c r="M18" s="151"/>
+      <c r="N18" s="141" t="s">
         <v>3</v>
       </c>
-      <c r="O17" s="169">
-        <f t="shared" si="1"/>
+      <c r="O18" s="139">
+        <f t="shared" ref="O18" si="7">L18*0.5</f>
         <v>60000</v>
       </c>
-      <c r="P17" s="80"/>
-      <c r="Q17" s="76" t="s">
+      <c r="P18" s="152"/>
+      <c r="Q18" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="R17" s="169">
-        <f t="shared" si="2"/>
+      <c r="R18" s="139">
+        <f t="shared" ref="R18" si="8">L18*0.3</f>
         <v>36000</v>
       </c>
-      <c r="S17" s="78"/>
-[...4 lines deleted...]
-      <c r="A18" s="274" t="s">
+      <c r="S18" s="151"/>
+      <c r="T18" s="169"/>
+      <c r="V18" s="2"/>
+    </row>
+    <row r="19" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="193"/>
+      <c r="B19" s="210"/>
+      <c r="C19" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="D19" s="219"/>
+      <c r="E19" s="219"/>
+      <c r="F19" s="219"/>
+      <c r="G19" s="219"/>
+      <c r="H19" s="219"/>
+      <c r="I19" s="194"/>
+      <c r="J19" s="148">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K19" s="174"/>
+      <c r="L19" s="175"/>
+      <c r="M19" s="176"/>
+      <c r="N19" s="153" t="s">
+        <v>182</v>
+      </c>
+      <c r="O19" s="139">
+        <v>60000</v>
+      </c>
+      <c r="P19" s="164"/>
+      <c r="Q19" s="174"/>
+      <c r="R19" s="175"/>
+      <c r="S19" s="176"/>
+      <c r="T19" s="170"/>
+      <c r="V19" s="2"/>
+    </row>
+    <row r="20" spans="1:22" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="266" t="s">
         <v>8</v>
       </c>
-      <c r="B18" s="275"/>
-[...87 lines deleted...]
-      <c r="T21" s="267"/>
+      <c r="B20" s="267"/>
+      <c r="C20" s="267"/>
+      <c r="D20" s="267"/>
+      <c r="E20" s="267"/>
+      <c r="F20" s="267"/>
+      <c r="G20" s="267"/>
+      <c r="H20" s="267"/>
+      <c r="I20" s="267"/>
+      <c r="J20" s="4">
+        <f>SUM(J12:J19)</f>
+        <v>0</v>
+      </c>
+      <c r="K20" s="295"/>
+      <c r="L20" s="295"/>
+      <c r="M20" s="295"/>
+      <c r="N20" s="295"/>
+      <c r="O20" s="295"/>
+      <c r="P20" s="295"/>
+      <c r="Q20" s="295"/>
+      <c r="R20" s="295"/>
+      <c r="S20" s="295"/>
+      <c r="T20" s="296"/>
+    </row>
+    <row r="21" spans="1:22" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="5"/>
+      <c r="B21" s="5"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="5"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="5"/>
+      <c r="G21" s="5"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="6"/>
+      <c r="K21" s="7"/>
+      <c r="L21" s="7"/>
+      <c r="M21" s="7"/>
+      <c r="N21" s="7"/>
+      <c r="O21" s="7"/>
+      <c r="P21" s="7"/>
+      <c r="Q21" s="7"/>
+      <c r="R21" s="7"/>
+      <c r="S21" s="7"/>
+      <c r="T21" s="7"/>
     </row>
     <row r="22" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="317"/>
+      <c r="A22" s="268" t="s">
+        <v>41</v>
+      </c>
       <c r="B22" s="269"/>
       <c r="C22" s="269"/>
-      <c r="D22" s="318"/>
-[...6 lines deleted...]
-      <c r="K22" s="55" t="s">
+      <c r="D22" s="269"/>
+      <c r="E22" s="269"/>
+      <c r="F22" s="269"/>
+      <c r="G22" s="269"/>
+      <c r="H22" s="269"/>
+      <c r="I22" s="269"/>
+    </row>
+    <row r="23" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="303" t="s">
         <v>4</v>
       </c>
-      <c r="L22" s="56" t="s">
+      <c r="B23" s="260"/>
+      <c r="C23" s="260"/>
+      <c r="D23" s="304"/>
+      <c r="E23" s="304"/>
+      <c r="F23" s="304"/>
+      <c r="G23" s="304"/>
+      <c r="H23" s="304"/>
+      <c r="I23" s="304"/>
+      <c r="J23" s="307" t="s">
+        <v>13</v>
+      </c>
+      <c r="K23" s="201" t="s">
+        <v>15</v>
+      </c>
+      <c r="L23" s="202"/>
+      <c r="M23" s="203"/>
+      <c r="N23" s="265" t="s">
+        <v>16</v>
+      </c>
+      <c r="O23" s="202"/>
+      <c r="P23" s="203"/>
+      <c r="Q23" s="259" t="s">
+        <v>42</v>
+      </c>
+      <c r="R23" s="260"/>
+      <c r="S23" s="260"/>
+      <c r="T23" s="261"/>
+    </row>
+    <row r="24" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="305"/>
+      <c r="B24" s="263"/>
+      <c r="C24" s="263"/>
+      <c r="D24" s="306"/>
+      <c r="E24" s="306"/>
+      <c r="F24" s="306"/>
+      <c r="G24" s="306"/>
+      <c r="H24" s="306"/>
+      <c r="I24" s="306"/>
+      <c r="J24" s="308"/>
+      <c r="K24" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="L24" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="M22" s="57" t="s">
+      <c r="M24" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="N22" s="58" t="s">
+      <c r="N24" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="O22" s="56" t="s">
+      <c r="O24" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="P22" s="59" t="s">
+      <c r="P24" s="54" t="s">
         <v>6</v>
       </c>
-      <c r="Q22" s="268"/>
-[...5 lines deleted...]
-      <c r="A23" s="278" t="s">
+      <c r="Q24" s="262"/>
+      <c r="R24" s="263"/>
+      <c r="S24" s="263"/>
+      <c r="T24" s="264"/>
+    </row>
+    <row r="25" spans="1:22" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="270" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="279"/>
-      <c r="C23" s="291" t="s">
+      <c r="B25" s="271"/>
+      <c r="C25" s="274" t="s">
         <v>11</v>
       </c>
-      <c r="D23" s="292"/>
-[...9 lines deleted...]
-      <c r="K23" s="90" t="s">
+      <c r="D25" s="275"/>
+      <c r="E25" s="275"/>
+      <c r="F25" s="275"/>
+      <c r="G25" s="275"/>
+      <c r="H25" s="275"/>
+      <c r="I25" s="276"/>
+      <c r="J25" s="70">
+        <f>L25*M25+O25*P25</f>
+        <v>0</v>
+      </c>
+      <c r="K25" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="L23" s="170">
+      <c r="L25" s="118">
         <v>80000</v>
       </c>
-      <c r="M23" s="91"/>
-      <c r="N23" s="86" t="s">
+      <c r="M25" s="72"/>
+      <c r="N25" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="O23" s="170">
-        <f>L23*0.5</f>
+      <c r="O25" s="118">
+        <f>L25*0.5</f>
         <v>40000</v>
       </c>
-      <c r="P23" s="92"/>
-[...10 lines deleted...]
-      <c r="C24" s="223" t="s">
+      <c r="P25" s="73"/>
+      <c r="Q25" s="244" t="s">
+        <v>184</v>
+      </c>
+      <c r="R25" s="245"/>
+      <c r="S25" s="245"/>
+      <c r="T25" s="246"/>
+    </row>
+    <row r="26" spans="1:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="272"/>
+      <c r="B26" s="273"/>
+      <c r="C26" s="232" t="s">
         <v>12</v>
       </c>
-      <c r="D24" s="294"/>
-[...9 lines deleted...]
-      <c r="K24" s="94" t="s">
+      <c r="D26" s="277"/>
+      <c r="E26" s="277"/>
+      <c r="F26" s="277"/>
+      <c r="G26" s="277"/>
+      <c r="H26" s="277"/>
+      <c r="I26" s="278"/>
+      <c r="J26" s="74">
+        <f t="shared" ref="J26:J37" si="9">L26*M26+O26*P26</f>
+        <v>0</v>
+      </c>
+      <c r="K26" s="75" t="s">
         <v>14</v>
       </c>
-      <c r="L24" s="171">
+      <c r="L26" s="119">
         <v>30000</v>
       </c>
-      <c r="M24" s="96"/>
-      <c r="N24" s="97" t="s">
+      <c r="M26" s="76"/>
+      <c r="N26" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="O24" s="171">
-        <f t="shared" ref="O24:O38" si="4">L24*0.5</f>
+      <c r="O26" s="119">
+        <f t="shared" ref="O26:O37" si="10">L26*0.5</f>
         <v>15000</v>
       </c>
-      <c r="P24" s="98"/>
-[...6 lines deleted...]
-      <c r="A25" s="282" t="s">
+      <c r="P26" s="78"/>
+      <c r="Q26" s="247"/>
+      <c r="R26" s="248"/>
+      <c r="S26" s="248"/>
+      <c r="T26" s="249"/>
+    </row>
+    <row r="27" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="190"/>
+      <c r="C27" s="279" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" s="221"/>
+      <c r="E27" s="221"/>
+      <c r="F27" s="221"/>
+      <c r="G27" s="221"/>
+      <c r="H27" s="221"/>
+      <c r="I27" s="280"/>
+      <c r="J27" s="79">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K27" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="L27" s="120">
+        <v>70000</v>
+      </c>
+      <c r="M27" s="81"/>
+      <c r="N27" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="O27" s="120">
+        <f t="shared" si="10"/>
+        <v>35000</v>
+      </c>
+      <c r="P27" s="83"/>
+      <c r="Q27" s="250" t="s">
+        <v>185</v>
+      </c>
+      <c r="R27" s="251"/>
+      <c r="S27" s="251"/>
+      <c r="T27" s="252"/>
+    </row>
+    <row r="28" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="191"/>
+      <c r="B28" s="192"/>
+      <c r="C28" s="229" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28" s="216"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="216"/>
+      <c r="G28" s="216"/>
+      <c r="H28" s="216"/>
+      <c r="I28" s="281"/>
+      <c r="J28" s="84">
+        <f t="shared" ref="J28" si="11">L28*M28+O28*P28</f>
+        <v>0</v>
+      </c>
+      <c r="K28" s="126" t="s">
+        <v>14</v>
+      </c>
+      <c r="L28" s="116">
+        <v>30000</v>
+      </c>
+      <c r="M28" s="86"/>
+      <c r="N28" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O28" s="116">
+        <f t="shared" ref="O28" si="12">L28*0.5</f>
+        <v>15000</v>
+      </c>
+      <c r="P28" s="87"/>
+      <c r="Q28" s="238"/>
+      <c r="R28" s="239"/>
+      <c r="S28" s="239"/>
+      <c r="T28" s="240"/>
+    </row>
+    <row r="29" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="191"/>
+      <c r="B29" s="192"/>
+      <c r="C29" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="216"/>
+      <c r="E29" s="216"/>
+      <c r="F29" s="216"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="216"/>
+      <c r="I29" s="281"/>
+      <c r="J29" s="84">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K29" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="L29" s="116">
+        <v>30000</v>
+      </c>
+      <c r="M29" s="86"/>
+      <c r="N29" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O29" s="116">
+        <f t="shared" si="10"/>
+        <v>15000</v>
+      </c>
+      <c r="P29" s="87"/>
+      <c r="Q29" s="253"/>
+      <c r="R29" s="254"/>
+      <c r="S29" s="254"/>
+      <c r="T29" s="255"/>
+    </row>
+    <row r="30" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="191"/>
+      <c r="B30" s="192"/>
+      <c r="C30" s="229" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="216"/>
+      <c r="E30" s="216"/>
+      <c r="F30" s="216"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="216"/>
+      <c r="I30" s="281"/>
+      <c r="J30" s="84">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K30" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="L30" s="116">
+        <v>5000</v>
+      </c>
+      <c r="M30" s="86"/>
+      <c r="N30" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O30" s="116">
+        <f t="shared" si="10"/>
+        <v>2500</v>
+      </c>
+      <c r="P30" s="87"/>
+      <c r="Q30" s="253"/>
+      <c r="R30" s="254"/>
+      <c r="S30" s="254"/>
+      <c r="T30" s="255"/>
+    </row>
+    <row r="31" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="191"/>
+      <c r="B31" s="192"/>
+      <c r="C31" s="282" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" s="172"/>
+      <c r="E31" s="172"/>
+      <c r="F31" s="172"/>
+      <c r="G31" s="172"/>
+      <c r="H31" s="172"/>
+      <c r="I31" s="283"/>
+      <c r="J31" s="137">
+        <f t="shared" ref="J31:J32" si="13">L31*M31+O31*P31</f>
+        <v>0</v>
+      </c>
+      <c r="K31" s="138" t="s">
+        <v>14</v>
+      </c>
+      <c r="L31" s="139">
+        <v>50000</v>
+      </c>
+      <c r="M31" s="140"/>
+      <c r="N31" s="141" t="s">
+        <v>14</v>
+      </c>
+      <c r="O31" s="139">
+        <f t="shared" ref="O31:O32" si="14">L31*0.5</f>
+        <v>25000</v>
+      </c>
+      <c r="P31" s="140"/>
+      <c r="Q31" s="241"/>
+      <c r="R31" s="242"/>
+      <c r="S31" s="242"/>
+      <c r="T31" s="243"/>
+    </row>
+    <row r="32" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="191"/>
+      <c r="B32" s="192"/>
+      <c r="C32" s="286" t="s">
+        <v>179</v>
+      </c>
+      <c r="D32" s="287"/>
+      <c r="E32" s="287"/>
+      <c r="F32" s="287"/>
+      <c r="G32" s="287"/>
+      <c r="H32" s="287"/>
+      <c r="I32" s="288"/>
+      <c r="J32" s="142">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K32" s="143" t="s">
+        <v>14</v>
+      </c>
+      <c r="L32" s="144">
+        <v>20000</v>
+      </c>
+      <c r="M32" s="145"/>
+      <c r="N32" s="146" t="s">
+        <v>14</v>
+      </c>
+      <c r="O32" s="144">
+        <f t="shared" si="14"/>
+        <v>10000</v>
+      </c>
+      <c r="P32" s="145"/>
+      <c r="Q32" s="241"/>
+      <c r="R32" s="242"/>
+      <c r="S32" s="242"/>
+      <c r="T32" s="243"/>
+    </row>
+    <row r="33" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="193"/>
+      <c r="B33" s="194"/>
+      <c r="C33" s="284" t="s">
+        <v>28</v>
+      </c>
+      <c r="D33" s="219"/>
+      <c r="E33" s="219"/>
+      <c r="F33" s="219"/>
+      <c r="G33" s="219"/>
+      <c r="H33" s="219"/>
+      <c r="I33" s="285"/>
+      <c r="J33" s="124">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="123" t="s">
+        <v>14</v>
+      </c>
+      <c r="L33" s="134">
+        <v>30000</v>
+      </c>
+      <c r="M33" s="125"/>
+      <c r="N33" s="135" t="s">
+        <v>14</v>
+      </c>
+      <c r="O33" s="134">
+        <f t="shared" si="10"/>
+        <v>15000</v>
+      </c>
+      <c r="P33" s="136"/>
+      <c r="Q33" s="256"/>
+      <c r="R33" s="257"/>
+      <c r="S33" s="257"/>
+      <c r="T33" s="258"/>
+    </row>
+    <row r="34" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="183" t="s">
+        <v>31</v>
+      </c>
+      <c r="B34" s="184"/>
+      <c r="C34" s="195" t="s">
+        <v>51</v>
+      </c>
+      <c r="D34" s="196"/>
+      <c r="E34" s="196"/>
+      <c r="F34" s="196"/>
+      <c r="G34" s="91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H34" s="92">
+        <v>3</v>
+      </c>
+      <c r="I34" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J34" s="84">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K34" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="L34" s="116">
+        <f>IF(H34&gt;3,10000+(H34-3)*5000,10000)</f>
+        <v>10000</v>
+      </c>
+      <c r="M34" s="86"/>
+      <c r="N34" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O34" s="116">
+        <f t="shared" si="10"/>
+        <v>5000</v>
+      </c>
+      <c r="P34" s="87"/>
+      <c r="Q34" s="253" t="s">
+        <v>186</v>
+      </c>
+      <c r="R34" s="254"/>
+      <c r="S34" s="254"/>
+      <c r="T34" s="255"/>
+    </row>
+    <row r="35" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="185"/>
+      <c r="B35" s="186"/>
+      <c r="C35" s="195" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" s="196"/>
+      <c r="E35" s="196"/>
+      <c r="F35" s="196"/>
+      <c r="G35" s="91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H35" s="92">
+        <v>2</v>
+      </c>
+      <c r="I35" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J35" s="84">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K35" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="L35" s="116">
+        <f>IF(H35&gt;2,20000+(H35-2)*10000,20000)</f>
+        <v>20000</v>
+      </c>
+      <c r="M35" s="86"/>
+      <c r="N35" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O35" s="116">
+        <f t="shared" si="10"/>
+        <v>10000</v>
+      </c>
+      <c r="P35" s="87"/>
+      <c r="Q35" s="253"/>
+      <c r="R35" s="254"/>
+      <c r="S35" s="254"/>
+      <c r="T35" s="255"/>
+    </row>
+    <row r="36" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="185"/>
+      <c r="B36" s="186"/>
+      <c r="C36" s="289" t="s">
+        <v>173</v>
+      </c>
+      <c r="D36" s="216"/>
+      <c r="E36" s="216"/>
+      <c r="F36" s="216"/>
+      <c r="G36" s="216"/>
+      <c r="H36" s="216"/>
+      <c r="I36" s="217"/>
+      <c r="J36" s="84">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="L36" s="116">
+        <v>10000</v>
+      </c>
+      <c r="M36" s="86"/>
+      <c r="N36" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O36" s="116">
+        <f t="shared" si="10"/>
+        <v>5000</v>
+      </c>
+      <c r="P36" s="87"/>
+      <c r="Q36" s="253"/>
+      <c r="R36" s="254"/>
+      <c r="S36" s="254"/>
+      <c r="T36" s="255"/>
+    </row>
+    <row r="37" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="187"/>
+      <c r="B37" s="188"/>
+      <c r="C37" s="229" t="s">
+        <v>23</v>
+      </c>
+      <c r="D37" s="216"/>
+      <c r="E37" s="216"/>
+      <c r="F37" s="216"/>
+      <c r="G37" s="216"/>
+      <c r="H37" s="216"/>
+      <c r="I37" s="281"/>
+      <c r="J37" s="84">
+        <f t="shared" si="9"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="85" t="s">
+        <v>14</v>
+      </c>
+      <c r="L37" s="116">
+        <v>20000</v>
+      </c>
+      <c r="M37" s="86"/>
+      <c r="N37" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O37" s="116">
+        <f t="shared" si="10"/>
+        <v>10000</v>
+      </c>
+      <c r="P37" s="87"/>
+      <c r="Q37" s="253"/>
+      <c r="R37" s="254"/>
+      <c r="S37" s="254"/>
+      <c r="T37" s="255"/>
+    </row>
+    <row r="38" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="189" t="s">
+        <v>32</v>
+      </c>
+      <c r="B38" s="190"/>
+      <c r="C38" s="279" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" s="221"/>
+      <c r="E38" s="221"/>
+      <c r="F38" s="221"/>
+      <c r="G38" s="221"/>
+      <c r="H38" s="221"/>
+      <c r="I38" s="280"/>
+      <c r="J38" s="79">
+        <f>L38*M38</f>
+        <v>0</v>
+      </c>
+      <c r="K38" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="L38" s="120">
+        <v>30000</v>
+      </c>
+      <c r="M38" s="81"/>
+      <c r="N38" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O38" s="116">
+        <f t="shared" ref="O38" si="15">L38*0.5</f>
+        <v>15000</v>
+      </c>
+      <c r="P38" s="147"/>
+      <c r="Q38" s="223" t="s">
+        <v>46</v>
+      </c>
+      <c r="R38" s="224"/>
+      <c r="S38" s="224"/>
+      <c r="T38" s="225"/>
+    </row>
+    <row r="39" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="191"/>
+      <c r="B39" s="192"/>
+      <c r="C39" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="D39" s="216"/>
+      <c r="E39" s="216"/>
+      <c r="F39" s="216"/>
+      <c r="G39" s="216"/>
+      <c r="H39" s="216"/>
+      <c r="I39" s="281"/>
+      <c r="J39" s="84">
+        <f>L39*M39</f>
+        <v>0</v>
+      </c>
+      <c r="K39" s="126" t="s">
+        <v>29</v>
+      </c>
+      <c r="L39" s="116">
+        <v>30000</v>
+      </c>
+      <c r="M39" s="86"/>
+      <c r="N39" s="177" t="s">
         <v>34</v>
       </c>
-      <c r="B25" s="214"/>
-[...13 lines deleted...]
-      <c r="K25" s="100" t="s">
+      <c r="O39" s="178"/>
+      <c r="P39" s="179"/>
+      <c r="Q39" s="226"/>
+      <c r="R39" s="227"/>
+      <c r="S39" s="227"/>
+      <c r="T39" s="228"/>
+    </row>
+    <row r="40" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="191"/>
+      <c r="B40" s="192"/>
+      <c r="C40" s="229" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" s="216"/>
+      <c r="E40" s="216"/>
+      <c r="F40" s="216"/>
+      <c r="G40" s="216"/>
+      <c r="H40" s="216"/>
+      <c r="I40" s="281"/>
+      <c r="J40" s="84">
+        <f>L40*M40</f>
+        <v>0</v>
+      </c>
+      <c r="K40" s="85" t="s">
+        <v>29</v>
+      </c>
+      <c r="L40" s="116">
+        <v>50000</v>
+      </c>
+      <c r="M40" s="86"/>
+      <c r="N40" s="177"/>
+      <c r="O40" s="178"/>
+      <c r="P40" s="179"/>
+      <c r="Q40" s="229"/>
+      <c r="R40" s="230"/>
+      <c r="S40" s="230"/>
+      <c r="T40" s="231"/>
+    </row>
+    <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="191"/>
+      <c r="B41" s="192"/>
+      <c r="C41" s="229" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="216"/>
+      <c r="E41" s="216"/>
+      <c r="F41" s="216"/>
+      <c r="G41" s="216"/>
+      <c r="H41" s="216"/>
+      <c r="I41" s="281"/>
+      <c r="J41" s="84">
+        <f t="shared" ref="J41:J42" si="16">L41*M41</f>
+        <v>0</v>
+      </c>
+      <c r="K41" s="114" t="s">
+        <v>29</v>
+      </c>
+      <c r="L41" s="119">
+        <v>10000</v>
+      </c>
+      <c r="M41" s="76"/>
+      <c r="N41" s="177"/>
+      <c r="O41" s="178"/>
+      <c r="P41" s="179"/>
+      <c r="Q41" s="232"/>
+      <c r="R41" s="233"/>
+      <c r="S41" s="233"/>
+      <c r="T41" s="234"/>
+    </row>
+    <row r="42" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="191"/>
+      <c r="B42" s="192"/>
+      <c r="C42" s="229" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" s="216"/>
+      <c r="E42" s="216"/>
+      <c r="F42" s="216"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="216"/>
+      <c r="I42" s="281"/>
+      <c r="J42" s="84">
+        <f t="shared" si="16"/>
+        <v>0</v>
+      </c>
+      <c r="K42" s="114" t="s">
+        <v>29</v>
+      </c>
+      <c r="L42" s="119">
+        <v>30000</v>
+      </c>
+      <c r="M42" s="76"/>
+      <c r="N42" s="177"/>
+      <c r="O42" s="178"/>
+      <c r="P42" s="179"/>
+      <c r="Q42" s="232"/>
+      <c r="R42" s="233"/>
+      <c r="S42" s="233"/>
+      <c r="T42" s="234"/>
+    </row>
+    <row r="43" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="193"/>
+      <c r="B43" s="194"/>
+      <c r="C43" s="235" t="s">
+        <v>175</v>
+      </c>
+      <c r="D43" s="309"/>
+      <c r="E43" s="309"/>
+      <c r="F43" s="309"/>
+      <c r="G43" s="309"/>
+      <c r="H43" s="309"/>
+      <c r="I43" s="310"/>
+      <c r="J43" s="88">
+        <f>L43*M43</f>
+        <v>0</v>
+      </c>
+      <c r="K43" s="89" t="s">
+        <v>29</v>
+      </c>
+      <c r="L43" s="117">
+        <v>30000</v>
+      </c>
+      <c r="M43" s="90"/>
+      <c r="N43" s="180"/>
+      <c r="O43" s="181"/>
+      <c r="P43" s="182"/>
+      <c r="Q43" s="235"/>
+      <c r="R43" s="236"/>
+      <c r="S43" s="236"/>
+      <c r="T43" s="237"/>
+    </row>
+    <row r="44" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="311" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44" s="312"/>
+      <c r="C44" s="279" t="s">
+        <v>26</v>
+      </c>
+      <c r="D44" s="221"/>
+      <c r="E44" s="221"/>
+      <c r="F44" s="221"/>
+      <c r="G44" s="221"/>
+      <c r="H44" s="221"/>
+      <c r="I44" s="280"/>
+      <c r="J44" s="70">
+        <f>L44*M44+O44*P44</f>
+        <v>0</v>
+      </c>
+      <c r="K44" s="71" t="s">
         <v>14</v>
       </c>
-      <c r="L25" s="172">
-[...3 lines deleted...]
-      <c r="N25" s="103" t="s">
+      <c r="L44" s="118">
+        <v>110000</v>
+      </c>
+      <c r="M44" s="72"/>
+      <c r="N44" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="O25" s="172">
-[...686 lines deleted...]
-      <c r="O44" s="174">
+      <c r="O44" s="121">
         <f>L44</f>
         <v>110000</v>
       </c>
-      <c r="P44" s="118"/>
-[...5 lines deleted...]
-      <c r="T44" s="246"/>
+      <c r="P44" s="95"/>
+      <c r="Q44" s="238" t="s">
+        <v>187</v>
+      </c>
+      <c r="R44" s="239"/>
+      <c r="S44" s="239"/>
+      <c r="T44" s="240"/>
     </row>
     <row r="45" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="289"/>
-[...10 lines deleted...]
-      <c r="J45" s="93">
+      <c r="A45" s="313"/>
+      <c r="B45" s="314"/>
+      <c r="C45" s="235" t="s">
+        <v>27</v>
+      </c>
+      <c r="D45" s="309"/>
+      <c r="E45" s="309"/>
+      <c r="F45" s="309"/>
+      <c r="G45" s="309"/>
+      <c r="H45" s="309"/>
+      <c r="I45" s="310"/>
+      <c r="J45" s="74">
         <f>L45*M45+O45*P45</f>
         <v>0</v>
       </c>
-      <c r="K45" s="94" t="s">
+      <c r="K45" s="75" t="s">
         <v>14</v>
       </c>
-      <c r="L45" s="171">
+      <c r="L45" s="119">
         <v>130000</v>
       </c>
-      <c r="M45" s="96"/>
-      <c r="N45" s="119" t="s">
+      <c r="M45" s="76"/>
+      <c r="N45" s="96" t="s">
         <v>14</v>
       </c>
-      <c r="O45" s="175">
+      <c r="O45" s="122">
         <f>L45</f>
         <v>130000</v>
       </c>
-      <c r="P45" s="121"/>
-[...5 lines deleted...]
-    <row r="46" spans="1:20" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="P45" s="97"/>
+      <c r="Q45" s="241"/>
+      <c r="R45" s="242"/>
+      <c r="S45" s="242"/>
+      <c r="T45" s="243"/>
+    </row>
+    <row r="46" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="300" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="B46" s="301"/>
-      <c r="C46" s="321" t="s">
-[...108 lines deleted...]
-      <c r="T50" s="189"/>
+      <c r="C46" s="301"/>
+      <c r="D46" s="301"/>
+      <c r="E46" s="302"/>
+      <c r="F46" s="302"/>
+      <c r="G46" s="302"/>
+      <c r="H46" s="302"/>
+      <c r="I46" s="302"/>
+      <c r="J46" s="9">
+        <f>SUM(J25:J45)</f>
+        <v>0</v>
+      </c>
+      <c r="K46" s="297"/>
+      <c r="L46" s="298"/>
+      <c r="M46" s="298"/>
+      <c r="N46" s="298"/>
+      <c r="O46" s="298"/>
+      <c r="P46" s="298"/>
+      <c r="Q46" s="298"/>
+      <c r="R46" s="298"/>
+      <c r="S46" s="298"/>
+      <c r="T46" s="299"/>
+    </row>
+    <row r="47" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="48" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="200" t="s">
+        <v>55</v>
+      </c>
+      <c r="B48" s="200"/>
+      <c r="C48" s="200"/>
+      <c r="D48" s="200"/>
+      <c r="E48" s="200"/>
+      <c r="F48" s="200"/>
+      <c r="G48" s="200"/>
+      <c r="H48" s="200"/>
+      <c r="I48" s="200"/>
+      <c r="J48" s="200"/>
+      <c r="K48" s="200"/>
+      <c r="L48" s="200"/>
+      <c r="M48" s="200"/>
+      <c r="N48" s="200"/>
+      <c r="O48" s="200"/>
+      <c r="P48" s="200"/>
+      <c r="Q48" s="200"/>
+      <c r="R48" s="200"/>
+      <c r="S48" s="200"/>
+      <c r="T48" s="200"/>
+    </row>
+    <row r="49" spans="1:20" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="197" t="s">
+        <v>180</v>
+      </c>
+      <c r="B49" s="198"/>
+      <c r="C49" s="198"/>
+      <c r="D49" s="198"/>
+      <c r="E49" s="198"/>
+      <c r="F49" s="198"/>
+      <c r="G49" s="198"/>
+      <c r="H49" s="198"/>
+      <c r="I49" s="198"/>
+      <c r="J49" s="198"/>
+      <c r="K49" s="198"/>
+      <c r="L49" s="198"/>
+      <c r="M49" s="198"/>
+      <c r="N49" s="198"/>
+      <c r="O49" s="198"/>
+      <c r="P49" s="198"/>
+      <c r="Q49" s="198"/>
+      <c r="R49" s="198"/>
+      <c r="S49" s="198"/>
+      <c r="T49" s="199"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="OqFFhQbBZy+8YMNucd17H0bBDdDJ5F5qsh/lP13ZyjMbeNMBmWbFe2JL/7Q0BKOaHfbrVj4MTjVS2Z+SW003FA==" saltValue="yeL7VOsA3qt538GvAecHcQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-  <mergeCells count="76">
+  <sheetProtection algorithmName="SHA-512" hashValue="SI1EeI5OrNSrj6RfGfPyxIk17ETKe1OzYrqqgPQ8O+VopW68TyT1VDAKz56/G3nHQjl7i4U5sGJtzqecv+AfOw==" saltValue="mJKGVM1UG9jUdUYqf462sg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <dataConsolidate/>
+  <mergeCells count="79">
     <mergeCell ref="A9:I9"/>
-    <mergeCell ref="K18:T18"/>
-    <mergeCell ref="K47:T47"/>
+    <mergeCell ref="K20:T20"/>
+    <mergeCell ref="K46:T46"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
-    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A46:I46"/>
     <mergeCell ref="A10:I11"/>
-    <mergeCell ref="A21:I22"/>
+    <mergeCell ref="A23:I24"/>
     <mergeCell ref="J10:J11"/>
-    <mergeCell ref="J21:J22"/>
+    <mergeCell ref="J23:J24"/>
     <mergeCell ref="C40:I40"/>
     <mergeCell ref="C43:I43"/>
     <mergeCell ref="C44:I44"/>
     <mergeCell ref="C45:I45"/>
-    <mergeCell ref="C46:I46"/>
     <mergeCell ref="I8:T8"/>
+    <mergeCell ref="A44:B45"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="F7:T7"/>
     <mergeCell ref="F3:T3"/>
     <mergeCell ref="F4:T4"/>
     <mergeCell ref="F5:T5"/>
     <mergeCell ref="E6:H6"/>
-    <mergeCell ref="I6:J6"/>
-[...17 lines deleted...]
-    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="I6:K6"/>
     <mergeCell ref="A20:I20"/>
-    <mergeCell ref="A23:B24"/>
-[...3 lines deleted...]
-    <mergeCell ref="C24:I24"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A25:B26"/>
+    <mergeCell ref="A27:B33"/>
     <mergeCell ref="C25:I25"/>
     <mergeCell ref="C26:I26"/>
     <mergeCell ref="C27:I27"/>
     <mergeCell ref="C28:I28"/>
     <mergeCell ref="C29:I29"/>
-    <mergeCell ref="Q44:T45"/>
+    <mergeCell ref="C30:I30"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="C33:I33"/>
+    <mergeCell ref="C32:I32"/>
+    <mergeCell ref="Q27:T33"/>
+    <mergeCell ref="Q34:T37"/>
     <mergeCell ref="Q23:T24"/>
-    <mergeCell ref="Q25:T30"/>
-[...2 lines deleted...]
-    <mergeCell ref="A50:T50"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="N23:P23"/>
     <mergeCell ref="A49:T49"/>
+    <mergeCell ref="A48:T48"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="N10:P10"/>
     <mergeCell ref="Q10:S10"/>
-    <mergeCell ref="A12:B14"/>
-    <mergeCell ref="A15:B17"/>
+    <mergeCell ref="A12:B15"/>
+    <mergeCell ref="A16:B19"/>
     <mergeCell ref="C12:I12"/>
     <mergeCell ref="C13:I13"/>
-    <mergeCell ref="C14:I14"/>
     <mergeCell ref="C15:I15"/>
     <mergeCell ref="C16:I16"/>
     <mergeCell ref="C17:I17"/>
-    <mergeCell ref="Q39:T43"/>
+    <mergeCell ref="C19:I19"/>
+    <mergeCell ref="Q38:T43"/>
+    <mergeCell ref="Q44:T45"/>
+    <mergeCell ref="Q25:T26"/>
     <mergeCell ref="N39:P43"/>
-    <mergeCell ref="Q46:T46"/>
+    <mergeCell ref="A34:B37"/>
+    <mergeCell ref="A38:B43"/>
+    <mergeCell ref="C34:F34"/>
+    <mergeCell ref="C35:F35"/>
+    <mergeCell ref="C36:I36"/>
+    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="C38:I38"/>
+    <mergeCell ref="C41:I41"/>
+    <mergeCell ref="C42:I42"/>
+    <mergeCell ref="C39:I39"/>
+    <mergeCell ref="T10:T11"/>
+    <mergeCell ref="T12:T19"/>
+    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="C18:I18"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="Q19:S19"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="K19:M19"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.38645833333333335" top="0.82395833333333335" bottom="6.9791666666666669E-2" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader xml:space="preserve">&amp;L
+[별지 제 2호 서식]
+</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AE56"/>
   <sheetViews>
     <sheetView showWhiteSpace="0" view="pageLayout" topLeftCell="A22" workbookViewId="0">
       <selection activeCell="N46" sqref="N46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.5" style="11" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="32" max="16384" width="8.75" style="11"/>
+    <col min="1" max="1" width="4.5" style="10" customWidth="1"/>
+    <col min="2" max="2" width="2.375" style="10" customWidth="1"/>
+    <col min="3" max="3" width="3.25" style="10" customWidth="1"/>
+    <col min="4" max="4" width="1.875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="3.125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="1.5" style="10" customWidth="1"/>
+    <col min="7" max="7" width="4.25" style="10" customWidth="1"/>
+    <col min="8" max="8" width="1.375" style="10" customWidth="1"/>
+    <col min="9" max="13" width="2.125" style="10" customWidth="1"/>
+    <col min="14" max="14" width="3.25" style="10" customWidth="1"/>
+    <col min="15" max="27" width="2.125" style="10" customWidth="1"/>
+    <col min="28" max="28" width="2.75" style="10" customWidth="1"/>
+    <col min="29" max="29" width="12.125" style="10" customWidth="1"/>
+    <col min="30" max="30" width="4.5" style="10" customWidth="1"/>
+    <col min="31" max="31" width="10.875" style="10" bestFit="1" customWidth="1"/>
+    <col min="32" max="16384" width="8.75" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="347" t="s">
+      <c r="A1" s="338" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="339"/>
+      <c r="C1" s="339"/>
+      <c r="D1" s="339"/>
+      <c r="E1" s="339"/>
+      <c r="F1" s="339"/>
+      <c r="G1" s="339"/>
+      <c r="H1" s="339"/>
+      <c r="I1" s="339"/>
+      <c r="J1" s="339"/>
+      <c r="K1" s="339"/>
+      <c r="L1" s="339"/>
+      <c r="M1" s="339"/>
+      <c r="N1" s="339"/>
+      <c r="O1" s="339"/>
+      <c r="P1" s="339"/>
+      <c r="Q1" s="339"/>
+      <c r="R1" s="339"/>
+      <c r="S1" s="339"/>
+      <c r="T1" s="339"/>
+      <c r="U1" s="339"/>
+      <c r="V1" s="339"/>
+      <c r="W1" s="339"/>
+      <c r="X1" s="339"/>
+      <c r="Y1" s="339"/>
+      <c r="Z1" s="339"/>
+      <c r="AA1" s="339"/>
+      <c r="AB1" s="339"/>
+      <c r="AC1" s="339"/>
+      <c r="AD1" s="340"/>
+    </row>
+    <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="11"/>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+      <c r="Z2" s="13"/>
+      <c r="AA2" s="13"/>
+      <c r="AB2" s="13"/>
+      <c r="AC2" s="13"/>
+      <c r="AD2" s="14"/>
+    </row>
+    <row r="3" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" s="341" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" s="341"/>
+      <c r="E3" s="341"/>
+      <c r="F3" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G3" s="18">
+        <f>공연!F3</f>
+        <v>0</v>
+      </c>
+      <c r="H3" s="19"/>
+      <c r="I3" s="19"/>
+      <c r="J3" s="19"/>
+      <c r="K3" s="19"/>
+      <c r="L3" s="19"/>
+      <c r="M3" s="19"/>
+      <c r="N3" s="19"/>
+      <c r="O3" s="19"/>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="19"/>
+      <c r="R3" s="19"/>
+      <c r="S3" s="19"/>
+      <c r="T3" s="19"/>
+      <c r="U3" s="19"/>
+      <c r="V3" s="19"/>
+      <c r="W3" s="19"/>
+      <c r="X3" s="19"/>
+      <c r="Y3" s="19"/>
+      <c r="Z3" s="19"/>
+      <c r="AA3" s="19"/>
+      <c r="AB3" s="19"/>
+      <c r="AC3" s="19"/>
+      <c r="AD3" s="20"/>
+    </row>
+    <row r="4" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15"/>
+      <c r="B4" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" s="341" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" s="341"/>
+      <c r="E4" s="341"/>
+      <c r="F4" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G4" s="18">
+        <f>공연!F4</f>
+        <v>0</v>
+      </c>
+      <c r="H4" s="19"/>
+      <c r="I4" s="19"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="19"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="19"/>
+      <c r="R4" s="19"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="19"/>
+      <c r="U4" s="19"/>
+      <c r="V4" s="19"/>
+      <c r="W4" s="19"/>
+      <c r="X4" s="19"/>
+      <c r="Y4" s="19"/>
+      <c r="Z4" s="19"/>
+      <c r="AA4" s="19"/>
+      <c r="AB4" s="19"/>
+      <c r="AC4" s="19"/>
+      <c r="AD4" s="20"/>
+    </row>
+    <row r="5" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="15"/>
+      <c r="B5" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" s="341" t="s">
         <v>62</v>
       </c>
-      <c r="B1" s="348"/>
-[...156 lines deleted...]
-      <c r="G5" s="19">
+      <c r="D5" s="341"/>
+      <c r="E5" s="341"/>
+      <c r="F5" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G5" s="18">
         <f>공연!F5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="20"/>
-[...21 lines deleted...]
-      <c r="AD5" s="21"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19"/>
+      <c r="K5" s="19"/>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19"/>
+      <c r="N5" s="19"/>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19"/>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="19"/>
+      <c r="S5" s="19"/>
+      <c r="T5" s="19"/>
+      <c r="U5" s="19"/>
+      <c r="V5" s="19"/>
+      <c r="W5" s="19"/>
+      <c r="X5" s="19"/>
+      <c r="Y5" s="19"/>
+      <c r="Z5" s="19"/>
+      <c r="AA5" s="19"/>
+      <c r="AB5" s="19"/>
+      <c r="AC5" s="19"/>
+      <c r="AD5" s="20"/>
     </row>
     <row r="6" spans="1:30" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="12"/>
-[...5 lines deleted...]
-      <c r="G6" s="339" t="str">
+      <c r="A6" s="11"/>
+      <c r="B6" s="22"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="23"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="330" t="str">
         <f>공연!E6</f>
         <v>( 공연시간 :</v>
       </c>
-      <c r="H6" s="339"/>
-[...5 lines deleted...]
-        <f>공연!J6&amp;" )"</f>
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="330"/>
+      <c r="M6" s="331" t="str">
+        <f>공연!I6&amp;" )"</f>
         <v xml:space="preserve"> )</v>
       </c>
-      <c r="N6" s="341"/>
-[...15 lines deleted...]
-      <c r="AD6" s="15"/>
+      <c r="N6" s="332"/>
+      <c r="O6" s="332"/>
+      <c r="P6" s="332"/>
+      <c r="Q6" s="13"/>
+      <c r="R6" s="13"/>
+      <c r="S6" s="13"/>
+      <c r="T6" s="13"/>
+      <c r="U6" s="13"/>
+      <c r="V6" s="13"/>
+      <c r="W6" s="13"/>
+      <c r="X6" s="13"/>
+      <c r="Y6" s="13"/>
+      <c r="Z6" s="13"/>
+      <c r="AA6" s="13"/>
+      <c r="AB6" s="13"/>
+      <c r="AC6" s="13"/>
+      <c r="AD6" s="14"/>
     </row>
     <row r="7" spans="1:30" ht="9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="12"/>
-[...28 lines deleted...]
-      <c r="AD7" s="15"/>
+      <c r="A7" s="11"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
+      <c r="F7" s="12"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
+      <c r="M7" s="13"/>
+      <c r="N7" s="13"/>
+      <c r="O7" s="13"/>
+      <c r="P7" s="13"/>
+      <c r="Q7" s="13"/>
+      <c r="R7" s="13"/>
+      <c r="S7" s="13"/>
+      <c r="T7" s="13"/>
+      <c r="U7" s="13"/>
+      <c r="V7" s="13"/>
+      <c r="W7" s="13"/>
+      <c r="X7" s="13"/>
+      <c r="Y7" s="13"/>
+      <c r="Z7" s="13"/>
+      <c r="AA7" s="13"/>
+      <c r="AB7" s="13"/>
+      <c r="AC7" s="13"/>
+      <c r="AD7" s="14"/>
     </row>
     <row r="8" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A8" s="12"/>
-      <c r="B8" s="23" t="s">
+      <c r="A8" s="11"/>
+      <c r="B8" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" s="325" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" s="325"/>
+      <c r="E8" s="325"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="13"/>
+      <c r="S8" s="13"/>
+      <c r="T8" s="13"/>
+      <c r="U8" s="13"/>
+      <c r="V8" s="13"/>
+      <c r="W8" s="13"/>
+      <c r="X8" s="13"/>
+      <c r="Y8" s="13"/>
+      <c r="Z8" s="13"/>
+      <c r="AA8" s="13"/>
+      <c r="AB8" s="13"/>
+      <c r="AC8" s="13"/>
+      <c r="AD8" s="14"/>
+    </row>
+    <row r="9" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A9" s="11"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="24" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" s="319" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="319"/>
+      <c r="F9" s="319"/>
+      <c r="G9" s="319"/>
+      <c r="H9" s="25"/>
+      <c r="I9" s="25"/>
+      <c r="J9" s="25"/>
+      <c r="K9" s="25"/>
+      <c r="L9" s="25"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="25"/>
+      <c r="O9" s="25"/>
+      <c r="P9" s="25"/>
+      <c r="Q9" s="25"/>
+      <c r="R9" s="25"/>
+      <c r="S9" s="25"/>
+      <c r="T9" s="25"/>
+      <c r="U9" s="25"/>
+      <c r="V9" s="25"/>
+      <c r="W9" s="25"/>
+      <c r="X9" s="25"/>
+      <c r="Y9" s="25"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="322" t="e">
+        <f>SUM(AC10:AD25)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="AC9" s="322"/>
+      <c r="AD9" s="323"/>
+    </row>
+    <row r="10" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="26"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="27"/>
+      <c r="D10" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="336" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="336"/>
+      <c r="G10" s="336"/>
+      <c r="H10" s="27" t="s">
         <v>69</v>
       </c>
-      <c r="C8" s="334" t="s">
+      <c r="I10" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="320" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" s="320"/>
+      <c r="N10" s="27"/>
+      <c r="O10" s="27" t="s">
         <v>70</v>
       </c>
-      <c r="D8" s="334"/>
-[...30 lines deleted...]
-      <c r="C9" s="25" t="s">
+      <c r="P10" s="30" t="s">
         <v>71</v>
       </c>
-      <c r="D9" s="328" t="s">
+      <c r="Q10" s="318">
+        <v>99000</v>
+      </c>
+      <c r="R10" s="318"/>
+      <c r="S10" s="318"/>
+      <c r="T10" s="318"/>
+      <c r="U10" s="318"/>
+      <c r="V10" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="W10" s="321">
+        <v>0.5</v>
+      </c>
+      <c r="X10" s="321"/>
+      <c r="Y10" s="27"/>
+      <c r="Z10" s="30"/>
+      <c r="AA10" s="31"/>
+      <c r="AB10" s="27"/>
+      <c r="AC10" s="316">
+        <f>N10*Q10*W10</f>
+        <v>0</v>
+      </c>
+      <c r="AD10" s="317"/>
+    </row>
+    <row r="11" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="26"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="27"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="33"/>
+      <c r="F11" s="33"/>
+      <c r="G11" s="33"/>
+      <c r="H11" s="27"/>
+      <c r="I11" s="29"/>
+      <c r="J11" s="29"/>
+      <c r="K11" s="29"/>
+      <c r="L11" s="320" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" s="320"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P11" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q11" s="318">
+        <v>143000</v>
+      </c>
+      <c r="R11" s="318"/>
+      <c r="S11" s="318"/>
+      <c r="T11" s="318"/>
+      <c r="U11" s="318"/>
+      <c r="V11" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="W11" s="321">
+        <v>0.5</v>
+      </c>
+      <c r="X11" s="321"/>
+      <c r="Y11" s="27"/>
+      <c r="Z11" s="30"/>
+      <c r="AA11" s="31"/>
+      <c r="AB11" s="27"/>
+      <c r="AC11" s="316">
+        <f>N11*Q11*W11</f>
+        <v>0</v>
+      </c>
+      <c r="AD11" s="317"/>
+    </row>
+    <row r="12" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="26"/>
+      <c r="B12" s="27"/>
+      <c r="C12" s="27"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="33"/>
+      <c r="F12" s="33"/>
+      <c r="G12" s="33"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="29"/>
+      <c r="J12" s="29"/>
+      <c r="K12" s="29"/>
+      <c r="L12" s="34"/>
+      <c r="M12" s="34"/>
+      <c r="N12" s="27"/>
+      <c r="O12" s="27"/>
+      <c r="P12" s="30"/>
+      <c r="Q12" s="37"/>
+      <c r="R12" s="37"/>
+      <c r="S12" s="37"/>
+      <c r="T12" s="37"/>
+      <c r="U12" s="37"/>
+      <c r="V12" s="30"/>
+      <c r="W12" s="31"/>
+      <c r="X12" s="31"/>
+      <c r="Y12" s="27"/>
+      <c r="Z12" s="30"/>
+      <c r="AA12" s="31"/>
+      <c r="AB12" s="27"/>
+      <c r="AC12" s="38"/>
+      <c r="AD12" s="39"/>
+    </row>
+    <row r="13" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="26"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="33"/>
+      <c r="F13" s="33"/>
+      <c r="G13" s="33"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="34"/>
+      <c r="K13" s="34"/>
+      <c r="L13" s="31"/>
+      <c r="M13" s="30"/>
+      <c r="N13" s="27"/>
+      <c r="O13" s="27"/>
+      <c r="P13" s="30"/>
+      <c r="Q13" s="320"/>
+      <c r="R13" s="320"/>
+      <c r="S13" s="320"/>
+      <c r="T13" s="320"/>
+      <c r="U13" s="320"/>
+      <c r="V13" s="29"/>
+      <c r="W13" s="27"/>
+      <c r="X13" s="27"/>
+      <c r="Y13" s="27"/>
+      <c r="Z13" s="30"/>
+      <c r="AA13" s="31"/>
+      <c r="AB13" s="27"/>
+      <c r="AC13" s="27"/>
+      <c r="AD13" s="35"/>
+    </row>
+    <row r="14" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="26"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" s="315" t="s">
         <v>72</v>
       </c>
-      <c r="E9" s="328"/>
-[...228 lines deleted...]
-        <f>공연!O23</f>
+      <c r="F14" s="315"/>
+      <c r="G14" s="315"/>
+      <c r="H14" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I14" s="315" t="s">
+        <v>86</v>
+      </c>
+      <c r="J14" s="315"/>
+      <c r="K14" s="315"/>
+      <c r="L14" s="315"/>
+      <c r="M14" s="315"/>
+      <c r="N14" s="49">
+        <f>공연!$P$25</f>
+        <v>0</v>
+      </c>
+      <c r="O14" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P14" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q14" s="318">
+        <f>공연!O25</f>
         <v>40000</v>
       </c>
-      <c r="R14" s="327"/>
-[...10 lines deleted...]
-      <c r="AC14" s="325">
+      <c r="R14" s="318"/>
+      <c r="S14" s="318"/>
+      <c r="T14" s="318"/>
+      <c r="U14" s="318"/>
+      <c r="V14" s="30"/>
+      <c r="W14" s="321"/>
+      <c r="X14" s="321"/>
+      <c r="Y14" s="29"/>
+      <c r="Z14" s="27"/>
+      <c r="AA14" s="27"/>
+      <c r="AB14" s="27"/>
+      <c r="AC14" s="316">
         <f>N14*Q14</f>
         <v>0</v>
       </c>
-      <c r="AD14" s="326"/>
-[...34 lines deleted...]
-        <f>공연!O24</f>
+      <c r="AD14" s="317"/>
+    </row>
+    <row r="15" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="26"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" s="315"/>
+      <c r="G15" s="315"/>
+      <c r="H15" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I15" s="315" t="s">
+        <v>85</v>
+      </c>
+      <c r="J15" s="315"/>
+      <c r="K15" s="315"/>
+      <c r="L15" s="315"/>
+      <c r="M15" s="315"/>
+      <c r="N15" s="49">
+        <f>공연!$P$26</f>
+        <v>0</v>
+      </c>
+      <c r="O15" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P15" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q15" s="318">
+        <f>공연!O26</f>
         <v>15000</v>
       </c>
-      <c r="R15" s="327"/>
-[...10 lines deleted...]
-      <c r="AC15" s="325">
+      <c r="R15" s="318"/>
+      <c r="S15" s="318"/>
+      <c r="T15" s="318"/>
+      <c r="U15" s="318"/>
+      <c r="V15" s="30"/>
+      <c r="W15" s="31"/>
+      <c r="X15" s="31"/>
+      <c r="Y15" s="29"/>
+      <c r="Z15" s="27"/>
+      <c r="AA15" s="27"/>
+      <c r="AB15" s="27"/>
+      <c r="AC15" s="316">
         <f t="shared" ref="AC15:AC24" si="0">N15*Q15</f>
         <v>0</v>
       </c>
-      <c r="AD15" s="326"/>
-[...34 lines deleted...]
-        <f>공연!O25</f>
+      <c r="AD15" s="317"/>
+    </row>
+    <row r="16" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="26"/>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="315"/>
+      <c r="G16" s="315"/>
+      <c r="H16" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I16" s="315" t="s">
+        <v>87</v>
+      </c>
+      <c r="J16" s="315"/>
+      <c r="K16" s="315"/>
+      <c r="L16" s="315"/>
+      <c r="M16" s="315"/>
+      <c r="N16" s="49">
+        <f>공연!$P$27</f>
+        <v>0</v>
+      </c>
+      <c r="O16" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P16" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q16" s="318">
+        <f>공연!O27</f>
         <v>35000</v>
       </c>
-      <c r="R16" s="327"/>
-[...10 lines deleted...]
-      <c r="AC16" s="325">
+      <c r="R16" s="318"/>
+      <c r="S16" s="318"/>
+      <c r="T16" s="318"/>
+      <c r="U16" s="318"/>
+      <c r="V16" s="30"/>
+      <c r="W16" s="31"/>
+      <c r="X16" s="31"/>
+      <c r="Y16" s="29"/>
+      <c r="Z16" s="27"/>
+      <c r="AA16" s="27"/>
+      <c r="AB16" s="27"/>
+      <c r="AC16" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD16" s="326"/>
-[...48 lines deleted...]
-      <c r="AC17" s="325">
+      <c r="AD16" s="317"/>
+    </row>
+    <row r="17" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="26"/>
+      <c r="B17" s="27"/>
+      <c r="C17" s="27"/>
+      <c r="D17" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="315"/>
+      <c r="G17" s="315"/>
+      <c r="H17" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I17" s="315" t="s">
+        <v>88</v>
+      </c>
+      <c r="J17" s="315"/>
+      <c r="K17" s="315"/>
+      <c r="L17" s="315"/>
+      <c r="M17" s="315"/>
+      <c r="N17" s="49" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O17" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P17" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q17" s="318" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R17" s="318"/>
+      <c r="S17" s="318"/>
+      <c r="T17" s="318"/>
+      <c r="U17" s="318"/>
+      <c r="V17" s="30"/>
+      <c r="W17" s="31"/>
+      <c r="X17" s="31"/>
+      <c r="Y17" s="29"/>
+      <c r="Z17" s="27"/>
+      <c r="AA17" s="27"/>
+      <c r="AB17" s="27"/>
+      <c r="AC17" s="316" t="e">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...145 lines deleted...]
-      <c r="N20" s="52">
+        <v>#REF!</v>
+      </c>
+      <c r="AD17" s="317"/>
+    </row>
+    <row r="18" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="26"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="27"/>
+      <c r="D18" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="315"/>
+      <c r="G18" s="315"/>
+      <c r="H18" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I18" s="315" t="s">
+        <v>90</v>
+      </c>
+      <c r="J18" s="315"/>
+      <c r="K18" s="315"/>
+      <c r="L18" s="315"/>
+      <c r="M18" s="315"/>
+      <c r="N18" s="49">
         <f>공연!$P$34</f>
         <v>0</v>
       </c>
-      <c r="O20" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q20" s="327">
+      <c r="O18" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P18" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q18" s="318">
         <f>공연!O34</f>
         <v>5000</v>
       </c>
-      <c r="R20" s="327"/>
-[...10 lines deleted...]
-      <c r="AC20" s="325">
+      <c r="R18" s="318"/>
+      <c r="S18" s="318"/>
+      <c r="T18" s="318"/>
+      <c r="U18" s="318"/>
+      <c r="V18" s="48" t="s">
+        <v>96</v>
+      </c>
+      <c r="W18" s="31">
+        <f>공연!H34</f>
+        <v>3</v>
+      </c>
+      <c r="X18" s="31" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y18" s="29"/>
+      <c r="Z18" s="27"/>
+      <c r="AA18" s="27"/>
+      <c r="AB18" s="27"/>
+      <c r="AC18" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD20" s="326"/>
-[...23 lines deleted...]
-      <c r="N21" s="52">
+      <c r="AD18" s="317"/>
+    </row>
+    <row r="19" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="26"/>
+      <c r="B19" s="27"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="315"/>
+      <c r="G19" s="315"/>
+      <c r="H19" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I19" s="315" t="s">
+        <v>89</v>
+      </c>
+      <c r="J19" s="315"/>
+      <c r="K19" s="315"/>
+      <c r="L19" s="315"/>
+      <c r="M19" s="315"/>
+      <c r="N19" s="49">
         <f>공연!$P$35</f>
         <v>0</v>
       </c>
-      <c r="O21" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q21" s="327">
+      <c r="O19" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P19" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q19" s="318">
         <f>공연!O35</f>
-        <v>2500</v>
-[...12 lines deleted...]
-      <c r="AC21" s="325">
+        <v>10000</v>
+      </c>
+      <c r="R19" s="318"/>
+      <c r="S19" s="318"/>
+      <c r="T19" s="318"/>
+      <c r="U19" s="318"/>
+      <c r="V19" s="48" t="s">
+        <v>96</v>
+      </c>
+      <c r="W19" s="31">
+        <f>공연!H35</f>
+        <v>2</v>
+      </c>
+      <c r="X19" s="31" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y19" s="29"/>
+      <c r="Z19" s="27"/>
+      <c r="AA19" s="27"/>
+      <c r="AB19" s="27"/>
+      <c r="AC19" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD21" s="326"/>
-[...23 lines deleted...]
-      <c r="N22" s="52">
+      <c r="AD19" s="317"/>
+    </row>
+    <row r="20" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="26"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" s="315"/>
+      <c r="G20" s="315"/>
+      <c r="H20" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I20" s="315" t="s">
+        <v>91</v>
+      </c>
+      <c r="J20" s="315"/>
+      <c r="K20" s="315"/>
+      <c r="L20" s="315"/>
+      <c r="M20" s="315"/>
+      <c r="N20" s="49">
+        <f>공연!$P$36</f>
+        <v>0</v>
+      </c>
+      <c r="O20" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P20" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q20" s="318">
+        <f>공연!O36</f>
+        <v>5000</v>
+      </c>
+      <c r="R20" s="318"/>
+      <c r="S20" s="318"/>
+      <c r="T20" s="318"/>
+      <c r="U20" s="318"/>
+      <c r="V20" s="30"/>
+      <c r="W20" s="31"/>
+      <c r="X20" s="31"/>
+      <c r="Y20" s="29"/>
+      <c r="Z20" s="27"/>
+      <c r="AA20" s="27"/>
+      <c r="AB20" s="27"/>
+      <c r="AC20" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD20" s="317"/>
+    </row>
+    <row r="21" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="26"/>
+      <c r="B21" s="27"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="315"/>
+      <c r="G21" s="315"/>
+      <c r="H21" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I21" s="324" t="s">
+        <v>22</v>
+      </c>
+      <c r="J21" s="324"/>
+      <c r="K21" s="324"/>
+      <c r="L21" s="324"/>
+      <c r="M21" s="324"/>
+      <c r="N21" s="49" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O21" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P21" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q21" s="318" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R21" s="318"/>
+      <c r="S21" s="318"/>
+      <c r="T21" s="318"/>
+      <c r="U21" s="318"/>
+      <c r="V21" s="30"/>
+      <c r="W21" s="31"/>
+      <c r="X21" s="31"/>
+      <c r="Y21" s="29"/>
+      <c r="Z21" s="27"/>
+      <c r="AA21" s="27"/>
+      <c r="AB21" s="27"/>
+      <c r="AC21" s="316" t="e">
+        <f t="shared" si="0"/>
+        <v>#REF!</v>
+      </c>
+      <c r="AD21" s="317"/>
+    </row>
+    <row r="22" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="26"/>
+      <c r="B22" s="27"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F22" s="315"/>
+      <c r="G22" s="315"/>
+      <c r="H22" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I22" s="324" t="s">
+        <v>92</v>
+      </c>
+      <c r="J22" s="324"/>
+      <c r="K22" s="324"/>
+      <c r="L22" s="324"/>
+      <c r="M22" s="324"/>
+      <c r="N22" s="49">
         <f>공연!$P$37</f>
         <v>0</v>
       </c>
-      <c r="O22" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q22" s="327">
+      <c r="O22" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P22" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q22" s="318">
         <f>공연!O37</f>
         <v>10000</v>
       </c>
-      <c r="R22" s="327"/>
-[...10 lines deleted...]
-      <c r="AC22" s="325">
+      <c r="R22" s="318"/>
+      <c r="S22" s="318"/>
+      <c r="T22" s="318"/>
+      <c r="U22" s="318"/>
+      <c r="V22" s="30"/>
+      <c r="W22" s="31"/>
+      <c r="X22" s="31"/>
+      <c r="Y22" s="29"/>
+      <c r="Z22" s="27"/>
+      <c r="AA22" s="27"/>
+      <c r="AB22" s="27"/>
+      <c r="AC22" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD22" s="326"/>
-[...23 lines deleted...]
-      <c r="N23" s="52">
+      <c r="AD22" s="317"/>
+    </row>
+    <row r="23" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="26"/>
+      <c r="B23" s="27"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F23" s="315"/>
+      <c r="G23" s="315"/>
+      <c r="H23" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I23" s="315" t="s">
+        <v>26</v>
+      </c>
+      <c r="J23" s="315"/>
+      <c r="K23" s="315"/>
+      <c r="L23" s="315"/>
+      <c r="M23" s="315"/>
+      <c r="N23" s="49">
         <f>공연!$P$44</f>
         <v>0</v>
       </c>
-      <c r="O23" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q23" s="327">
+      <c r="O23" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P23" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q23" s="318">
         <f>공연!O44</f>
         <v>110000</v>
       </c>
-      <c r="R23" s="327"/>
-[...10 lines deleted...]
-      <c r="AC23" s="325">
+      <c r="R23" s="318"/>
+      <c r="S23" s="318"/>
+      <c r="T23" s="318"/>
+      <c r="U23" s="318"/>
+      <c r="V23" s="30"/>
+      <c r="W23" s="31"/>
+      <c r="X23" s="31"/>
+      <c r="Y23" s="29"/>
+      <c r="Z23" s="27"/>
+      <c r="AA23" s="27"/>
+      <c r="AB23" s="27"/>
+      <c r="AC23" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD23" s="326"/>
-[...23 lines deleted...]
-      <c r="N24" s="52">
+      <c r="AD23" s="317"/>
+    </row>
+    <row r="24" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="26"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="27"/>
+      <c r="D24" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F24" s="315"/>
+      <c r="G24" s="315"/>
+      <c r="H24" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I24" s="315" t="s">
+        <v>27</v>
+      </c>
+      <c r="J24" s="315"/>
+      <c r="K24" s="315"/>
+      <c r="L24" s="315"/>
+      <c r="M24" s="315"/>
+      <c r="N24" s="49">
         <f>공연!$P$45</f>
         <v>0</v>
       </c>
-      <c r="O24" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q24" s="327">
+      <c r="O24" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P24" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q24" s="318">
         <f>공연!O45</f>
         <v>130000</v>
       </c>
-      <c r="R24" s="327"/>
-[...10 lines deleted...]
-      <c r="AC24" s="325">
+      <c r="R24" s="318"/>
+      <c r="S24" s="318"/>
+      <c r="T24" s="318"/>
+      <c r="U24" s="318"/>
+      <c r="V24" s="30"/>
+      <c r="W24" s="31"/>
+      <c r="X24" s="31"/>
+      <c r="Y24" s="29"/>
+      <c r="Z24" s="27"/>
+      <c r="AA24" s="27"/>
+      <c r="AB24" s="27"/>
+      <c r="AC24" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD24" s="326"/>
+      <c r="AD24" s="317"/>
     </row>
     <row r="25" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A25" s="12"/>
-[...28 lines deleted...]
-      <c r="AD25" s="15"/>
+      <c r="A25" s="11"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
+      <c r="K25" s="13"/>
+      <c r="L25" s="13"/>
+      <c r="M25" s="13"/>
+      <c r="N25" s="13"/>
+      <c r="O25" s="13"/>
+      <c r="P25" s="13"/>
+      <c r="Q25" s="13"/>
+      <c r="R25" s="13"/>
+      <c r="S25" s="13"/>
+      <c r="T25" s="13"/>
+      <c r="U25" s="13"/>
+      <c r="V25" s="13"/>
+      <c r="W25" s="13"/>
+      <c r="X25" s="13"/>
+      <c r="Y25" s="13"/>
+      <c r="Z25" s="13"/>
+      <c r="AA25" s="13"/>
+      <c r="AB25" s="13"/>
+      <c r="AC25" s="13"/>
+      <c r="AD25" s="14"/>
     </row>
     <row r="26" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A26" s="12"/>
-[...30 lines deleted...]
-      <c r="AB26" s="331">
+      <c r="A26" s="11"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" s="319" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" s="319"/>
+      <c r="F26" s="319"/>
+      <c r="G26" s="319"/>
+      <c r="H26" s="25"/>
+      <c r="I26" s="25"/>
+      <c r="J26" s="25"/>
+      <c r="K26" s="25"/>
+      <c r="L26" s="25"/>
+      <c r="M26" s="25"/>
+      <c r="N26" s="25"/>
+      <c r="O26" s="25"/>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="25"/>
+      <c r="R26" s="25"/>
+      <c r="S26" s="25"/>
+      <c r="T26" s="25"/>
+      <c r="U26" s="25"/>
+      <c r="V26" s="25"/>
+      <c r="W26" s="25"/>
+      <c r="X26" s="25"/>
+      <c r="Y26" s="25"/>
+      <c r="Z26" s="25"/>
+      <c r="AA26" s="25"/>
+      <c r="AB26" s="322" t="e">
         <f>SUM(AB27:AD43)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="AC26" s="322"/>
+      <c r="AD26" s="323"/>
+    </row>
+    <row r="27" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="26"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" s="315" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="315"/>
+      <c r="G27" s="315"/>
+      <c r="H27" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I27" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="J27" s="29"/>
+      <c r="K27" s="29"/>
+      <c r="L27" s="320" t="s">
+        <v>75</v>
+      </c>
+      <c r="M27" s="320"/>
+      <c r="N27" s="27">
+        <v>1</v>
+      </c>
+      <c r="O27" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P27" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q27" s="318">
         <v>165000</v>
       </c>
-      <c r="AC26" s="331"/>
-[...49 lines deleted...]
-      <c r="AC27" s="325">
+      <c r="R27" s="318"/>
+      <c r="S27" s="318"/>
+      <c r="T27" s="318"/>
+      <c r="U27" s="318"/>
+      <c r="V27" s="30"/>
+      <c r="W27" s="321"/>
+      <c r="X27" s="321"/>
+      <c r="Y27" s="27"/>
+      <c r="Z27" s="30"/>
+      <c r="AA27" s="31"/>
+      <c r="AB27" s="27"/>
+      <c r="AC27" s="316">
         <f>N27*Q27</f>
         <v>165000</v>
       </c>
-      <c r="AD27" s="326"/>
-[...66 lines deleted...]
-        <f>공연!L23</f>
+      <c r="AD27" s="317"/>
+    </row>
+    <row r="28" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="26"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="36"/>
+      <c r="F28" s="36"/>
+      <c r="G28" s="36"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="29"/>
+      <c r="J28" s="29"/>
+      <c r="K28" s="29"/>
+      <c r="L28" s="34"/>
+      <c r="M28" s="34"/>
+      <c r="N28" s="27"/>
+      <c r="O28" s="27"/>
+      <c r="P28" s="30"/>
+      <c r="Q28" s="37"/>
+      <c r="R28" s="37"/>
+      <c r="S28" s="37"/>
+      <c r="T28" s="37"/>
+      <c r="U28" s="37"/>
+      <c r="V28" s="30"/>
+      <c r="W28" s="31"/>
+      <c r="X28" s="31"/>
+      <c r="Y28" s="27"/>
+      <c r="Z28" s="30"/>
+      <c r="AA28" s="31"/>
+      <c r="AB28" s="27"/>
+      <c r="AC28" s="38"/>
+      <c r="AD28" s="39"/>
+    </row>
+    <row r="29" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="26"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F29" s="315"/>
+      <c r="G29" s="315"/>
+      <c r="H29" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I29" s="315" t="s">
+        <v>86</v>
+      </c>
+      <c r="J29" s="315"/>
+      <c r="K29" s="315"/>
+      <c r="L29" s="315"/>
+      <c r="M29" s="315"/>
+      <c r="N29" s="47">
+        <f>공연!M25</f>
+        <v>0</v>
+      </c>
+      <c r="O29" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P29" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q29" s="318">
+        <f>공연!L25</f>
         <v>80000</v>
       </c>
-      <c r="R29" s="327"/>
-[...10 lines deleted...]
-      <c r="AC29" s="325">
+      <c r="R29" s="318"/>
+      <c r="S29" s="318"/>
+      <c r="T29" s="318"/>
+      <c r="U29" s="318"/>
+      <c r="V29" s="30"/>
+      <c r="W29" s="31"/>
+      <c r="X29" s="31"/>
+      <c r="Y29" s="27"/>
+      <c r="Z29" s="27"/>
+      <c r="AA29" s="27"/>
+      <c r="AB29" s="27"/>
+      <c r="AC29" s="316">
         <f>N29*Q29</f>
         <v>0</v>
       </c>
-      <c r="AD29" s="326"/>
-[...34 lines deleted...]
-        <f>공연!L24</f>
+      <c r="AD29" s="317"/>
+    </row>
+    <row r="30" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="26"/>
+      <c r="B30" s="27"/>
+      <c r="C30" s="27"/>
+      <c r="D30" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F30" s="315"/>
+      <c r="G30" s="315"/>
+      <c r="H30" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I30" s="315" t="s">
+        <v>85</v>
+      </c>
+      <c r="J30" s="315"/>
+      <c r="K30" s="315"/>
+      <c r="L30" s="315"/>
+      <c r="M30" s="315"/>
+      <c r="N30" s="47">
+        <f>공연!M26</f>
+        <v>0</v>
+      </c>
+      <c r="O30" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P30" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q30" s="318">
+        <f>공연!L26</f>
         <v>30000</v>
       </c>
-      <c r="R30" s="327"/>
-[...10 lines deleted...]
-      <c r="AC30" s="325">
+      <c r="R30" s="318"/>
+      <c r="S30" s="318"/>
+      <c r="T30" s="318"/>
+      <c r="U30" s="318"/>
+      <c r="V30" s="30"/>
+      <c r="W30" s="31"/>
+      <c r="X30" s="31"/>
+      <c r="Y30" s="27"/>
+      <c r="Z30" s="27"/>
+      <c r="AA30" s="27"/>
+      <c r="AB30" s="27"/>
+      <c r="AC30" s="316">
         <f t="shared" ref="AC30:AC41" si="1">N30*Q30</f>
         <v>0</v>
       </c>
-      <c r="AD30" s="326"/>
-[...34 lines deleted...]
-        <f>공연!L25</f>
+      <c r="AD30" s="317"/>
+    </row>
+    <row r="31" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="26"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F31" s="315"/>
+      <c r="G31" s="315"/>
+      <c r="H31" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I31" s="315" t="s">
+        <v>87</v>
+      </c>
+      <c r="J31" s="315"/>
+      <c r="K31" s="315"/>
+      <c r="L31" s="315"/>
+      <c r="M31" s="315"/>
+      <c r="N31" s="47">
+        <f>공연!M27</f>
+        <v>0</v>
+      </c>
+      <c r="O31" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P31" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q31" s="318">
+        <f>공연!L27</f>
         <v>70000</v>
       </c>
-      <c r="R31" s="327"/>
-[...10 lines deleted...]
-      <c r="AC31" s="325">
+      <c r="R31" s="318"/>
+      <c r="S31" s="318"/>
+      <c r="T31" s="318"/>
+      <c r="U31" s="318"/>
+      <c r="V31" s="30"/>
+      <c r="W31" s="31"/>
+      <c r="X31" s="31"/>
+      <c r="Y31" s="27"/>
+      <c r="Z31" s="27"/>
+      <c r="AA31" s="27"/>
+      <c r="AB31" s="27"/>
+      <c r="AC31" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD31" s="326"/>
-[...48 lines deleted...]
-      <c r="AC32" s="325">
+      <c r="AD31" s="317"/>
+    </row>
+    <row r="32" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="26"/>
+      <c r="B32" s="27"/>
+      <c r="C32" s="27"/>
+      <c r="D32" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I32" s="315" t="s">
+        <v>88</v>
+      </c>
+      <c r="J32" s="315"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="47" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O32" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P32" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q32" s="318" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R32" s="318"/>
+      <c r="S32" s="318"/>
+      <c r="T32" s="318"/>
+      <c r="U32" s="318"/>
+      <c r="V32" s="30"/>
+      <c r="W32" s="31"/>
+      <c r="X32" s="31"/>
+      <c r="Y32" s="27"/>
+      <c r="Z32" s="27"/>
+      <c r="AA32" s="27"/>
+      <c r="AB32" s="27"/>
+      <c r="AC32" s="316" t="e">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...145 lines deleted...]
-      <c r="N35" s="50">
+        <v>#REF!</v>
+      </c>
+      <c r="AD32" s="317"/>
+    </row>
+    <row r="33" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="26"/>
+      <c r="B33" s="27"/>
+      <c r="C33" s="27"/>
+      <c r="D33" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F33" s="315"/>
+      <c r="G33" s="315"/>
+      <c r="H33" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I33" s="315" t="s">
+        <v>90</v>
+      </c>
+      <c r="J33" s="315"/>
+      <c r="K33" s="315"/>
+      <c r="L33" s="315"/>
+      <c r="M33" s="315"/>
+      <c r="N33" s="47">
         <f>공연!M34</f>
         <v>0</v>
       </c>
-      <c r="O35" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q35" s="327">
+      <c r="O33" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P33" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q33" s="318">
         <f>공연!L34</f>
         <v>10000</v>
       </c>
-      <c r="R35" s="327"/>
-[...10 lines deleted...]
-      <c r="AC35" s="325">
+      <c r="R33" s="318"/>
+      <c r="S33" s="318"/>
+      <c r="T33" s="318"/>
+      <c r="U33" s="318"/>
+      <c r="V33" s="48" t="s">
+        <v>96</v>
+      </c>
+      <c r="W33" s="31">
+        <f>공연!H34</f>
+        <v>3</v>
+      </c>
+      <c r="X33" s="31" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y33" s="29"/>
+      <c r="Z33" s="27"/>
+      <c r="AA33" s="27"/>
+      <c r="AB33" s="27"/>
+      <c r="AC33" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD35" s="326"/>
-[...23 lines deleted...]
-      <c r="N36" s="50">
+      <c r="AD33" s="317"/>
+    </row>
+    <row r="34" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="26"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E34" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F34" s="315"/>
+      <c r="G34" s="315"/>
+      <c r="H34" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I34" s="315" t="s">
+        <v>89</v>
+      </c>
+      <c r="J34" s="315"/>
+      <c r="K34" s="315"/>
+      <c r="L34" s="315"/>
+      <c r="M34" s="315"/>
+      <c r="N34" s="47">
         <f>공연!M35</f>
         <v>0</v>
       </c>
-      <c r="O36" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q36" s="327">
+      <c r="O34" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P34" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q34" s="318">
         <f>공연!L35</f>
-        <v>5000</v>
-[...12 lines deleted...]
-      <c r="AC36" s="325">
+        <v>20000</v>
+      </c>
+      <c r="R34" s="318"/>
+      <c r="S34" s="318"/>
+      <c r="T34" s="318"/>
+      <c r="U34" s="318"/>
+      <c r="V34" s="48" t="s">
+        <v>96</v>
+      </c>
+      <c r="W34" s="31">
+        <f>공연!H35</f>
+        <v>2</v>
+      </c>
+      <c r="X34" s="31" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y34" s="29"/>
+      <c r="Z34" s="27"/>
+      <c r="AA34" s="27"/>
+      <c r="AB34" s="27"/>
+      <c r="AC34" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD36" s="326"/>
-[...23 lines deleted...]
-      <c r="N37" s="50">
+      <c r="AD34" s="317"/>
+    </row>
+    <row r="35" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="26"/>
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F35" s="315"/>
+      <c r="G35" s="315"/>
+      <c r="H35" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I35" s="315" t="s">
+        <v>91</v>
+      </c>
+      <c r="J35" s="315"/>
+      <c r="K35" s="315"/>
+      <c r="L35" s="315"/>
+      <c r="M35" s="315"/>
+      <c r="N35" s="47">
+        <f>공연!M36</f>
+        <v>0</v>
+      </c>
+      <c r="O35" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P35" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q35" s="318">
+        <f>공연!L36</f>
+        <v>10000</v>
+      </c>
+      <c r="R35" s="318"/>
+      <c r="S35" s="318"/>
+      <c r="T35" s="318"/>
+      <c r="U35" s="318"/>
+      <c r="V35" s="30"/>
+      <c r="W35" s="31"/>
+      <c r="X35" s="31"/>
+      <c r="Y35" s="27"/>
+      <c r="Z35" s="27"/>
+      <c r="AA35" s="27"/>
+      <c r="AB35" s="27"/>
+      <c r="AC35" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD35" s="317"/>
+    </row>
+    <row r="36" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="26"/>
+      <c r="B36" s="27"/>
+      <c r="C36" s="27"/>
+      <c r="D36" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E36" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F36" s="315"/>
+      <c r="G36" s="315"/>
+      <c r="H36" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I36" s="324" t="s">
+        <v>22</v>
+      </c>
+      <c r="J36" s="324"/>
+      <c r="K36" s="324"/>
+      <c r="L36" s="324"/>
+      <c r="M36" s="324"/>
+      <c r="N36" s="47" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="O36" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P36" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q36" s="318" t="e">
+        <f>공연!#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="R36" s="318"/>
+      <c r="S36" s="318"/>
+      <c r="T36" s="318"/>
+      <c r="U36" s="318"/>
+      <c r="V36" s="30"/>
+      <c r="W36" s="31"/>
+      <c r="X36" s="31"/>
+      <c r="Y36" s="27"/>
+      <c r="Z36" s="27"/>
+      <c r="AA36" s="27"/>
+      <c r="AB36" s="27"/>
+      <c r="AC36" s="316" t="e">
+        <f t="shared" si="1"/>
+        <v>#REF!</v>
+      </c>
+      <c r="AD36" s="317"/>
+    </row>
+    <row r="37" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="26"/>
+      <c r="B37" s="27"/>
+      <c r="C37" s="27"/>
+      <c r="D37" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F37" s="315"/>
+      <c r="G37" s="315"/>
+      <c r="H37" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I37" s="324" t="s">
+        <v>92</v>
+      </c>
+      <c r="J37" s="324"/>
+      <c r="K37" s="324"/>
+      <c r="L37" s="324"/>
+      <c r="M37" s="324"/>
+      <c r="N37" s="47">
         <f>공연!M37</f>
         <v>0</v>
       </c>
-      <c r="O37" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q37" s="327">
+      <c r="O37" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P37" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q37" s="318">
         <f>공연!L37</f>
         <v>20000</v>
       </c>
-      <c r="R37" s="327"/>
-[...10 lines deleted...]
-      <c r="AC37" s="325">
+      <c r="R37" s="318"/>
+      <c r="S37" s="318"/>
+      <c r="T37" s="318"/>
+      <c r="U37" s="318"/>
+      <c r="V37" s="30"/>
+      <c r="W37" s="31"/>
+      <c r="X37" s="31"/>
+      <c r="Y37" s="27"/>
+      <c r="Z37" s="27"/>
+      <c r="AA37" s="27"/>
+      <c r="AB37" s="27"/>
+      <c r="AC37" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD37" s="326"/>
-[...34 lines deleted...]
-        <f>공연!L39</f>
+      <c r="AD37" s="317"/>
+    </row>
+    <row r="38" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="26"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E38" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F38" s="315"/>
+      <c r="G38" s="315"/>
+      <c r="H38" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I38" s="315" t="s">
+        <v>93</v>
+      </c>
+      <c r="J38" s="315"/>
+      <c r="K38" s="315"/>
+      <c r="L38" s="315"/>
+      <c r="M38" s="315"/>
+      <c r="N38" s="47">
+        <f>공연!M38</f>
+        <v>0</v>
+      </c>
+      <c r="O38" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P38" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q38" s="318">
+        <f>공연!L38</f>
         <v>30000</v>
       </c>
-      <c r="R38" s="327"/>
-[...10 lines deleted...]
-      <c r="AC38" s="325">
+      <c r="R38" s="318"/>
+      <c r="S38" s="318"/>
+      <c r="T38" s="318"/>
+      <c r="U38" s="318"/>
+      <c r="V38" s="30"/>
+      <c r="W38" s="31"/>
+      <c r="X38" s="31"/>
+      <c r="Y38" s="27"/>
+      <c r="Z38" s="27"/>
+      <c r="AA38" s="27"/>
+      <c r="AB38" s="27"/>
+      <c r="AC38" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD38" s="326"/>
-[...23 lines deleted...]
-      <c r="N39" s="50">
+      <c r="AD38" s="317"/>
+    </row>
+    <row r="39" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="26"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F39" s="315"/>
+      <c r="G39" s="315"/>
+      <c r="H39" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I39" s="315" t="s">
+        <v>94</v>
+      </c>
+      <c r="J39" s="315"/>
+      <c r="K39" s="315"/>
+      <c r="L39" s="315"/>
+      <c r="M39" s="315"/>
+      <c r="N39" s="47">
         <f>공연!M40</f>
         <v>0</v>
       </c>
-      <c r="O39" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q39" s="327">
+      <c r="O39" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P39" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q39" s="318">
         <f>공연!L40</f>
         <v>50000</v>
       </c>
-      <c r="R39" s="327"/>
-[...10 lines deleted...]
-      <c r="AC39" s="325">
+      <c r="R39" s="318"/>
+      <c r="S39" s="318"/>
+      <c r="T39" s="318"/>
+      <c r="U39" s="318"/>
+      <c r="V39" s="30"/>
+      <c r="W39" s="31"/>
+      <c r="X39" s="31"/>
+      <c r="Y39" s="27"/>
+      <c r="Z39" s="27"/>
+      <c r="AA39" s="27"/>
+      <c r="AB39" s="27"/>
+      <c r="AC39" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD39" s="326"/>
-[...23 lines deleted...]
-      <c r="N40" s="50">
+      <c r="AD39" s="317"/>
+    </row>
+    <row r="40" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="26"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F40" s="315"/>
+      <c r="G40" s="315"/>
+      <c r="H40" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I40" s="315" t="s">
+        <v>95</v>
+      </c>
+      <c r="J40" s="315"/>
+      <c r="K40" s="315"/>
+      <c r="L40" s="315"/>
+      <c r="M40" s="315"/>
+      <c r="N40" s="47">
         <f>공연!M43</f>
         <v>0</v>
       </c>
-      <c r="O40" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q40" s="327">
+      <c r="O40" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P40" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q40" s="318">
         <f>공연!L43</f>
         <v>30000</v>
       </c>
-      <c r="R40" s="327"/>
-[...10 lines deleted...]
-      <c r="AC40" s="325">
+      <c r="R40" s="318"/>
+      <c r="S40" s="318"/>
+      <c r="T40" s="318"/>
+      <c r="U40" s="318"/>
+      <c r="V40" s="30"/>
+      <c r="W40" s="31"/>
+      <c r="X40" s="31"/>
+      <c r="Y40" s="27"/>
+      <c r="Z40" s="27"/>
+      <c r="AA40" s="27"/>
+      <c r="AB40" s="27"/>
+      <c r="AC40" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD40" s="326"/>
-[...23 lines deleted...]
-      <c r="N41" s="50">
+      <c r="AD40" s="317"/>
+    </row>
+    <row r="41" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="26"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F41" s="315"/>
+      <c r="G41" s="315"/>
+      <c r="H41" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I41" s="315" t="s">
+        <v>26</v>
+      </c>
+      <c r="J41" s="315"/>
+      <c r="K41" s="315"/>
+      <c r="L41" s="315"/>
+      <c r="M41" s="315"/>
+      <c r="N41" s="47">
         <f>공연!M44</f>
         <v>0</v>
       </c>
-      <c r="O41" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q41" s="327">
+      <c r="O41" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P41" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q41" s="318">
         <f>공연!L44</f>
         <v>110000</v>
       </c>
-      <c r="R41" s="327"/>
-[...10 lines deleted...]
-      <c r="AC41" s="325">
+      <c r="R41" s="318"/>
+      <c r="S41" s="318"/>
+      <c r="T41" s="318"/>
+      <c r="U41" s="318"/>
+      <c r="V41" s="30"/>
+      <c r="W41" s="31"/>
+      <c r="X41" s="31"/>
+      <c r="Y41" s="27"/>
+      <c r="Z41" s="27"/>
+      <c r="AA41" s="27"/>
+      <c r="AB41" s="27"/>
+      <c r="AC41" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD41" s="326"/>
-[...23 lines deleted...]
-      <c r="N42" s="50">
+      <c r="AD41" s="317"/>
+    </row>
+    <row r="42" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="26"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F42" s="315"/>
+      <c r="G42" s="315"/>
+      <c r="H42" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I42" s="315" t="s">
+        <v>27</v>
+      </c>
+      <c r="J42" s="315"/>
+      <c r="K42" s="315"/>
+      <c r="L42" s="315"/>
+      <c r="M42" s="315"/>
+      <c r="N42" s="47">
         <f>공연!M45</f>
         <v>0</v>
       </c>
-      <c r="O42" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q42" s="327">
+      <c r="O42" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P42" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q42" s="318">
         <f>공연!L45</f>
         <v>130000</v>
       </c>
-      <c r="R42" s="327"/>
-[...10 lines deleted...]
-      <c r="AC42" s="325">
+      <c r="R42" s="318"/>
+      <c r="S42" s="318"/>
+      <c r="T42" s="318"/>
+      <c r="U42" s="318"/>
+      <c r="V42" s="30"/>
+      <c r="W42" s="31"/>
+      <c r="X42" s="29"/>
+      <c r="Y42" s="27"/>
+      <c r="Z42" s="27"/>
+      <c r="AA42" s="27"/>
+      <c r="AB42" s="27"/>
+      <c r="AC42" s="316">
         <f>N42*Q42</f>
         <v>0</v>
       </c>
-      <c r="AD42" s="326"/>
+      <c r="AD42" s="317"/>
     </row>
     <row r="43" spans="1:31" x14ac:dyDescent="0.3">
-      <c r="A43" s="12"/>
-[...29 lines deleted...]
-      <c r="AE43" s="41"/>
+      <c r="A43" s="11"/>
+      <c r="B43" s="13"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="13"/>
+      <c r="E43" s="13"/>
+      <c r="F43" s="13"/>
+      <c r="G43" s="13"/>
+      <c r="H43" s="13"/>
+      <c r="I43" s="13"/>
+      <c r="J43" s="13"/>
+      <c r="K43" s="13"/>
+      <c r="L43" s="13"/>
+      <c r="M43" s="13"/>
+      <c r="N43" s="13"/>
+      <c r="O43" s="13"/>
+      <c r="P43" s="13"/>
+      <c r="Q43" s="13"/>
+      <c r="R43" s="13"/>
+      <c r="S43" s="13"/>
+      <c r="T43" s="13"/>
+      <c r="U43" s="13"/>
+      <c r="V43" s="13"/>
+      <c r="W43" s="13"/>
+      <c r="X43" s="13"/>
+      <c r="Y43" s="13"/>
+      <c r="Z43" s="13"/>
+      <c r="AA43" s="13"/>
+      <c r="AB43" s="13"/>
+      <c r="AC43" s="13"/>
+      <c r="AD43" s="14"/>
+      <c r="AE43" s="40"/>
     </row>
     <row r="44" spans="1:31" x14ac:dyDescent="0.3">
-      <c r="A44" s="12"/>
-[...29 lines deleted...]
-      <c r="AA44" s="343">
+      <c r="A44" s="11"/>
+      <c r="B44" s="13"/>
+      <c r="C44" s="41" t="s">
+        <v>176</v>
+      </c>
+      <c r="D44" s="333" t="s">
+        <v>177</v>
+      </c>
+      <c r="E44" s="333"/>
+      <c r="F44" s="333"/>
+      <c r="G44" s="333"/>
+      <c r="H44" s="333"/>
+      <c r="I44" s="333"/>
+      <c r="J44" s="333"/>
+      <c r="K44" s="333"/>
+      <c r="L44" s="333"/>
+      <c r="M44" s="333"/>
+      <c r="N44" s="41"/>
+      <c r="O44" s="41"/>
+      <c r="P44" s="41"/>
+      <c r="Q44" s="41"/>
+      <c r="R44" s="41"/>
+      <c r="S44" s="41"/>
+      <c r="T44" s="41"/>
+      <c r="U44" s="41"/>
+      <c r="V44" s="41"/>
+      <c r="W44" s="41"/>
+      <c r="X44" s="41"/>
+      <c r="Y44" s="41"/>
+      <c r="Z44" s="41"/>
+      <c r="AA44" s="334" t="e">
         <f>AB9+AB26</f>
-        <v>165000</v>
-[...21 lines deleted...]
-      <c r="I45" s="346">
+        <v>#REF!</v>
+      </c>
+      <c r="AB44" s="334"/>
+      <c r="AC44" s="334"/>
+      <c r="AD44" s="335"/>
+      <c r="AE44" s="40"/>
+    </row>
+    <row r="45" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A45" s="26"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" s="336" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" s="336"/>
+      <c r="G45" s="336"/>
+      <c r="H45" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I45" s="337">
         <f>SUM(AC10:AD13)+SUM(AC27:AD28)</f>
         <v>165000</v>
       </c>
-      <c r="J45" s="346"/>
-[...28 lines deleted...]
-      <c r="E46" s="324" t="s">
+      <c r="J45" s="337"/>
+      <c r="K45" s="337"/>
+      <c r="L45" s="337"/>
+      <c r="M45" s="337"/>
+      <c r="N45" s="29"/>
+      <c r="O45" s="34"/>
+      <c r="P45" s="34"/>
+      <c r="Q45" s="34"/>
+      <c r="R45" s="34"/>
+      <c r="S45" s="34"/>
+      <c r="T45" s="34"/>
+      <c r="U45" s="34"/>
+      <c r="V45" s="27"/>
+      <c r="W45" s="27"/>
+      <c r="X45" s="27"/>
+      <c r="Y45" s="27"/>
+      <c r="Z45" s="27"/>
+      <c r="AA45" s="27"/>
+      <c r="AB45" s="27"/>
+      <c r="AC45" s="27"/>
+      <c r="AD45" s="42"/>
+    </row>
+    <row r="46" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A46" s="26"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F46" s="315"/>
+      <c r="G46" s="315"/>
+      <c r="H46" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="I46" s="337" t="e">
+        <f>SUM(AC14:AD25)+SUM(AC29:AD43)</f>
+        <v>#REF!</v>
+      </c>
+      <c r="J46" s="337"/>
+      <c r="K46" s="337"/>
+      <c r="L46" s="337"/>
+      <c r="M46" s="337"/>
+      <c r="N46" s="29"/>
+      <c r="O46" s="34"/>
+      <c r="P46" s="34"/>
+      <c r="Q46" s="34"/>
+      <c r="R46" s="34"/>
+      <c r="S46" s="34"/>
+      <c r="T46" s="34"/>
+      <c r="U46" s="34"/>
+      <c r="V46" s="27"/>
+      <c r="W46" s="27"/>
+      <c r="X46" s="27"/>
+      <c r="Y46" s="27"/>
+      <c r="Z46" s="27"/>
+      <c r="AA46" s="27"/>
+      <c r="AB46" s="27"/>
+      <c r="AC46" s="27"/>
+      <c r="AD46" s="42"/>
+    </row>
+    <row r="47" spans="1:31" x14ac:dyDescent="0.3">
+      <c r="A47" s="11"/>
+      <c r="B47" s="13"/>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="13"/>
+      <c r="F47" s="13"/>
+      <c r="G47" s="13"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="13"/>
+      <c r="K47" s="13"/>
+      <c r="L47" s="13"/>
+      <c r="M47" s="13"/>
+      <c r="N47" s="13"/>
+      <c r="O47" s="13"/>
+      <c r="P47" s="13"/>
+      <c r="Q47" s="13"/>
+      <c r="R47" s="13"/>
+      <c r="S47" s="13"/>
+      <c r="T47" s="13"/>
+      <c r="U47" s="13"/>
+      <c r="V47" s="13"/>
+      <c r="W47" s="13"/>
+      <c r="X47" s="13"/>
+      <c r="Y47" s="13"/>
+      <c r="Z47" s="13"/>
+      <c r="AA47" s="13"/>
+      <c r="AB47" s="13"/>
+      <c r="AC47" s="13"/>
+      <c r="AD47" s="14"/>
+    </row>
+    <row r="48" spans="1:31" x14ac:dyDescent="0.3">
+      <c r="A48" s="11"/>
+      <c r="B48" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="F46" s="324"/>
-[...100 lines deleted...]
-      <c r="AD48" s="15"/>
+      <c r="C48" s="325" t="s">
+        <v>79</v>
+      </c>
+      <c r="D48" s="325"/>
+      <c r="E48" s="325"/>
+      <c r="F48" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
+      <c r="L48" s="13"/>
+      <c r="M48" s="13"/>
+      <c r="N48" s="13"/>
+      <c r="O48" s="13"/>
+      <c r="P48" s="13"/>
+      <c r="Q48" s="13"/>
+      <c r="R48" s="13"/>
+      <c r="S48" s="13"/>
+      <c r="T48" s="13"/>
+      <c r="U48" s="13"/>
+      <c r="V48" s="13"/>
+      <c r="W48" s="13"/>
+      <c r="X48" s="13"/>
+      <c r="Y48" s="13"/>
+      <c r="Z48" s="13"/>
+      <c r="AA48" s="13"/>
+      <c r="AB48" s="13"/>
+      <c r="AC48" s="13"/>
+      <c r="AD48" s="14"/>
     </row>
     <row r="49" spans="1:30" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="12"/>
-[...28 lines deleted...]
-      <c r="AD49" s="15"/>
+      <c r="A49" s="11"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="326"/>
+      <c r="H49" s="326"/>
+      <c r="I49" s="326"/>
+      <c r="J49" s="326"/>
+      <c r="K49" s="326"/>
+      <c r="L49" s="326"/>
+      <c r="M49" s="326"/>
+      <c r="N49" s="326"/>
+      <c r="O49" s="326"/>
+      <c r="P49" s="326"/>
+      <c r="Q49" s="326"/>
+      <c r="R49" s="326"/>
+      <c r="S49" s="326"/>
+      <c r="T49" s="326"/>
+      <c r="U49" s="326"/>
+      <c r="V49" s="326"/>
+      <c r="W49" s="326"/>
+      <c r="X49" s="326"/>
+      <c r="Y49" s="326"/>
+      <c r="Z49" s="326"/>
+      <c r="AA49" s="326"/>
+      <c r="AB49" s="326"/>
+      <c r="AC49" s="43"/>
+      <c r="AD49" s="14"/>
     </row>
     <row r="50" spans="1:30" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="12"/>
-[...28 lines deleted...]
-      <c r="AD50" s="15"/>
+      <c r="A50" s="11"/>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="43"/>
+      <c r="H50" s="43"/>
+      <c r="I50" s="43"/>
+      <c r="J50" s="43"/>
+      <c r="K50" s="43"/>
+      <c r="L50" s="43"/>
+      <c r="M50" s="43"/>
+      <c r="N50" s="43"/>
+      <c r="O50" s="43"/>
+      <c r="P50" s="43"/>
+      <c r="Q50" s="43"/>
+      <c r="R50" s="43"/>
+      <c r="S50" s="43"/>
+      <c r="T50" s="43"/>
+      <c r="U50" s="43"/>
+      <c r="V50" s="43"/>
+      <c r="W50" s="43"/>
+      <c r="X50" s="43"/>
+      <c r="Y50" s="43"/>
+      <c r="Z50" s="43"/>
+      <c r="AA50" s="43"/>
+      <c r="AB50" s="43"/>
+      <c r="AC50" s="43"/>
+      <c r="AD50" s="14"/>
     </row>
     <row r="51" spans="1:30" ht="69" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="12"/>
-[...30 lines deleted...]
-      <c r="AD51" s="15"/>
+      <c r="A51" s="11"/>
+      <c r="B51" s="327" t="s">
+        <v>82</v>
+      </c>
+      <c r="C51" s="328"/>
+      <c r="D51" s="328"/>
+      <c r="E51" s="328"/>
+      <c r="F51" s="328"/>
+      <c r="G51" s="328"/>
+      <c r="H51" s="328"/>
+      <c r="I51" s="328"/>
+      <c r="J51" s="328"/>
+      <c r="K51" s="328"/>
+      <c r="L51" s="328"/>
+      <c r="M51" s="328"/>
+      <c r="N51" s="328"/>
+      <c r="O51" s="328"/>
+      <c r="P51" s="328"/>
+      <c r="Q51" s="328"/>
+      <c r="R51" s="328"/>
+      <c r="S51" s="328"/>
+      <c r="T51" s="328"/>
+      <c r="U51" s="328"/>
+      <c r="V51" s="328"/>
+      <c r="W51" s="328"/>
+      <c r="X51" s="328"/>
+      <c r="Y51" s="328"/>
+      <c r="Z51" s="328"/>
+      <c r="AA51" s="328"/>
+      <c r="AB51" s="328"/>
+      <c r="AC51" s="329"/>
+      <c r="AD51" s="14"/>
     </row>
     <row r="52" spans="1:30" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="45"/>
-[...28 lines deleted...]
-      <c r="AD52" s="47"/>
+      <c r="A52" s="44"/>
+      <c r="B52" s="45"/>
+      <c r="C52" s="45"/>
+      <c r="D52" s="45"/>
+      <c r="E52" s="45"/>
+      <c r="F52" s="45"/>
+      <c r="G52" s="45"/>
+      <c r="H52" s="45"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="45"/>
+      <c r="K52" s="45"/>
+      <c r="L52" s="45"/>
+      <c r="M52" s="45"/>
+      <c r="N52" s="45"/>
+      <c r="O52" s="45"/>
+      <c r="P52" s="45"/>
+      <c r="Q52" s="45"/>
+      <c r="R52" s="45"/>
+      <c r="S52" s="45"/>
+      <c r="T52" s="45"/>
+      <c r="U52" s="45"/>
+      <c r="V52" s="45"/>
+      <c r="W52" s="45"/>
+      <c r="X52" s="45"/>
+      <c r="Y52" s="45"/>
+      <c r="Z52" s="45"/>
+      <c r="AA52" s="45"/>
+      <c r="AB52" s="45"/>
+      <c r="AC52" s="45"/>
+      <c r="AD52" s="46"/>
     </row>
     <row r="53" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="54" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="55" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="56" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="136">
     <mergeCell ref="A1:AD1"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="D9:G9"/>
     <mergeCell ref="AB9:AD9"/>
     <mergeCell ref="Q20:U20"/>
     <mergeCell ref="E32:G32"/>
     <mergeCell ref="I32:M32"/>
     <mergeCell ref="AC32:AD32"/>
     <mergeCell ref="AC20:AD20"/>
     <mergeCell ref="E14:G14"/>
     <mergeCell ref="I14:M14"/>
     <mergeCell ref="Q14:U14"/>
     <mergeCell ref="W14:X14"/>
     <mergeCell ref="AC14:AD14"/>
     <mergeCell ref="I19:M19"/>
@@ -9560,4182 +8987,4138 @@
     <mergeCell ref="AC33:AD33"/>
     <mergeCell ref="Q33:U33"/>
     <mergeCell ref="I33:M33"/>
     <mergeCell ref="AC30:AD30"/>
     <mergeCell ref="I30:M30"/>
     <mergeCell ref="E30:G30"/>
     <mergeCell ref="AC22:AD22"/>
     <mergeCell ref="AC23:AD23"/>
     <mergeCell ref="AC24:AD24"/>
     <mergeCell ref="E20:G20"/>
     <mergeCell ref="E17:G17"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="E18:G18"/>
     <mergeCell ref="E19:G19"/>
     <mergeCell ref="D26:G26"/>
     <mergeCell ref="E27:G27"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:V50"/>
+  <dimension ref="A1:V49"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="90" workbookViewId="0">
+    <sheetView view="pageLayout" topLeftCell="A4" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="P15" sqref="P15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.375" style="1" customWidth="1"/>
     <col min="3" max="5" width="1.75" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.875" style="1" customWidth="1"/>
     <col min="9" max="9" width="3.75" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.625" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.625" style="1" customWidth="1"/>
     <col min="12" max="12" width="9.375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="4.875" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="4.875" style="1" customWidth="1"/>
     <col min="17" max="17" width="5.625" style="1" customWidth="1"/>
     <col min="18" max="18" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="4.625" style="1" customWidth="1"/>
     <col min="20" max="20" width="22.625" style="1" customWidth="1"/>
     <col min="21" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="302" t="s">
-[...24 lines deleted...]
-      <c r="A3" s="8" t="s">
+      <c r="A1" s="290" t="s">
+        <v>172</v>
+      </c>
+      <c r="B1" s="290"/>
+      <c r="C1" s="290"/>
+      <c r="D1" s="290"/>
+      <c r="E1" s="290"/>
+      <c r="F1" s="290"/>
+      <c r="G1" s="290"/>
+      <c r="H1" s="290"/>
+      <c r="I1" s="290"/>
+      <c r="J1" s="290"/>
+      <c r="K1" s="290"/>
+      <c r="L1" s="290"/>
+      <c r="M1" s="290"/>
+      <c r="N1" s="290"/>
+      <c r="O1" s="290"/>
+      <c r="P1" s="290"/>
+      <c r="Q1" s="290"/>
+      <c r="R1" s="290"/>
+      <c r="S1" s="290"/>
+      <c r="T1" s="290"/>
+    </row>
+    <row r="2" spans="1:20" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="158" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" s="342" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" s="342"/>
+      <c r="D2" s="342"/>
+      <c r="E2" s="159" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" s="343"/>
+      <c r="G2" s="343"/>
+      <c r="H2" s="343"/>
+      <c r="I2" s="343"/>
+      <c r="J2" s="343"/>
+      <c r="K2" s="343"/>
+      <c r="L2" s="343"/>
+      <c r="M2" s="343"/>
+      <c r="N2" s="343"/>
+      <c r="O2" s="343"/>
+      <c r="P2" s="343"/>
+      <c r="Q2" s="343"/>
+      <c r="R2" s="343"/>
+      <c r="S2" s="343"/>
+      <c r="T2" s="343"/>
+    </row>
+    <row r="3" spans="1:20" s="8" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" s="342" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" s="342"/>
+      <c r="D3" s="342"/>
+      <c r="E3" s="159" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" s="343"/>
+      <c r="G3" s="343"/>
+      <c r="H3" s="343"/>
+      <c r="I3" s="343"/>
+      <c r="J3" s="343"/>
+      <c r="K3" s="343"/>
+      <c r="L3" s="343"/>
+      <c r="M3" s="343"/>
+      <c r="N3" s="343"/>
+      <c r="O3" s="343"/>
+      <c r="P3" s="343"/>
+      <c r="Q3" s="343"/>
+      <c r="R3" s="343"/>
+      <c r="S3" s="343"/>
+      <c r="T3" s="343"/>
+    </row>
+    <row r="4" spans="1:20" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="342" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" s="342"/>
+      <c r="D4" s="342"/>
+      <c r="E4" s="159" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" s="343"/>
+      <c r="G4" s="343"/>
+      <c r="H4" s="343"/>
+      <c r="I4" s="343"/>
+      <c r="J4" s="343"/>
+      <c r="K4" s="343"/>
+      <c r="L4" s="343"/>
+      <c r="M4" s="343"/>
+      <c r="N4" s="343"/>
+      <c r="O4" s="343"/>
+      <c r="P4" s="343"/>
+      <c r="Q4" s="343"/>
+      <c r="R4" s="343"/>
+      <c r="S4" s="343"/>
+      <c r="T4" s="343"/>
+    </row>
+    <row r="5" spans="1:20" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="158"/>
+      <c r="B5" s="159"/>
+      <c r="C5" s="155"/>
+      <c r="D5" s="155"/>
+      <c r="E5" s="293" t="s">
+        <v>102</v>
+      </c>
+      <c r="F5" s="293"/>
+      <c r="G5" s="293"/>
+      <c r="H5" s="293"/>
+      <c r="I5" s="162"/>
+      <c r="J5" s="163"/>
+      <c r="K5" s="156" t="s">
+        <v>84</v>
+      </c>
+      <c r="L5" s="156"/>
+      <c r="M5" s="161"/>
+      <c r="N5" s="161"/>
+      <c r="O5" s="161"/>
+      <c r="P5" s="161"/>
+      <c r="Q5" s="161"/>
+      <c r="R5" s="161"/>
+      <c r="S5" s="161"/>
+      <c r="T5" s="161"/>
+    </row>
+    <row r="6" spans="1:20" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="342" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" s="342"/>
+      <c r="D6" s="342"/>
+      <c r="E6" s="159" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" s="344" t="str">
+        <f>TEXT(J19+J45, "###,###")&amp;" 원"</f>
+        <v xml:space="preserve"> 원</v>
+      </c>
+      <c r="G6" s="344"/>
+      <c r="H6" s="344"/>
+      <c r="I6" s="344"/>
+      <c r="J6" s="344"/>
+      <c r="K6" s="344"/>
+      <c r="L6" s="344"/>
+      <c r="M6" s="344"/>
+      <c r="N6" s="344"/>
+      <c r="O6" s="344"/>
+      <c r="P6" s="344"/>
+      <c r="Q6" s="344"/>
+      <c r="R6" s="344"/>
+      <c r="S6" s="344"/>
+      <c r="T6" s="344"/>
+    </row>
+    <row r="7" spans="1:20" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="342" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" s="342"/>
+      <c r="D7" s="342"/>
+      <c r="E7" s="159"/>
+      <c r="F7" s="159"/>
+      <c r="G7" s="159"/>
+      <c r="H7" s="159"/>
+      <c r="I7" s="344"/>
+      <c r="J7" s="344"/>
+      <c r="K7" s="344"/>
+      <c r="L7" s="344"/>
+      <c r="M7" s="344"/>
+      <c r="N7" s="344"/>
+      <c r="O7" s="344"/>
+      <c r="P7" s="344"/>
+      <c r="Q7" s="344"/>
+      <c r="R7" s="344"/>
+      <c r="S7" s="344"/>
+      <c r="T7" s="344"/>
+    </row>
+    <row r="8" spans="1:20" s="3" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="268" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" s="269"/>
+      <c r="C8" s="269"/>
+      <c r="D8" s="269"/>
+      <c r="E8" s="269"/>
+      <c r="F8" s="269"/>
+      <c r="G8" s="269"/>
+      <c r="H8" s="269"/>
+      <c r="I8" s="269"/>
+    </row>
+    <row r="9" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="303" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="260"/>
+      <c r="C9" s="260"/>
+      <c r="D9" s="304"/>
+      <c r="E9" s="304"/>
+      <c r="F9" s="304"/>
+      <c r="G9" s="304"/>
+      <c r="H9" s="304"/>
+      <c r="I9" s="304"/>
+      <c r="J9" s="307" t="s">
+        <v>13</v>
+      </c>
+      <c r="K9" s="201" t="s">
+        <v>15</v>
+      </c>
+      <c r="L9" s="202"/>
+      <c r="M9" s="203"/>
+      <c r="N9" s="204" t="s">
+        <v>44</v>
+      </c>
+      <c r="O9" s="202"/>
+      <c r="P9" s="205"/>
+      <c r="Q9" s="206" t="s">
         <v>43</v>
       </c>
-      <c r="B3" s="303" t="s">
-[...24 lines deleted...]
-      <c r="A4" s="8" t="s">
+      <c r="R9" s="202"/>
+      <c r="S9" s="203"/>
+      <c r="T9" s="166" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="303" t="s">
-[...134 lines deleted...]
-      <c r="A9" s="276" t="s">
+    </row>
+    <row r="10" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="305"/>
+      <c r="B10" s="263"/>
+      <c r="C10" s="263"/>
+      <c r="D10" s="306"/>
+      <c r="E10" s="306"/>
+      <c r="F10" s="306"/>
+      <c r="G10" s="306"/>
+      <c r="H10" s="306"/>
+      <c r="I10" s="306"/>
+      <c r="J10" s="308"/>
+      <c r="K10" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="L10" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="M10" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="N10" s="53" t="s">
+        <v>4</v>
+      </c>
+      <c r="O10" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="P10" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q10" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="R10" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="S10" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="T10" s="167"/>
+    </row>
+    <row r="11" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="207" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="208"/>
+      <c r="C11" s="212" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="277"/>
-[...61 lines deleted...]
-      </c>
+      <c r="D11" s="213"/>
+      <c r="E11" s="213"/>
+      <c r="F11" s="213"/>
+      <c r="G11" s="213"/>
+      <c r="H11" s="213"/>
+      <c r="I11" s="214"/>
+      <c r="J11" s="55">
+        <f t="shared" ref="J11:J18" si="0">L11*M11+O11*P11+R11*S11</f>
+        <v>0</v>
+      </c>
+      <c r="K11" s="56" t="s">
+        <v>1</v>
+      </c>
+      <c r="L11" s="115">
+        <v>60000</v>
+      </c>
+      <c r="M11" s="57"/>
       <c r="N11" s="58" t="s">
-        <v>4</v>
-[...36 lines deleted...]
-      <c r="K12" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="L12" s="63">
-[...3 lines deleted...]
-      <c r="N12" s="65" t="s">
+      <c r="O11" s="115">
+        <f t="shared" ref="O11:O17" si="1">L11*0.5</f>
+        <v>30000</v>
+      </c>
+      <c r="P11" s="59"/>
+      <c r="Q11" s="56" t="s">
         <v>1</v>
       </c>
-      <c r="O12" s="63">
-[...8 lines deleted...]
-        <f t="shared" ref="R12:R17" si="2">L12*0.3</f>
+      <c r="R11" s="115">
+        <f t="shared" ref="R11:R17" si="2">L11*0.3</f>
         <v>18000</v>
       </c>
-      <c r="S12" s="64"/>
-[...14 lines deleted...]
-      <c r="J13" s="68">
+      <c r="S11" s="57"/>
+      <c r="T11" s="168" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="12" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="191"/>
+      <c r="B12" s="209"/>
+      <c r="C12" s="215" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="216"/>
+      <c r="E12" s="216"/>
+      <c r="F12" s="216"/>
+      <c r="G12" s="216"/>
+      <c r="H12" s="216"/>
+      <c r="I12" s="217"/>
+      <c r="J12" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K13" s="69" t="s">
+      <c r="K12" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="L13" s="70">
+      <c r="L12" s="116">
         <v>80000</v>
       </c>
-      <c r="M13" s="71"/>
-      <c r="N13" s="72" t="s">
+      <c r="M12" s="62"/>
+      <c r="N12" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="O13" s="70">
+      <c r="O12" s="116">
         <f t="shared" si="1"/>
         <v>40000</v>
       </c>
-      <c r="P13" s="73"/>
-      <c r="Q13" s="69" t="s">
+      <c r="P12" s="64"/>
+      <c r="Q12" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="R13" s="70">
+      <c r="R12" s="116">
         <f t="shared" si="2"/>
         <v>24000</v>
       </c>
-      <c r="S13" s="71"/>
-[...14 lines deleted...]
-      <c r="J14" s="75">
+      <c r="S12" s="62"/>
+      <c r="T12" s="169"/>
+    </row>
+    <row r="13" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="191"/>
+      <c r="B13" s="209"/>
+      <c r="C13" s="171" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="172"/>
+      <c r="E13" s="172"/>
+      <c r="F13" s="172"/>
+      <c r="G13" s="172"/>
+      <c r="H13" s="172"/>
+      <c r="I13" s="173"/>
+      <c r="J13" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K14" s="76" t="s">
+      <c r="K13" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="L14" s="77">
+      <c r="L13" s="139">
         <v>100000</v>
       </c>
-      <c r="M14" s="78"/>
-      <c r="N14" s="79" t="s">
+      <c r="M13" s="151"/>
+      <c r="N13" s="141" t="s">
         <v>3</v>
       </c>
-      <c r="O14" s="77">
+      <c r="O13" s="139">
         <f t="shared" si="1"/>
         <v>50000</v>
       </c>
-      <c r="P14" s="80"/>
-      <c r="Q14" s="76" t="s">
+      <c r="P13" s="152"/>
+      <c r="Q13" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="R14" s="77">
+      <c r="R13" s="139">
         <f t="shared" si="2"/>
         <v>30000</v>
       </c>
-      <c r="S14" s="78"/>
-      <c r="T14" s="81"/>
+      <c r="S13" s="151"/>
+      <c r="T13" s="169"/>
+    </row>
+    <row r="14" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="193"/>
+      <c r="B14" s="210"/>
+      <c r="C14" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="D14" s="219"/>
+      <c r="E14" s="219"/>
+      <c r="F14" s="219"/>
+      <c r="G14" s="219"/>
+      <c r="H14" s="219"/>
+      <c r="I14" s="194"/>
+      <c r="J14" s="148">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K14" s="174"/>
+      <c r="L14" s="175"/>
+      <c r="M14" s="176"/>
+      <c r="N14" s="153" t="s">
+        <v>182</v>
+      </c>
+      <c r="O14" s="139">
+        <v>50000</v>
+      </c>
+      <c r="P14" s="164"/>
+      <c r="Q14" s="174"/>
+      <c r="R14" s="175"/>
+      <c r="S14" s="176"/>
+      <c r="T14" s="169"/>
     </row>
     <row r="15" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="203" t="s">
+      <c r="A15" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="204"/>
-[...9 lines deleted...]
-      <c r="J15" s="82">
+      <c r="B15" s="211"/>
+      <c r="C15" s="220" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="221"/>
+      <c r="E15" s="221"/>
+      <c r="F15" s="221"/>
+      <c r="G15" s="221"/>
+      <c r="H15" s="221"/>
+      <c r="I15" s="222"/>
+      <c r="J15" s="65">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K15" s="137" t="s">
+      <c r="K15" s="132" t="s">
         <v>1</v>
       </c>
-      <c r="L15" s="84">
-        <f>L12*1.2</f>
+      <c r="L15" s="118">
+        <f>L11*1.2</f>
         <v>72000</v>
       </c>
-      <c r="M15" s="85"/>
-      <c r="N15" s="86" t="s">
+      <c r="M15" s="67"/>
+      <c r="N15" s="68" t="s">
         <v>1</v>
       </c>
-      <c r="O15" s="84">
+      <c r="O15" s="118">
         <f t="shared" si="1"/>
         <v>36000</v>
       </c>
-      <c r="P15" s="87"/>
-      <c r="Q15" s="137" t="s">
+      <c r="P15" s="69"/>
+      <c r="Q15" s="132" t="s">
         <v>1</v>
       </c>
-      <c r="R15" s="84">
+      <c r="R15" s="118">
         <f t="shared" si="2"/>
         <v>21600</v>
       </c>
-      <c r="S15" s="85"/>
-      <c r="T15" s="88"/>
+      <c r="S15" s="67"/>
+      <c r="T15" s="169"/>
     </row>
     <row r="16" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="199"/>
-[...10 lines deleted...]
-      <c r="J16" s="68">
+      <c r="A16" s="191"/>
+      <c r="B16" s="209"/>
+      <c r="C16" s="215" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="216"/>
+      <c r="E16" s="216"/>
+      <c r="F16" s="216"/>
+      <c r="G16" s="216"/>
+      <c r="H16" s="216"/>
+      <c r="I16" s="217"/>
+      <c r="J16" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K16" s="69" t="s">
+      <c r="K16" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="L16" s="70">
-        <f>L13*1.2</f>
+      <c r="L16" s="116">
+        <f>L12*1.2</f>
         <v>96000</v>
       </c>
-      <c r="M16" s="71"/>
-      <c r="N16" s="72" t="s">
+      <c r="M16" s="62"/>
+      <c r="N16" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="O16" s="70">
+      <c r="O16" s="116">
         <f t="shared" si="1"/>
         <v>48000</v>
       </c>
-      <c r="P16" s="73"/>
-      <c r="Q16" s="69" t="s">
+      <c r="P16" s="64"/>
+      <c r="Q16" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="R16" s="70">
+      <c r="R16" s="116">
         <f t="shared" si="2"/>
         <v>28800</v>
       </c>
-      <c r="S16" s="71"/>
-      <c r="T16" s="74"/>
+      <c r="S16" s="62"/>
+      <c r="T16" s="169"/>
     </row>
     <row r="17" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="201"/>
-[...10 lines deleted...]
-      <c r="J17" s="75">
+      <c r="A17" s="191"/>
+      <c r="B17" s="209"/>
+      <c r="C17" s="171" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="172"/>
+      <c r="E17" s="172"/>
+      <c r="F17" s="172"/>
+      <c r="G17" s="172"/>
+      <c r="H17" s="172"/>
+      <c r="I17" s="173"/>
+      <c r="J17" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K17" s="76" t="s">
+      <c r="K17" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="L17" s="77">
-        <f>L14*1.2</f>
+      <c r="L17" s="139">
+        <f>L13*1.2</f>
         <v>120000</v>
       </c>
-      <c r="M17" s="78"/>
-      <c r="N17" s="79" t="s">
+      <c r="M17" s="151"/>
+      <c r="N17" s="141" t="s">
         <v>3</v>
       </c>
-      <c r="O17" s="77">
+      <c r="O17" s="139">
         <f t="shared" si="1"/>
         <v>60000</v>
       </c>
-      <c r="P17" s="80"/>
-      <c r="Q17" s="76" t="s">
+      <c r="P17" s="152"/>
+      <c r="Q17" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="R17" s="77">
+      <c r="R17" s="139">
         <f t="shared" si="2"/>
         <v>36000</v>
       </c>
-      <c r="S17" s="78"/>
-      <c r="T17" s="81"/>
+      <c r="S17" s="151"/>
+      <c r="T17" s="169"/>
       <c r="V17" s="2"/>
     </row>
-    <row r="18" spans="1:22" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="274" t="s">
+    <row r="18" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="193"/>
+      <c r="B18" s="210"/>
+      <c r="C18" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="D18" s="219"/>
+      <c r="E18" s="219"/>
+      <c r="F18" s="219"/>
+      <c r="G18" s="219"/>
+      <c r="H18" s="219"/>
+      <c r="I18" s="194"/>
+      <c r="J18" s="148">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K18" s="174"/>
+      <c r="L18" s="175"/>
+      <c r="M18" s="176"/>
+      <c r="N18" s="153" t="s">
+        <v>182</v>
+      </c>
+      <c r="O18" s="139">
+        <v>60000</v>
+      </c>
+      <c r="P18" s="164"/>
+      <c r="Q18" s="174"/>
+      <c r="R18" s="175"/>
+      <c r="S18" s="176"/>
+      <c r="T18" s="170"/>
+      <c r="V18" s="2"/>
+    </row>
+    <row r="19" spans="1:22" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="266" t="s">
         <v>8</v>
       </c>
-      <c r="B18" s="275"/>
-[...58 lines deleted...]
-      <c r="A21" s="315" t="s">
+      <c r="B19" s="267"/>
+      <c r="C19" s="267"/>
+      <c r="D19" s="267"/>
+      <c r="E19" s="267"/>
+      <c r="F19" s="267"/>
+      <c r="G19" s="267"/>
+      <c r="H19" s="267"/>
+      <c r="I19" s="267"/>
+      <c r="J19" s="4">
+        <f>SUM(J11:J18)</f>
+        <v>0</v>
+      </c>
+      <c r="K19" s="295"/>
+      <c r="L19" s="295"/>
+      <c r="M19" s="295"/>
+      <c r="N19" s="295"/>
+      <c r="O19" s="295"/>
+      <c r="P19" s="295"/>
+      <c r="Q19" s="295"/>
+      <c r="R19" s="295"/>
+      <c r="S19" s="295"/>
+      <c r="T19" s="296"/>
+    </row>
+    <row r="20" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="5"/>
+      <c r="B20" s="5"/>
+      <c r="C20" s="5"/>
+      <c r="D20" s="5"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="5"/>
+      <c r="G20" s="5"/>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="157"/>
+      <c r="L20" s="157"/>
+      <c r="M20" s="157"/>
+      <c r="N20" s="157"/>
+      <c r="O20" s="157"/>
+      <c r="P20" s="157"/>
+      <c r="Q20" s="157"/>
+      <c r="R20" s="157"/>
+      <c r="S20" s="157"/>
+      <c r="T20" s="157"/>
+    </row>
+    <row r="21" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="269"/>
+      <c r="C21" s="269"/>
+      <c r="D21" s="269"/>
+      <c r="E21" s="269"/>
+      <c r="F21" s="269"/>
+      <c r="G21" s="269"/>
+      <c r="H21" s="269"/>
+      <c r="I21" s="269"/>
+    </row>
+    <row r="22" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="303" t="s">
         <v>4</v>
       </c>
-      <c r="B21" s="266"/>
-[...7 lines deleted...]
-      <c r="J21" s="319" t="s">
+      <c r="B22" s="260"/>
+      <c r="C22" s="260"/>
+      <c r="D22" s="304"/>
+      <c r="E22" s="304"/>
+      <c r="F22" s="304"/>
+      <c r="G22" s="304"/>
+      <c r="H22" s="304"/>
+      <c r="I22" s="304"/>
+      <c r="J22" s="307" t="s">
         <v>13</v>
       </c>
-      <c r="K21" s="191" t="s">
-[...4 lines deleted...]
-      <c r="N21" s="271" t="s">
+      <c r="K22" s="201" t="s">
+        <v>188</v>
+      </c>
+      <c r="L22" s="202"/>
+      <c r="M22" s="203"/>
+      <c r="N22" s="265" t="s">
         <v>16</v>
       </c>
-      <c r="O21" s="192"/>
-[...19 lines deleted...]
-      <c r="K22" s="55" t="s">
+      <c r="O22" s="202"/>
+      <c r="P22" s="203"/>
+      <c r="Q22" s="259" t="s">
+        <v>42</v>
+      </c>
+      <c r="R22" s="260"/>
+      <c r="S22" s="260"/>
+      <c r="T22" s="261"/>
+    </row>
+    <row r="23" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="305"/>
+      <c r="B23" s="263"/>
+      <c r="C23" s="263"/>
+      <c r="D23" s="306"/>
+      <c r="E23" s="306"/>
+      <c r="F23" s="306"/>
+      <c r="G23" s="306"/>
+      <c r="H23" s="306"/>
+      <c r="I23" s="306"/>
+      <c r="J23" s="308"/>
+      <c r="K23" s="50" t="s">
         <v>4</v>
       </c>
-      <c r="L22" s="56" t="s">
+      <c r="L23" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="M22" s="57" t="s">
+      <c r="M23" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="N22" s="58" t="s">
+      <c r="N23" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="O22" s="56" t="s">
+      <c r="O23" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="P22" s="59" t="s">
+      <c r="P23" s="54" t="s">
         <v>6</v>
       </c>
-      <c r="Q22" s="268"/>
-[...5 lines deleted...]
-      <c r="A23" s="278" t="s">
+      <c r="Q23" s="262"/>
+      <c r="R23" s="263"/>
+      <c r="S23" s="263"/>
+      <c r="T23" s="264"/>
+    </row>
+    <row r="24" spans="1:22" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="270" t="s">
         <v>10</v>
       </c>
-      <c r="B23" s="279"/>
-      <c r="C23" s="291" t="s">
+      <c r="B24" s="271"/>
+      <c r="C24" s="274" t="s">
         <v>11</v>
       </c>
-      <c r="D23" s="292"/>
-[...9 lines deleted...]
-      <c r="K23" s="132" t="s">
+      <c r="D24" s="275"/>
+      <c r="E24" s="275"/>
+      <c r="F24" s="275"/>
+      <c r="G24" s="275"/>
+      <c r="H24" s="275"/>
+      <c r="I24" s="276"/>
+      <c r="J24" s="70">
+        <f>L24*M24+O24*P24</f>
+        <v>0</v>
+      </c>
+      <c r="K24" s="129" t="s">
         <v>14</v>
       </c>
-      <c r="L23" s="84">
+      <c r="L24" s="118">
         <v>80000</v>
       </c>
-      <c r="M23" s="91"/>
-      <c r="N23" s="86" t="s">
+      <c r="M24" s="72"/>
+      <c r="N24" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="O23" s="84">
-        <f>L23*0.5</f>
+      <c r="O24" s="118">
+        <f>L24*0.5</f>
         <v>40000</v>
       </c>
-      <c r="P23" s="92"/>
-[...10 lines deleted...]
-      <c r="C24" s="223" t="s">
+      <c r="P24" s="73"/>
+      <c r="Q24" s="244" t="s">
+        <v>184</v>
+      </c>
+      <c r="R24" s="245"/>
+      <c r="S24" s="245"/>
+      <c r="T24" s="246"/>
+    </row>
+    <row r="25" spans="1:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="272"/>
+      <c r="B25" s="273"/>
+      <c r="C25" s="232" t="s">
         <v>12</v>
       </c>
-      <c r="D24" s="294"/>
-[...9 lines deleted...]
-      <c r="K24" s="133" t="s">
+      <c r="D25" s="277"/>
+      <c r="E25" s="277"/>
+      <c r="F25" s="277"/>
+      <c r="G25" s="277"/>
+      <c r="H25" s="277"/>
+      <c r="I25" s="278"/>
+      <c r="J25" s="74">
+        <f t="shared" ref="J25:J36" si="3">L25*M25+O25*P25</f>
+        <v>0</v>
+      </c>
+      <c r="K25" s="130" t="s">
         <v>14</v>
       </c>
-      <c r="L24" s="95">
+      <c r="L25" s="119">
         <v>30000</v>
       </c>
-      <c r="M24" s="96"/>
-      <c r="N24" s="97" t="s">
+      <c r="M25" s="76"/>
+      <c r="N25" s="77" t="s">
         <v>14</v>
       </c>
-      <c r="O24" s="95">
-        <f t="shared" ref="O24:O38" si="4">L24*0.5</f>
+      <c r="O25" s="119">
+        <f t="shared" ref="O25:O37" si="4">L25*0.5</f>
         <v>15000</v>
       </c>
-      <c r="P24" s="98"/>
-[...10 lines deleted...]
-      <c r="C25" s="296" t="s">
+      <c r="P25" s="78"/>
+      <c r="Q25" s="247"/>
+      <c r="R25" s="248"/>
+      <c r="S25" s="248"/>
+      <c r="T25" s="249"/>
+    </row>
+    <row r="26" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26" s="190"/>
+      <c r="C26" s="279" t="s">
         <v>17</v>
       </c>
-      <c r="D25" s="215"/>
-[...5 lines deleted...]
-      <c r="J25" s="99">
+      <c r="D26" s="221"/>
+      <c r="E26" s="221"/>
+      <c r="F26" s="221"/>
+      <c r="G26" s="221"/>
+      <c r="H26" s="221"/>
+      <c r="I26" s="280"/>
+      <c r="J26" s="79">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K25" s="136" t="s">
+      <c r="K26" s="131" t="s">
         <v>14</v>
       </c>
-      <c r="L25" s="101">
+      <c r="L26" s="120">
         <v>40000</v>
       </c>
-      <c r="M25" s="102"/>
-      <c r="N25" s="103" t="s">
+      <c r="M26" s="81"/>
+      <c r="N26" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="O25" s="101">
+      <c r="O26" s="120">
         <f t="shared" si="4"/>
         <v>20000</v>
       </c>
-      <c r="P25" s="104"/>
-[...19 lines deleted...]
-      <c r="J26" s="105">
+      <c r="P26" s="83"/>
+      <c r="Q26" s="250" t="s">
+        <v>185</v>
+      </c>
+      <c r="R26" s="251"/>
+      <c r="S26" s="251"/>
+      <c r="T26" s="252"/>
+    </row>
+    <row r="27" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="191"/>
+      <c r="B27" s="192"/>
+      <c r="C27" s="229" t="s">
+        <v>178</v>
+      </c>
+      <c r="D27" s="216"/>
+      <c r="E27" s="216"/>
+      <c r="F27" s="216"/>
+      <c r="G27" s="216"/>
+      <c r="H27" s="216"/>
+      <c r="I27" s="281"/>
+      <c r="J27" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K26" s="130" t="s">
+      <c r="K27" s="127" t="s">
         <v>14</v>
       </c>
-      <c r="L26" s="70">
+      <c r="L27" s="116">
         <v>30000</v>
       </c>
-      <c r="M26" s="107"/>
-      <c r="N26" s="72" t="s">
+      <c r="M27" s="86"/>
+      <c r="N27" s="63" t="s">
         <v>14</v>
       </c>
-      <c r="O26" s="70">
+      <c r="O27" s="116">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P26" s="108"/>
-[...17 lines deleted...]
-      <c r="J27" s="105">
+      <c r="P27" s="87"/>
+      <c r="Q27" s="238"/>
+      <c r="R27" s="239"/>
+      <c r="S27" s="239"/>
+      <c r="T27" s="240"/>
+    </row>
+    <row r="28" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="191"/>
+      <c r="B28" s="192"/>
+      <c r="C28" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" s="216"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="216"/>
+      <c r="G28" s="216"/>
+      <c r="H28" s="216"/>
+      <c r="I28" s="281"/>
+      <c r="J28" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K27" s="130" t="s">
+      <c r="K28" s="127" t="s">
         <v>14</v>
       </c>
-      <c r="L27" s="70">
+      <c r="L28" s="116">
         <v>30000</v>
       </c>
-      <c r="M27" s="107"/>
-      <c r="N27" s="72" t="s">
+      <c r="M28" s="86"/>
+      <c r="N28" s="63" t="s">
         <v>14</v>
       </c>
-      <c r="O27" s="70">
+      <c r="O28" s="116">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P27" s="108"/>
-[...17 lines deleted...]
-      <c r="J28" s="105">
+      <c r="P28" s="87"/>
+      <c r="Q28" s="253"/>
+      <c r="R28" s="254"/>
+      <c r="S28" s="254"/>
+      <c r="T28" s="255"/>
+    </row>
+    <row r="29" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="191"/>
+      <c r="B29" s="192"/>
+      <c r="C29" s="229" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" s="216"/>
+      <c r="E29" s="216"/>
+      <c r="F29" s="216"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="216"/>
+      <c r="I29" s="281"/>
+      <c r="J29" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K28" s="130" t="s">
+      <c r="K29" s="127" t="s">
         <v>14</v>
       </c>
-      <c r="L28" s="70">
+      <c r="L29" s="116">
         <v>5000</v>
       </c>
-      <c r="M28" s="107"/>
-      <c r="N28" s="72" t="s">
+      <c r="M29" s="86"/>
+      <c r="N29" s="63" t="s">
         <v>14</v>
       </c>
-      <c r="O28" s="70">
+      <c r="O29" s="116">
         <f t="shared" si="4"/>
         <v>2500</v>
       </c>
-      <c r="P28" s="108"/>
-[...17 lines deleted...]
-      <c r="J29" s="105">
+      <c r="P29" s="87"/>
+      <c r="Q29" s="253"/>
+      <c r="R29" s="254"/>
+      <c r="S29" s="254"/>
+      <c r="T29" s="255"/>
+    </row>
+    <row r="30" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="191"/>
+      <c r="B30" s="192"/>
+      <c r="C30" s="282" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" s="172"/>
+      <c r="E30" s="172"/>
+      <c r="F30" s="172"/>
+      <c r="G30" s="172"/>
+      <c r="H30" s="172"/>
+      <c r="I30" s="283"/>
+      <c r="J30" s="137">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K29" s="130" t="s">
+      <c r="K30" s="138" t="s">
         <v>14</v>
       </c>
-      <c r="L29" s="70">
+      <c r="L30" s="139">
+        <v>50000</v>
+      </c>
+      <c r="M30" s="140"/>
+      <c r="N30" s="141" t="s">
+        <v>14</v>
+      </c>
+      <c r="O30" s="139">
+        <f t="shared" si="4"/>
+        <v>25000</v>
+      </c>
+      <c r="P30" s="140"/>
+      <c r="Q30" s="241"/>
+      <c r="R30" s="242"/>
+      <c r="S30" s="242"/>
+      <c r="T30" s="243"/>
+    </row>
+    <row r="31" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="191"/>
+      <c r="B31" s="192"/>
+      <c r="C31" s="286" t="s">
+        <v>179</v>
+      </c>
+      <c r="D31" s="287"/>
+      <c r="E31" s="287"/>
+      <c r="F31" s="287"/>
+      <c r="G31" s="287"/>
+      <c r="H31" s="287"/>
+      <c r="I31" s="288"/>
+      <c r="J31" s="142">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K31" s="143" t="s">
+        <v>14</v>
+      </c>
+      <c r="L31" s="144">
+        <v>20000</v>
+      </c>
+      <c r="M31" s="145"/>
+      <c r="N31" s="146" t="s">
+        <v>14</v>
+      </c>
+      <c r="O31" s="144">
+        <f t="shared" si="4"/>
+        <v>10000</v>
+      </c>
+      <c r="P31" s="145"/>
+      <c r="Q31" s="241"/>
+      <c r="R31" s="242"/>
+      <c r="S31" s="242"/>
+      <c r="T31" s="243"/>
+    </row>
+    <row r="32" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="193"/>
+      <c r="B32" s="194"/>
+      <c r="C32" s="284" t="s">
+        <v>28</v>
+      </c>
+      <c r="D32" s="219"/>
+      <c r="E32" s="219"/>
+      <c r="F32" s="219"/>
+      <c r="G32" s="219"/>
+      <c r="H32" s="219"/>
+      <c r="I32" s="285"/>
+      <c r="J32" s="124">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K32" s="133" t="s">
+        <v>14</v>
+      </c>
+      <c r="L32" s="134">
         <v>30000</v>
       </c>
-      <c r="M29" s="107"/>
-      <c r="N29" s="72" t="s">
+      <c r="M32" s="125"/>
+      <c r="N32" s="135" t="s">
         <v>14</v>
       </c>
-      <c r="O29" s="70">
+      <c r="O32" s="134">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P29" s="108"/>
-[...8 lines deleted...]
-      <c r="C30" s="226" t="s">
+      <c r="P32" s="136"/>
+      <c r="Q32" s="256"/>
+      <c r="R32" s="257"/>
+      <c r="S32" s="257"/>
+      <c r="T32" s="258"/>
+    </row>
+    <row r="33" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="183" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" s="184"/>
+      <c r="C33" s="195" t="s">
+        <v>51</v>
+      </c>
+      <c r="D33" s="196"/>
+      <c r="E33" s="196"/>
+      <c r="F33" s="196"/>
+      <c r="G33" s="91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H33" s="92">
+        <v>3</v>
+      </c>
+      <c r="I33" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J33" s="84">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L33" s="116">
+        <f>IF(H33&gt;3,10000+(H33-3)*5000,10000)</f>
+        <v>10000</v>
+      </c>
+      <c r="M33" s="86"/>
+      <c r="N33" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O33" s="116">
+        <f t="shared" si="4"/>
+        <v>5000</v>
+      </c>
+      <c r="P33" s="87"/>
+      <c r="Q33" s="253" t="s">
+        <v>186</v>
+      </c>
+      <c r="R33" s="254"/>
+      <c r="S33" s="254"/>
+      <c r="T33" s="255"/>
+    </row>
+    <row r="34" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="185"/>
+      <c r="B34" s="186"/>
+      <c r="C34" s="195" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" s="196"/>
+      <c r="E34" s="196"/>
+      <c r="F34" s="196"/>
+      <c r="G34" s="91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H34" s="92">
+        <v>2</v>
+      </c>
+      <c r="I34" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J34" s="84">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K34" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L34" s="116">
+        <f>IF(H34&gt;2,20000+(H34-2)*10000,20000)</f>
+        <v>20000</v>
+      </c>
+      <c r="M34" s="86"/>
+      <c r="N34" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O34" s="116">
+        <f t="shared" si="4"/>
+        <v>10000</v>
+      </c>
+      <c r="P34" s="87"/>
+      <c r="Q34" s="253"/>
+      <c r="R34" s="254"/>
+      <c r="S34" s="254"/>
+      <c r="T34" s="255"/>
+    </row>
+    <row r="35" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="185"/>
+      <c r="B35" s="186"/>
+      <c r="C35" s="289" t="s">
+        <v>173</v>
+      </c>
+      <c r="D35" s="216"/>
+      <c r="E35" s="216"/>
+      <c r="F35" s="216"/>
+      <c r="G35" s="216"/>
+      <c r="H35" s="216"/>
+      <c r="I35" s="217"/>
+      <c r="J35" s="84">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K35" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L35" s="116">
+        <v>10000</v>
+      </c>
+      <c r="M35" s="86"/>
+      <c r="N35" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O35" s="116">
+        <f t="shared" si="4"/>
+        <v>5000</v>
+      </c>
+      <c r="P35" s="87"/>
+      <c r="Q35" s="253"/>
+      <c r="R35" s="254"/>
+      <c r="S35" s="254"/>
+      <c r="T35" s="255"/>
+    </row>
+    <row r="36" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="187"/>
+      <c r="B36" s="188"/>
+      <c r="C36" s="229" t="s">
+        <v>23</v>
+      </c>
+      <c r="D36" s="216"/>
+      <c r="E36" s="216"/>
+      <c r="F36" s="216"/>
+      <c r="G36" s="216"/>
+      <c r="H36" s="216"/>
+      <c r="I36" s="281"/>
+      <c r="J36" s="84">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L36" s="116">
+        <v>20000</v>
+      </c>
+      <c r="M36" s="86"/>
+      <c r="N36" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O36" s="116">
+        <f t="shared" si="4"/>
+        <v>10000</v>
+      </c>
+      <c r="P36" s="87"/>
+      <c r="Q36" s="253"/>
+      <c r="R36" s="254"/>
+      <c r="S36" s="254"/>
+      <c r="T36" s="255"/>
+    </row>
+    <row r="37" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="189" t="s">
+        <v>32</v>
+      </c>
+      <c r="B37" s="190"/>
+      <c r="C37" s="279" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="212"/>
-[...9 lines deleted...]
-      <c r="K30" s="131" t="s">
+      <c r="D37" s="221"/>
+      <c r="E37" s="221"/>
+      <c r="F37" s="221"/>
+      <c r="G37" s="221"/>
+      <c r="H37" s="221"/>
+      <c r="I37" s="280"/>
+      <c r="J37" s="79">
+        <f>L37*M37</f>
+        <v>0</v>
+      </c>
+      <c r="K37" s="131" t="s">
         <v>14</v>
       </c>
-      <c r="L30" s="77">
-[...3 lines deleted...]
-      <c r="N30" s="79" t="s">
+      <c r="L37" s="120">
+        <v>30000</v>
+      </c>
+      <c r="M37" s="81"/>
+      <c r="N37" s="63" t="s">
         <v>14</v>
       </c>
-      <c r="O30" s="77">
-[...37 lines deleted...]
-      <c r="O31" s="84">
+      <c r="O37" s="116">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P31" s="92"/>
-[...29 lines deleted...]
-      <c r="K32" s="130" t="s">
+      <c r="P37" s="165"/>
+      <c r="Q37" s="223" t="s">
+        <v>46</v>
+      </c>
+      <c r="R37" s="224"/>
+      <c r="S37" s="224"/>
+      <c r="T37" s="225"/>
+    </row>
+    <row r="38" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="191"/>
+      <c r="B38" s="192"/>
+      <c r="C38" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="D38" s="216"/>
+      <c r="E38" s="216"/>
+      <c r="F38" s="216"/>
+      <c r="G38" s="216"/>
+      <c r="H38" s="216"/>
+      <c r="I38" s="281"/>
+      <c r="J38" s="84">
+        <f>L38*M38</f>
+        <v>0</v>
+      </c>
+      <c r="K38" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L38" s="116">
+        <v>30000</v>
+      </c>
+      <c r="M38" s="86"/>
+      <c r="N38" s="177" t="s">
+        <v>34</v>
+      </c>
+      <c r="O38" s="178"/>
+      <c r="P38" s="179"/>
+      <c r="Q38" s="226"/>
+      <c r="R38" s="227"/>
+      <c r="S38" s="227"/>
+      <c r="T38" s="228"/>
+    </row>
+    <row r="39" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="191"/>
+      <c r="B39" s="192"/>
+      <c r="C39" s="229" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" s="216"/>
+      <c r="E39" s="216"/>
+      <c r="F39" s="216"/>
+      <c r="G39" s="216"/>
+      <c r="H39" s="216"/>
+      <c r="I39" s="281"/>
+      <c r="J39" s="84">
+        <f>L39*M39</f>
+        <v>0</v>
+      </c>
+      <c r="K39" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L39" s="116">
+        <v>50000</v>
+      </c>
+      <c r="M39" s="86"/>
+      <c r="N39" s="177"/>
+      <c r="O39" s="178"/>
+      <c r="P39" s="179"/>
+      <c r="Q39" s="229"/>
+      <c r="R39" s="230"/>
+      <c r="S39" s="230"/>
+      <c r="T39" s="231"/>
+    </row>
+    <row r="40" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="191"/>
+      <c r="B40" s="192"/>
+      <c r="C40" s="229" t="s">
+        <v>115</v>
+      </c>
+      <c r="D40" s="216"/>
+      <c r="E40" s="216"/>
+      <c r="F40" s="216"/>
+      <c r="G40" s="216"/>
+      <c r="H40" s="216"/>
+      <c r="I40" s="281"/>
+      <c r="J40" s="84">
+        <f t="shared" ref="J40:J41" si="5">L40*M40</f>
+        <v>0</v>
+      </c>
+      <c r="K40" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L40" s="119">
+        <v>10000</v>
+      </c>
+      <c r="M40" s="76"/>
+      <c r="N40" s="177"/>
+      <c r="O40" s="178"/>
+      <c r="P40" s="179"/>
+      <c r="Q40" s="232"/>
+      <c r="R40" s="233"/>
+      <c r="S40" s="233"/>
+      <c r="T40" s="234"/>
+    </row>
+    <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="191"/>
+      <c r="B41" s="192"/>
+      <c r="C41" s="229" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" s="216"/>
+      <c r="E41" s="216"/>
+      <c r="F41" s="216"/>
+      <c r="G41" s="216"/>
+      <c r="H41" s="216"/>
+      <c r="I41" s="281"/>
+      <c r="J41" s="84">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K41" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L41" s="119">
+        <v>30000</v>
+      </c>
+      <c r="M41" s="76"/>
+      <c r="N41" s="177"/>
+      <c r="O41" s="178"/>
+      <c r="P41" s="179"/>
+      <c r="Q41" s="232"/>
+      <c r="R41" s="233"/>
+      <c r="S41" s="233"/>
+      <c r="T41" s="234"/>
+    </row>
+    <row r="42" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="193"/>
+      <c r="B42" s="194"/>
+      <c r="C42" s="235" t="s">
+        <v>175</v>
+      </c>
+      <c r="D42" s="309"/>
+      <c r="E42" s="309"/>
+      <c r="F42" s="309"/>
+      <c r="G42" s="309"/>
+      <c r="H42" s="309"/>
+      <c r="I42" s="310"/>
+      <c r="J42" s="88">
+        <f>L42*M42</f>
+        <v>0</v>
+      </c>
+      <c r="K42" s="128" t="s">
+        <v>29</v>
+      </c>
+      <c r="L42" s="117">
+        <v>30000</v>
+      </c>
+      <c r="M42" s="90"/>
+      <c r="N42" s="180"/>
+      <c r="O42" s="181"/>
+      <c r="P42" s="182"/>
+      <c r="Q42" s="235"/>
+      <c r="R42" s="236"/>
+      <c r="S42" s="236"/>
+      <c r="T42" s="237"/>
+    </row>
+    <row r="43" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="311" t="s">
+        <v>33</v>
+      </c>
+      <c r="B43" s="312"/>
+      <c r="C43" s="279" t="s">
+        <v>26</v>
+      </c>
+      <c r="D43" s="221"/>
+      <c r="E43" s="221"/>
+      <c r="F43" s="221"/>
+      <c r="G43" s="221"/>
+      <c r="H43" s="221"/>
+      <c r="I43" s="280"/>
+      <c r="J43" s="70">
+        <f>L43*M43+O43*P43</f>
+        <v>0</v>
+      </c>
+      <c r="K43" s="129" t="s">
         <v>14</v>
       </c>
-      <c r="L32" s="70">
-[...4 lines deleted...]
-      <c r="N32" s="72" t="s">
+      <c r="L43" s="118">
+        <v>110000</v>
+      </c>
+      <c r="M43" s="72"/>
+      <c r="N43" s="94" t="s">
         <v>14</v>
       </c>
-      <c r="O32" s="70">
-[...31 lines deleted...]
-      <c r="K33" s="130" t="s">
+      <c r="O43" s="121">
+        <f>L43</f>
+        <v>110000</v>
+      </c>
+      <c r="P43" s="95"/>
+      <c r="Q43" s="238" t="s">
+        <v>187</v>
+      </c>
+      <c r="R43" s="239"/>
+      <c r="S43" s="239"/>
+      <c r="T43" s="240"/>
+    </row>
+    <row r="44" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="313"/>
+      <c r="B44" s="314"/>
+      <c r="C44" s="235" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="309"/>
+      <c r="E44" s="309"/>
+      <c r="F44" s="309"/>
+      <c r="G44" s="309"/>
+      <c r="H44" s="309"/>
+      <c r="I44" s="310"/>
+      <c r="J44" s="74">
+        <f>L44*M44+O44*P44</f>
+        <v>0</v>
+      </c>
+      <c r="K44" s="130" t="s">
         <v>14</v>
       </c>
-      <c r="L33" s="70">
-[...4 lines deleted...]
-      <c r="N33" s="72" t="s">
+      <c r="L44" s="119">
+        <v>130000</v>
+      </c>
+      <c r="M44" s="76"/>
+      <c r="N44" s="96" t="s">
         <v>14</v>
       </c>
-      <c r="O33" s="70">
-[...378 lines deleted...]
-      <c r="O44" s="117">
+      <c r="O44" s="122">
         <f>L44</f>
-        <v>110000</v>
-[...28 lines deleted...]
-      <c r="L45" s="95">
         <v>130000</v>
       </c>
-      <c r="M45" s="96"/>
-[...54 lines deleted...]
-      <c r="A47" s="312" t="s">
+      <c r="P44" s="97"/>
+      <c r="Q44" s="241"/>
+      <c r="R44" s="242"/>
+      <c r="S44" s="242"/>
+      <c r="T44" s="243"/>
+    </row>
+    <row r="45" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="300" t="s">
         <v>9</v>
       </c>
-      <c r="B47" s="313"/>
-[...70 lines deleted...]
-    </row>
+      <c r="B45" s="301"/>
+      <c r="C45" s="301"/>
+      <c r="D45" s="301"/>
+      <c r="E45" s="302"/>
+      <c r="F45" s="302"/>
+      <c r="G45" s="302"/>
+      <c r="H45" s="302"/>
+      <c r="I45" s="302"/>
+      <c r="J45" s="9">
+        <f>SUM(J24:J44)</f>
+        <v>0</v>
+      </c>
+      <c r="K45" s="297"/>
+      <c r="L45" s="298"/>
+      <c r="M45" s="298"/>
+      <c r="N45" s="298"/>
+      <c r="O45" s="298"/>
+      <c r="P45" s="298"/>
+      <c r="Q45" s="298"/>
+      <c r="R45" s="298"/>
+      <c r="S45" s="298"/>
+      <c r="T45" s="299"/>
+    </row>
+    <row r="46" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="47" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="200" t="s">
+        <v>55</v>
+      </c>
+      <c r="B47" s="200"/>
+      <c r="C47" s="200"/>
+      <c r="D47" s="200"/>
+      <c r="E47" s="200"/>
+      <c r="F47" s="200"/>
+      <c r="G47" s="200"/>
+      <c r="H47" s="200"/>
+      <c r="I47" s="200"/>
+      <c r="J47" s="200"/>
+      <c r="K47" s="200"/>
+      <c r="L47" s="200"/>
+      <c r="M47" s="200"/>
+      <c r="N47" s="200"/>
+      <c r="O47" s="200"/>
+      <c r="P47" s="200"/>
+      <c r="Q47" s="200"/>
+      <c r="R47" s="200"/>
+      <c r="S47" s="200"/>
+      <c r="T47" s="200"/>
+    </row>
+    <row r="48" spans="1:20" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="197" t="s">
+        <v>180</v>
+      </c>
+      <c r="B48" s="198"/>
+      <c r="C48" s="198"/>
+      <c r="D48" s="198"/>
+      <c r="E48" s="198"/>
+      <c r="F48" s="198"/>
+      <c r="G48" s="198"/>
+      <c r="H48" s="198"/>
+      <c r="I48" s="198"/>
+      <c r="J48" s="198"/>
+      <c r="K48" s="198"/>
+      <c r="L48" s="198"/>
+      <c r="M48" s="198"/>
+      <c r="N48" s="198"/>
+      <c r="O48" s="198"/>
+      <c r="P48" s="198"/>
+      <c r="Q48" s="198"/>
+      <c r="R48" s="198"/>
+      <c r="S48" s="198"/>
+      <c r="T48" s="199"/>
+    </row>
+    <row r="49" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PWTQPnMTV4j+av5Ly5GiWtAureU263ByUCnPU8jp1frC26u9m0epdC1qe7kMKfnT2umAkUlkzs4t7hn+BGc84A==" saltValue="VxgqgkEJUO8yQB1u6+Wmqw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-[...10 lines deleted...]
-    <mergeCell ref="A39:B43"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="IhQUP8OdgK/SABplmIl6iMxoZzpsyCyj/Eot5q2B3Qiy8IMmFY+5PlmbCYG7gP4bDP98PMvCj/WnBNlUAI6kJA==" saltValue="ImXLAYPY//FbGQNhTZQoXg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="78">
+    <mergeCell ref="K45:T45"/>
+    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="C38:I38"/>
     <mergeCell ref="C39:I39"/>
-    <mergeCell ref="N39:P43"/>
-[...10 lines deleted...]
-    <mergeCell ref="C32:F32"/>
+    <mergeCell ref="K19:T19"/>
+    <mergeCell ref="A26:B32"/>
+    <mergeCell ref="Q26:T32"/>
+    <mergeCell ref="A33:B36"/>
+    <mergeCell ref="Q33:T36"/>
+    <mergeCell ref="C32:I32"/>
     <mergeCell ref="C33:F33"/>
-    <mergeCell ref="C34:I34"/>
+    <mergeCell ref="C34:F34"/>
     <mergeCell ref="C35:I35"/>
     <mergeCell ref="C36:I36"/>
-    <mergeCell ref="C37:I37"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q23:T24"/>
+    <mergeCell ref="A24:B25"/>
     <mergeCell ref="C24:I24"/>
-    <mergeCell ref="A25:B30"/>
+    <mergeCell ref="Q24:T25"/>
     <mergeCell ref="C25:I25"/>
-    <mergeCell ref="Q25:T30"/>
     <mergeCell ref="C26:I26"/>
+    <mergeCell ref="A15:B18"/>
+    <mergeCell ref="C17:I17"/>
+    <mergeCell ref="C18:I18"/>
+    <mergeCell ref="K18:M18"/>
+    <mergeCell ref="Q18:S18"/>
+    <mergeCell ref="C29:I29"/>
+    <mergeCell ref="C30:I30"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="A47:T47"/>
+    <mergeCell ref="A48:T48"/>
+    <mergeCell ref="C40:I40"/>
+    <mergeCell ref="C41:I41"/>
+    <mergeCell ref="C44:I44"/>
+    <mergeCell ref="C42:I42"/>
+    <mergeCell ref="C43:I43"/>
+    <mergeCell ref="A37:B42"/>
+    <mergeCell ref="Q37:T42"/>
+    <mergeCell ref="N38:P42"/>
+    <mergeCell ref="A43:B44"/>
+    <mergeCell ref="Q43:T44"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="C11:I11"/>
+    <mergeCell ref="C12:I12"/>
+    <mergeCell ref="C13:I13"/>
     <mergeCell ref="C27:I27"/>
     <mergeCell ref="C28:I28"/>
-    <mergeCell ref="C29:I29"/>
-[...2 lines deleted...]
-    <mergeCell ref="A15:B17"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="F6:T6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="I7:T7"/>
+    <mergeCell ref="Q22:T23"/>
+    <mergeCell ref="C14:I14"/>
     <mergeCell ref="C15:I15"/>
     <mergeCell ref="C16:I16"/>
-    <mergeCell ref="C17:I17"/>
-[...24 lines deleted...]
-    <mergeCell ref="F5:T5"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A22:I23"/>
+    <mergeCell ref="J22:J23"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="N22:P22"/>
+    <mergeCell ref="A11:B14"/>
+    <mergeCell ref="T11:T18"/>
+    <mergeCell ref="K14:M14"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="Q9:S9"/>
+    <mergeCell ref="T9:T10"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="F4:T4"/>
     <mergeCell ref="A1:T1"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="F2:T2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="F3:T3"/>
-    <mergeCell ref="B4:D4"/>
-    <mergeCell ref="F4:T4"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A9:I10"/>
+    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="K9:M9"/>
+    <mergeCell ref="N9:P9"/>
+    <mergeCell ref="E5:H5"/>
+    <mergeCell ref="B6:D6"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.38645833333333335" top="0.82395833333333335" bottom="6.9791666666666669E-2" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L
 [별지 제 2호 서식]
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:AE56"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A2" workbookViewId="0">
       <selection activeCell="Q40" sqref="Q40:U40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.5" style="11" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="32" max="16384" width="8.75" style="11"/>
+    <col min="1" max="1" width="4.5" style="10" customWidth="1"/>
+    <col min="2" max="2" width="2.375" style="10" customWidth="1"/>
+    <col min="3" max="3" width="3.25" style="10" customWidth="1"/>
+    <col min="4" max="4" width="1.875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="3.125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="1.5" style="10" customWidth="1"/>
+    <col min="7" max="7" width="4.25" style="10" customWidth="1"/>
+    <col min="8" max="8" width="1.375" style="10" customWidth="1"/>
+    <col min="9" max="13" width="2.125" style="10" customWidth="1"/>
+    <col min="14" max="14" width="3.25" style="10" customWidth="1"/>
+    <col min="15" max="27" width="2.125" style="10" customWidth="1"/>
+    <col min="28" max="28" width="2.75" style="10" customWidth="1"/>
+    <col min="29" max="29" width="12.125" style="10" customWidth="1"/>
+    <col min="30" max="30" width="4.5" style="10" customWidth="1"/>
+    <col min="31" max="31" width="10.875" style="10" bestFit="1" customWidth="1"/>
+    <col min="32" max="16384" width="8.75" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="347" t="s">
+      <c r="A1" s="338" t="s">
+        <v>56</v>
+      </c>
+      <c r="B1" s="339"/>
+      <c r="C1" s="339"/>
+      <c r="D1" s="339"/>
+      <c r="E1" s="339"/>
+      <c r="F1" s="339"/>
+      <c r="G1" s="339"/>
+      <c r="H1" s="339"/>
+      <c r="I1" s="339"/>
+      <c r="J1" s="339"/>
+      <c r="K1" s="339"/>
+      <c r="L1" s="339"/>
+      <c r="M1" s="339"/>
+      <c r="N1" s="339"/>
+      <c r="O1" s="339"/>
+      <c r="P1" s="339"/>
+      <c r="Q1" s="339"/>
+      <c r="R1" s="339"/>
+      <c r="S1" s="339"/>
+      <c r="T1" s="339"/>
+      <c r="U1" s="339"/>
+      <c r="V1" s="339"/>
+      <c r="W1" s="339"/>
+      <c r="X1" s="339"/>
+      <c r="Y1" s="339"/>
+      <c r="Z1" s="339"/>
+      <c r="AA1" s="339"/>
+      <c r="AB1" s="339"/>
+      <c r="AC1" s="339"/>
+      <c r="AD1" s="340"/>
+    </row>
+    <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="11"/>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+      <c r="Z2" s="13"/>
+      <c r="AA2" s="13"/>
+      <c r="AB2" s="13"/>
+      <c r="AC2" s="13"/>
+      <c r="AD2" s="14"/>
+    </row>
+    <row r="3" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" s="341" t="s">
+        <v>83</v>
+      </c>
+      <c r="D3" s="341"/>
+      <c r="E3" s="341"/>
+      <c r="F3" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G3" s="18">
+        <f>공연_음향반사판사용!F2</f>
+        <v>0</v>
+      </c>
+      <c r="H3" s="19"/>
+      <c r="I3" s="19"/>
+      <c r="J3" s="19"/>
+      <c r="K3" s="19"/>
+      <c r="L3" s="19"/>
+      <c r="M3" s="19"/>
+      <c r="N3" s="19"/>
+      <c r="O3" s="19"/>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="19"/>
+      <c r="R3" s="19"/>
+      <c r="S3" s="19"/>
+      <c r="T3" s="19"/>
+      <c r="U3" s="19"/>
+      <c r="V3" s="19"/>
+      <c r="W3" s="19"/>
+      <c r="X3" s="19"/>
+      <c r="Y3" s="19"/>
+      <c r="Z3" s="19"/>
+      <c r="AA3" s="19"/>
+      <c r="AB3" s="19"/>
+      <c r="AC3" s="19"/>
+      <c r="AD3" s="20"/>
+    </row>
+    <row r="4" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15"/>
+      <c r="B4" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" s="341" t="s">
+        <v>60</v>
+      </c>
+      <c r="D4" s="341"/>
+      <c r="E4" s="341"/>
+      <c r="F4" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G4" s="18">
+        <f>공연!F4</f>
+        <v>0</v>
+      </c>
+      <c r="H4" s="19"/>
+      <c r="I4" s="19"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="19"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="19"/>
+      <c r="R4" s="19"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="19"/>
+      <c r="U4" s="19"/>
+      <c r="V4" s="19"/>
+      <c r="W4" s="19"/>
+      <c r="X4" s="19"/>
+      <c r="Y4" s="19"/>
+      <c r="Z4" s="19"/>
+      <c r="AA4" s="19"/>
+      <c r="AB4" s="19"/>
+      <c r="AC4" s="19"/>
+      <c r="AD4" s="20"/>
+    </row>
+    <row r="5" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="15"/>
+      <c r="B5" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" s="341" t="s">
         <v>62</v>
       </c>
-      <c r="B1" s="348"/>
-[...156 lines deleted...]
-      <c r="G5" s="19">
+      <c r="D5" s="341"/>
+      <c r="E5" s="341"/>
+      <c r="F5" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G5" s="18">
         <f>공연!F5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="20"/>
-[...21 lines deleted...]
-      <c r="AD5" s="21"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19"/>
+      <c r="K5" s="19"/>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19"/>
+      <c r="N5" s="19"/>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19"/>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="19"/>
+      <c r="S5" s="19"/>
+      <c r="T5" s="19"/>
+      <c r="U5" s="19"/>
+      <c r="V5" s="19"/>
+      <c r="W5" s="19"/>
+      <c r="X5" s="19"/>
+      <c r="Y5" s="19"/>
+      <c r="Z5" s="19"/>
+      <c r="AA5" s="19"/>
+      <c r="AB5" s="19"/>
+      <c r="AC5" s="19"/>
+      <c r="AD5" s="20"/>
     </row>
     <row r="6" spans="1:30" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="12"/>
-[...5 lines deleted...]
-      <c r="G6" s="339" t="str">
+      <c r="A6" s="11"/>
+      <c r="B6" s="22"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="23"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="330" t="str">
         <f>공연!E6</f>
         <v>( 공연시간 :</v>
       </c>
-      <c r="H6" s="339"/>
-[...5 lines deleted...]
-        <f>공연_음향반사판사용!J6&amp;" )"</f>
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="330"/>
+      <c r="M6" s="331" t="str">
+        <f>공연_음향반사판사용!J5&amp;" )"</f>
         <v xml:space="preserve"> )</v>
       </c>
-      <c r="N6" s="341"/>
-[...15 lines deleted...]
-      <c r="AD6" s="15"/>
+      <c r="N6" s="332"/>
+      <c r="O6" s="332"/>
+      <c r="P6" s="332"/>
+      <c r="Q6" s="13"/>
+      <c r="R6" s="13"/>
+      <c r="S6" s="13"/>
+      <c r="T6" s="13"/>
+      <c r="U6" s="13"/>
+      <c r="V6" s="13"/>
+      <c r="W6" s="13"/>
+      <c r="X6" s="13"/>
+      <c r="Y6" s="13"/>
+      <c r="Z6" s="13"/>
+      <c r="AA6" s="13"/>
+      <c r="AB6" s="13"/>
+      <c r="AC6" s="13"/>
+      <c r="AD6" s="14"/>
     </row>
     <row r="7" spans="1:30" ht="9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="12"/>
-[...28 lines deleted...]
-      <c r="AD7" s="15"/>
+      <c r="A7" s="11"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
+      <c r="F7" s="12"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
+      <c r="M7" s="13"/>
+      <c r="N7" s="13"/>
+      <c r="O7" s="13"/>
+      <c r="P7" s="13"/>
+      <c r="Q7" s="13"/>
+      <c r="R7" s="13"/>
+      <c r="S7" s="13"/>
+      <c r="T7" s="13"/>
+      <c r="U7" s="13"/>
+      <c r="V7" s="13"/>
+      <c r="W7" s="13"/>
+      <c r="X7" s="13"/>
+      <c r="Y7" s="13"/>
+      <c r="Z7" s="13"/>
+      <c r="AA7" s="13"/>
+      <c r="AB7" s="13"/>
+      <c r="AC7" s="13"/>
+      <c r="AD7" s="14"/>
     </row>
     <row r="8" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A8" s="12"/>
-[...3 lines deleted...]
-      <c r="C8" s="334" t="s">
+      <c r="A8" s="11"/>
+      <c r="B8" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" s="325" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" s="325"/>
+      <c r="E8" s="325"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="13"/>
+      <c r="S8" s="13"/>
+      <c r="T8" s="13"/>
+      <c r="U8" s="13"/>
+      <c r="V8" s="13"/>
+      <c r="W8" s="13"/>
+      <c r="X8" s="13"/>
+      <c r="Y8" s="13"/>
+      <c r="Z8" s="13"/>
+      <c r="AA8" s="13"/>
+      <c r="AB8" s="13"/>
+      <c r="AC8" s="13"/>
+      <c r="AD8" s="14"/>
+    </row>
+    <row r="9" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A9" s="11"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="24" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" s="319" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="319"/>
+      <c r="F9" s="319"/>
+      <c r="G9" s="319"/>
+      <c r="H9" s="25"/>
+      <c r="I9" s="25"/>
+      <c r="J9" s="25"/>
+      <c r="K9" s="25"/>
+      <c r="L9" s="25"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="25"/>
+      <c r="O9" s="25"/>
+      <c r="P9" s="25"/>
+      <c r="Q9" s="25"/>
+      <c r="R9" s="25"/>
+      <c r="S9" s="25"/>
+      <c r="T9" s="25"/>
+      <c r="U9" s="25"/>
+      <c r="V9" s="25"/>
+      <c r="W9" s="25"/>
+      <c r="X9" s="25"/>
+      <c r="Y9" s="25"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="322">
+        <f>SUM(AC10:AD25)</f>
+        <v>0</v>
+      </c>
+      <c r="AC9" s="322"/>
+      <c r="AD9" s="323"/>
+    </row>
+    <row r="10" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="26"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="27"/>
+      <c r="D10" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="336" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" s="336"/>
+      <c r="G10" s="336"/>
+      <c r="H10" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I10" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="320" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" s="320"/>
+      <c r="N10" s="27"/>
+      <c r="O10" s="27" t="s">
         <v>70</v>
       </c>
-      <c r="D8" s="334"/>
-[...30 lines deleted...]
-      <c r="C9" s="25" t="s">
+      <c r="P10" s="30" t="s">
         <v>71</v>
       </c>
-      <c r="D9" s="328" t="s">
+      <c r="Q10" s="318">
+        <v>99000</v>
+      </c>
+      <c r="R10" s="318"/>
+      <c r="S10" s="318"/>
+      <c r="T10" s="318"/>
+      <c r="U10" s="318"/>
+      <c r="V10" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="W10" s="321">
+        <v>0.5</v>
+      </c>
+      <c r="X10" s="321"/>
+      <c r="Y10" s="27"/>
+      <c r="Z10" s="30"/>
+      <c r="AA10" s="102"/>
+      <c r="AB10" s="27"/>
+      <c r="AC10" s="316">
+        <f>N10*Q10*W10</f>
+        <v>0</v>
+      </c>
+      <c r="AD10" s="317"/>
+    </row>
+    <row r="11" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="26"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="27"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="103"/>
+      <c r="F11" s="103"/>
+      <c r="G11" s="103"/>
+      <c r="H11" s="27"/>
+      <c r="I11" s="29"/>
+      <c r="J11" s="29"/>
+      <c r="K11" s="29"/>
+      <c r="L11" s="320" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" s="320"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P11" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q11" s="318">
+        <v>143000</v>
+      </c>
+      <c r="R11" s="318"/>
+      <c r="S11" s="318"/>
+      <c r="T11" s="318"/>
+      <c r="U11" s="318"/>
+      <c r="V11" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="W11" s="321">
+        <v>0.5</v>
+      </c>
+      <c r="X11" s="321"/>
+      <c r="Y11" s="27"/>
+      <c r="Z11" s="30"/>
+      <c r="AA11" s="102"/>
+      <c r="AB11" s="27"/>
+      <c r="AC11" s="316">
+        <f>N11*Q11*W11</f>
+        <v>0</v>
+      </c>
+      <c r="AD11" s="317"/>
+    </row>
+    <row r="12" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="26"/>
+      <c r="B12" s="27"/>
+      <c r="C12" s="27"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="103"/>
+      <c r="F12" s="103"/>
+      <c r="G12" s="103"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="29"/>
+      <c r="J12" s="29"/>
+      <c r="K12" s="29"/>
+      <c r="L12" s="104"/>
+      <c r="M12" s="104"/>
+      <c r="N12" s="27"/>
+      <c r="O12" s="27"/>
+      <c r="P12" s="30"/>
+      <c r="Q12" s="98"/>
+      <c r="R12" s="98"/>
+      <c r="S12" s="98"/>
+      <c r="T12" s="98"/>
+      <c r="U12" s="98"/>
+      <c r="V12" s="30"/>
+      <c r="W12" s="102"/>
+      <c r="X12" s="102"/>
+      <c r="Y12" s="27"/>
+      <c r="Z12" s="30"/>
+      <c r="AA12" s="102"/>
+      <c r="AB12" s="27"/>
+      <c r="AC12" s="100"/>
+      <c r="AD12" s="101"/>
+    </row>
+    <row r="13" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="26"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="103"/>
+      <c r="F13" s="103"/>
+      <c r="G13" s="103"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="102"/>
+      <c r="J13" s="104"/>
+      <c r="K13" s="104"/>
+      <c r="L13" s="102"/>
+      <c r="M13" s="30"/>
+      <c r="N13" s="27"/>
+      <c r="O13" s="27"/>
+      <c r="P13" s="30"/>
+      <c r="Q13" s="320"/>
+      <c r="R13" s="320"/>
+      <c r="S13" s="320"/>
+      <c r="T13" s="320"/>
+      <c r="U13" s="320"/>
+      <c r="V13" s="29"/>
+      <c r="W13" s="27"/>
+      <c r="X13" s="27"/>
+      <c r="Y13" s="27"/>
+      <c r="Z13" s="30"/>
+      <c r="AA13" s="102"/>
+      <c r="AB13" s="27"/>
+      <c r="AC13" s="27"/>
+      <c r="AD13" s="35"/>
+    </row>
+    <row r="14" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="26"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" s="315" t="s">
         <v>72</v>
       </c>
-      <c r="E9" s="328"/>
-[...33 lines deleted...]
-      <c r="D10" s="29" t="s">
+      <c r="F14" s="315"/>
+      <c r="G14" s="315"/>
+      <c r="H14" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I14" s="315" t="str">
+        <f>공연_음향반사판사용!C24</f>
+        <v>피아노(외산)</v>
+      </c>
+      <c r="J14" s="315"/>
+      <c r="K14" s="315"/>
+      <c r="L14" s="315"/>
+      <c r="M14" s="315"/>
+      <c r="N14" s="49">
+        <f>공연_음향반사판사용!$P$24</f>
+        <v>0</v>
+      </c>
+      <c r="O14" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P14" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q14" s="318">
+        <f>공연_음향반사판사용!O24</f>
+        <v>40000</v>
+      </c>
+      <c r="R14" s="318"/>
+      <c r="S14" s="318"/>
+      <c r="T14" s="318"/>
+      <c r="U14" s="318"/>
+      <c r="V14" s="30"/>
+      <c r="W14" s="321"/>
+      <c r="X14" s="321"/>
+      <c r="Y14" s="29"/>
+      <c r="Z14" s="27"/>
+      <c r="AA14" s="27"/>
+      <c r="AB14" s="27"/>
+      <c r="AC14" s="316">
+        <f>N14*Q14</f>
+        <v>0</v>
+      </c>
+      <c r="AD14" s="317"/>
+    </row>
+    <row r="15" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="26"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" s="315"/>
+      <c r="G15" s="315"/>
+      <c r="H15" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I15" s="315" t="str">
+        <f>공연_음향반사판사용!C25</f>
+        <v>피아노(국산)</v>
+      </c>
+      <c r="J15" s="315"/>
+      <c r="K15" s="315"/>
+      <c r="L15" s="315"/>
+      <c r="M15" s="315"/>
+      <c r="N15" s="49">
+        <f>공연_음향반사판사용!$P$25</f>
+        <v>0</v>
+      </c>
+      <c r="O15" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P15" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q15" s="318">
+        <f>공연_음향반사판사용!O25</f>
+        <v>15000</v>
+      </c>
+      <c r="R15" s="318"/>
+      <c r="S15" s="318"/>
+      <c r="T15" s="318"/>
+      <c r="U15" s="318"/>
+      <c r="V15" s="30"/>
+      <c r="W15" s="102"/>
+      <c r="X15" s="102"/>
+      <c r="Y15" s="29"/>
+      <c r="Z15" s="27"/>
+      <c r="AA15" s="27"/>
+      <c r="AB15" s="27"/>
+      <c r="AC15" s="316">
+        <f t="shared" ref="AC15:AC24" si="0">N15*Q15</f>
+        <v>0</v>
+      </c>
+      <c r="AD15" s="317"/>
+    </row>
+    <row r="16" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="26"/>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="315"/>
+      <c r="G16" s="315"/>
+      <c r="H16" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I16" s="315" t="s">
+        <v>87</v>
+      </c>
+      <c r="J16" s="315"/>
+      <c r="K16" s="315"/>
+      <c r="L16" s="315"/>
+      <c r="M16" s="315"/>
+      <c r="N16" s="49">
+        <f>공연_음향반사판사용!$P$26</f>
+        <v>0</v>
+      </c>
+      <c r="O16" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P16" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q16" s="318">
+        <f>공연_음향반사판사용!O26</f>
+        <v>20000</v>
+      </c>
+      <c r="R16" s="318"/>
+      <c r="S16" s="318"/>
+      <c r="T16" s="318"/>
+      <c r="U16" s="318"/>
+      <c r="V16" s="30"/>
+      <c r="W16" s="102"/>
+      <c r="X16" s="102"/>
+      <c r="Y16" s="29"/>
+      <c r="Z16" s="27"/>
+      <c r="AA16" s="27"/>
+      <c r="AB16" s="27"/>
+      <c r="AC16" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD16" s="317"/>
+    </row>
+    <row r="17" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="26"/>
+      <c r="B17" s="27"/>
+      <c r="C17" s="27"/>
+      <c r="D17" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="315"/>
+      <c r="G17" s="315"/>
+      <c r="H17" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I17" s="315" t="s">
+        <v>88</v>
+      </c>
+      <c r="J17" s="315"/>
+      <c r="K17" s="315"/>
+      <c r="L17" s="315"/>
+      <c r="M17" s="315"/>
+      <c r="N17" s="49">
+        <f>공연_음향반사판사용!$P$32</f>
+        <v>0</v>
+      </c>
+      <c r="O17" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P17" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q17" s="318">
+        <f>공연_음향반사판사용!O32</f>
+        <v>15000</v>
+      </c>
+      <c r="R17" s="318"/>
+      <c r="S17" s="318"/>
+      <c r="T17" s="318"/>
+      <c r="U17" s="318"/>
+      <c r="V17" s="30"/>
+      <c r="W17" s="102"/>
+      <c r="X17" s="102"/>
+      <c r="Y17" s="29"/>
+      <c r="Z17" s="27"/>
+      <c r="AA17" s="27"/>
+      <c r="AB17" s="27"/>
+      <c r="AC17" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD17" s="317"/>
+    </row>
+    <row r="18" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="26"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="27"/>
+      <c r="D18" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="315"/>
+      <c r="G18" s="315"/>
+      <c r="H18" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I18" s="315" t="s">
+        <v>90</v>
+      </c>
+      <c r="J18" s="315"/>
+      <c r="K18" s="315"/>
+      <c r="L18" s="315"/>
+      <c r="M18" s="315"/>
+      <c r="N18" s="49">
+        <f>공연_음향반사판사용!$P$33</f>
+        <v>0</v>
+      </c>
+      <c r="O18" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P18" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q18" s="318">
+        <f>공연_음향반사판사용!O33</f>
+        <v>5000</v>
+      </c>
+      <c r="R18" s="318"/>
+      <c r="S18" s="318"/>
+      <c r="T18" s="318"/>
+      <c r="U18" s="318"/>
+      <c r="V18" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="W18" s="102">
+        <f>공연_음향반사판사용!H33</f>
+        <v>3</v>
+      </c>
+      <c r="X18" s="102" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y18" s="29"/>
+      <c r="Z18" s="27"/>
+      <c r="AA18" s="27"/>
+      <c r="AB18" s="27"/>
+      <c r="AC18" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD18" s="317"/>
+    </row>
+    <row r="19" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="26"/>
+      <c r="B19" s="27"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="315"/>
+      <c r="G19" s="315"/>
+      <c r="H19" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I19" s="315" t="s">
+        <v>89</v>
+      </c>
+      <c r="J19" s="315"/>
+      <c r="K19" s="315"/>
+      <c r="L19" s="315"/>
+      <c r="M19" s="315"/>
+      <c r="N19" s="49">
+        <f>공연_음향반사판사용!$P$34</f>
+        <v>0</v>
+      </c>
+      <c r="O19" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P19" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q19" s="318">
+        <f>공연_음향반사판사용!O34</f>
+        <v>10000</v>
+      </c>
+      <c r="R19" s="318"/>
+      <c r="S19" s="318"/>
+      <c r="T19" s="318"/>
+      <c r="U19" s="318"/>
+      <c r="V19" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="W19" s="102">
+        <f>공연_음향반사판사용!H34</f>
+        <v>2</v>
+      </c>
+      <c r="X19" s="102" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y19" s="29"/>
+      <c r="Z19" s="27"/>
+      <c r="AA19" s="27"/>
+      <c r="AB19" s="27"/>
+      <c r="AC19" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD19" s="317"/>
+    </row>
+    <row r="20" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="26"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" s="315"/>
+      <c r="G20" s="315"/>
+      <c r="H20" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I20" s="315" t="str">
+        <f>공연_음향반사판사용!C35</f>
+        <v>더블CDP</v>
+      </c>
+      <c r="J20" s="315"/>
+      <c r="K20" s="315"/>
+      <c r="L20" s="315"/>
+      <c r="M20" s="315"/>
+      <c r="N20" s="49">
+        <f>공연_음향반사판사용!$P$35</f>
+        <v>0</v>
+      </c>
+      <c r="O20" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P20" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q20" s="318">
+        <f>공연!O36</f>
+        <v>5000</v>
+      </c>
+      <c r="R20" s="318"/>
+      <c r="S20" s="318"/>
+      <c r="T20" s="318"/>
+      <c r="U20" s="318"/>
+      <c r="V20" s="30"/>
+      <c r="W20" s="102"/>
+      <c r="X20" s="102"/>
+      <c r="Y20" s="29"/>
+      <c r="Z20" s="27"/>
+      <c r="AA20" s="27"/>
+      <c r="AB20" s="27"/>
+      <c r="AC20" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD20" s="317"/>
+    </row>
+    <row r="21" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="26"/>
+      <c r="B21" s="27"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="315"/>
+      <c r="G21" s="315"/>
+      <c r="H21" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I21" s="324" t="str">
+        <f>공연_음향반사판사용!C36</f>
+        <v>비디오프로젝트</v>
+      </c>
+      <c r="J21" s="324"/>
+      <c r="K21" s="324"/>
+      <c r="L21" s="324"/>
+      <c r="M21" s="324"/>
+      <c r="N21" s="49">
+        <f>공연_음향반사판사용!$P$36</f>
+        <v>0</v>
+      </c>
+      <c r="O21" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P21" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q21" s="318">
+        <f>공연_음향반사판사용!O36</f>
+        <v>10000</v>
+      </c>
+      <c r="R21" s="318"/>
+      <c r="S21" s="318"/>
+      <c r="T21" s="318"/>
+      <c r="U21" s="318"/>
+      <c r="V21" s="30"/>
+      <c r="W21" s="102"/>
+      <c r="X21" s="102"/>
+      <c r="Y21" s="29"/>
+      <c r="Z21" s="27"/>
+      <c r="AA21" s="27"/>
+      <c r="AB21" s="27"/>
+      <c r="AC21" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD21" s="317"/>
+    </row>
+    <row r="22" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="26"/>
+      <c r="B22" s="27"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F22" s="315"/>
+      <c r="G22" s="315"/>
+      <c r="H22" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I22" s="324" t="s">
+        <v>92</v>
+      </c>
+      <c r="J22" s="324"/>
+      <c r="K22" s="324"/>
+      <c r="L22" s="324"/>
+      <c r="M22" s="324"/>
+      <c r="N22" s="49">
+        <f>공연_음향반사판사용!$P$38</f>
+        <v>0</v>
+      </c>
+      <c r="O22" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P22" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q22" s="318">
+        <f>공연_음향반사판사용!O38</f>
+        <v>0</v>
+      </c>
+      <c r="R22" s="318"/>
+      <c r="S22" s="318"/>
+      <c r="T22" s="318"/>
+      <c r="U22" s="318"/>
+      <c r="V22" s="30"/>
+      <c r="W22" s="102"/>
+      <c r="X22" s="102"/>
+      <c r="Y22" s="29"/>
+      <c r="Z22" s="27"/>
+      <c r="AA22" s="27"/>
+      <c r="AB22" s="27"/>
+      <c r="AC22" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD22" s="317"/>
+    </row>
+    <row r="23" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="26"/>
+      <c r="B23" s="27"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F23" s="315"/>
+      <c r="G23" s="315"/>
+      <c r="H23" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I23" s="315" t="s">
+        <v>26</v>
+      </c>
+      <c r="J23" s="315"/>
+      <c r="K23" s="315"/>
+      <c r="L23" s="315"/>
+      <c r="M23" s="315"/>
+      <c r="N23" s="49">
+        <f>공연_음향반사판사용!$P$45</f>
+        <v>0</v>
+      </c>
+      <c r="O23" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P23" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q23" s="318">
+        <f>공연_음향반사판사용!O45</f>
+        <v>0</v>
+      </c>
+      <c r="R23" s="318"/>
+      <c r="S23" s="318"/>
+      <c r="T23" s="318"/>
+      <c r="U23" s="318"/>
+      <c r="V23" s="30"/>
+      <c r="W23" s="102"/>
+      <c r="X23" s="102"/>
+      <c r="Y23" s="29"/>
+      <c r="Z23" s="27"/>
+      <c r="AA23" s="27"/>
+      <c r="AB23" s="27"/>
+      <c r="AC23" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD23" s="317"/>
+    </row>
+    <row r="24" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="26"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="27"/>
+      <c r="D24" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F24" s="315"/>
+      <c r="G24" s="315"/>
+      <c r="H24" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I24" s="315" t="s">
+        <v>27</v>
+      </c>
+      <c r="J24" s="315"/>
+      <c r="K24" s="315"/>
+      <c r="L24" s="315"/>
+      <c r="M24" s="315"/>
+      <c r="N24" s="49">
+        <f>공연_음향반사판사용!$P$46</f>
+        <v>0</v>
+      </c>
+      <c r="O24" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P24" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q24" s="318">
+        <f>공연_음향반사판사용!O46</f>
+        <v>0</v>
+      </c>
+      <c r="R24" s="318"/>
+      <c r="S24" s="318"/>
+      <c r="T24" s="318"/>
+      <c r="U24" s="318"/>
+      <c r="V24" s="30"/>
+      <c r="W24" s="102"/>
+      <c r="X24" s="102"/>
+      <c r="Y24" s="29"/>
+      <c r="Z24" s="27"/>
+      <c r="AA24" s="27"/>
+      <c r="AB24" s="27"/>
+      <c r="AC24" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD24" s="317"/>
+    </row>
+    <row r="25" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A25" s="11"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
+      <c r="K25" s="13"/>
+      <c r="L25" s="13"/>
+      <c r="M25" s="13"/>
+      <c r="N25" s="13"/>
+      <c r="O25" s="13"/>
+      <c r="P25" s="13"/>
+      <c r="Q25" s="13"/>
+      <c r="R25" s="13"/>
+      <c r="S25" s="13"/>
+      <c r="T25" s="13"/>
+      <c r="U25" s="13"/>
+      <c r="V25" s="13"/>
+      <c r="W25" s="13"/>
+      <c r="X25" s="13"/>
+      <c r="Y25" s="13"/>
+      <c r="Z25" s="13"/>
+      <c r="AA25" s="13"/>
+      <c r="AB25" s="13"/>
+      <c r="AC25" s="13"/>
+      <c r="AD25" s="14"/>
+    </row>
+    <row r="26" spans="1:30" x14ac:dyDescent="0.3">
+      <c r="A26" s="11"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="E10" s="345" t="s">
+      <c r="D26" s="319" t="s">
         <v>74</v>
       </c>
-      <c r="F10" s="345"/>
-[...14 lines deleted...]
-      <c r="O10" s="28" t="s">
+      <c r="E26" s="319"/>
+      <c r="F26" s="319"/>
+      <c r="G26" s="319"/>
+      <c r="H26" s="25"/>
+      <c r="I26" s="25"/>
+      <c r="J26" s="25"/>
+      <c r="K26" s="25"/>
+      <c r="L26" s="25"/>
+      <c r="M26" s="25"/>
+      <c r="N26" s="25"/>
+      <c r="O26" s="25"/>
+      <c r="P26" s="25"/>
+      <c r="Q26" s="25"/>
+      <c r="R26" s="25"/>
+      <c r="S26" s="25"/>
+      <c r="T26" s="25"/>
+      <c r="U26" s="25"/>
+      <c r="V26" s="25"/>
+      <c r="W26" s="25"/>
+      <c r="X26" s="25"/>
+      <c r="Y26" s="25"/>
+      <c r="Z26" s="25"/>
+      <c r="AA26" s="25"/>
+      <c r="AB26" s="322">
+        <f>SUM(AB27:AD43)</f>
+        <v>0</v>
+      </c>
+      <c r="AC26" s="322"/>
+      <c r="AD26" s="323"/>
+    </row>
+    <row r="27" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="26"/>
+      <c r="B27" s="27"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" s="315" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="315"/>
+      <c r="G27" s="315"/>
+      <c r="H27" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I27" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="J27" s="29"/>
+      <c r="K27" s="29"/>
+      <c r="L27" s="320" t="s">
+        <v>75</v>
+      </c>
+      <c r="M27" s="320"/>
+      <c r="N27" s="27"/>
+      <c r="O27" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P27" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q27" s="318">
+        <v>165000</v>
+      </c>
+      <c r="R27" s="318"/>
+      <c r="S27" s="318"/>
+      <c r="T27" s="318"/>
+      <c r="U27" s="318"/>
+      <c r="V27" s="30"/>
+      <c r="W27" s="321"/>
+      <c r="X27" s="321"/>
+      <c r="Y27" s="27"/>
+      <c r="Z27" s="30"/>
+      <c r="AA27" s="102"/>
+      <c r="AB27" s="27"/>
+      <c r="AC27" s="316">
+        <f>N27*Q27</f>
+        <v>0</v>
+      </c>
+      <c r="AD27" s="317"/>
+    </row>
+    <row r="28" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="26"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="99"/>
+      <c r="F28" s="99"/>
+      <c r="G28" s="99"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="29"/>
+      <c r="J28" s="29"/>
+      <c r="K28" s="29"/>
+      <c r="L28" s="104"/>
+      <c r="M28" s="104"/>
+      <c r="N28" s="27"/>
+      <c r="O28" s="27"/>
+      <c r="P28" s="30"/>
+      <c r="Q28" s="98"/>
+      <c r="R28" s="98"/>
+      <c r="S28" s="98"/>
+      <c r="T28" s="98"/>
+      <c r="U28" s="98"/>
+      <c r="V28" s="30"/>
+      <c r="W28" s="102"/>
+      <c r="X28" s="102"/>
+      <c r="Y28" s="27"/>
+      <c r="Z28" s="30"/>
+      <c r="AA28" s="102"/>
+      <c r="AB28" s="27"/>
+      <c r="AC28" s="100"/>
+      <c r="AD28" s="101"/>
+    </row>
+    <row r="29" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="26"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F29" s="315"/>
+      <c r="G29" s="315"/>
+      <c r="H29" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I29" s="315" t="s">
+        <v>86</v>
+      </c>
+      <c r="J29" s="315"/>
+      <c r="K29" s="315"/>
+      <c r="L29" s="315"/>
+      <c r="M29" s="315"/>
+      <c r="N29" s="47">
+        <f>공연_음향반사판사용!M24</f>
+        <v>0</v>
+      </c>
+      <c r="O29" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P29" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q29" s="318">
+        <f>공연_음향반사판사용!L24</f>
+        <v>80000</v>
+      </c>
+      <c r="R29" s="318"/>
+      <c r="S29" s="318"/>
+      <c r="T29" s="318"/>
+      <c r="U29" s="318"/>
+      <c r="V29" s="30"/>
+      <c r="W29" s="102"/>
+      <c r="X29" s="102"/>
+      <c r="Y29" s="27"/>
+      <c r="Z29" s="27"/>
+      <c r="AA29" s="27"/>
+      <c r="AB29" s="27"/>
+      <c r="AC29" s="316">
+        <f>N29*Q29</f>
+        <v>0</v>
+      </c>
+      <c r="AD29" s="317"/>
+    </row>
+    <row r="30" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="26"/>
+      <c r="B30" s="27"/>
+      <c r="C30" s="27"/>
+      <c r="D30" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F30" s="315"/>
+      <c r="G30" s="315"/>
+      <c r="H30" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I30" s="315" t="s">
+        <v>85</v>
+      </c>
+      <c r="J30" s="315"/>
+      <c r="K30" s="315"/>
+      <c r="L30" s="315"/>
+      <c r="M30" s="315"/>
+      <c r="N30" s="47">
+        <f>공연_음향반사판사용!M25</f>
+        <v>0</v>
+      </c>
+      <c r="O30" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P30" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q30" s="318">
+        <f>공연_음향반사판사용!L25</f>
+        <v>30000</v>
+      </c>
+      <c r="R30" s="318"/>
+      <c r="S30" s="318"/>
+      <c r="T30" s="318"/>
+      <c r="U30" s="318"/>
+      <c r="V30" s="30"/>
+      <c r="W30" s="102"/>
+      <c r="X30" s="102"/>
+      <c r="Y30" s="27"/>
+      <c r="Z30" s="27"/>
+      <c r="AA30" s="27"/>
+      <c r="AB30" s="27"/>
+      <c r="AC30" s="316">
+        <f t="shared" ref="AC30:AC41" si="1">N30*Q30</f>
+        <v>0</v>
+      </c>
+      <c r="AD30" s="317"/>
+    </row>
+    <row r="31" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="26"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F31" s="315"/>
+      <c r="G31" s="315"/>
+      <c r="H31" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I31" s="315" t="s">
+        <v>87</v>
+      </c>
+      <c r="J31" s="315"/>
+      <c r="K31" s="315"/>
+      <c r="L31" s="315"/>
+      <c r="M31" s="315"/>
+      <c r="N31" s="47">
+        <f>공연_음향반사판사용!M26</f>
+        <v>0</v>
+      </c>
+      <c r="O31" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P31" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q31" s="318">
+        <f>공연_음향반사판사용!L26</f>
+        <v>40000</v>
+      </c>
+      <c r="R31" s="318"/>
+      <c r="S31" s="318"/>
+      <c r="T31" s="318"/>
+      <c r="U31" s="318"/>
+      <c r="V31" s="30"/>
+      <c r="W31" s="102"/>
+      <c r="X31" s="102"/>
+      <c r="Y31" s="27"/>
+      <c r="Z31" s="27"/>
+      <c r="AA31" s="27"/>
+      <c r="AB31" s="27"/>
+      <c r="AC31" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD31" s="317"/>
+    </row>
+    <row r="32" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="26"/>
+      <c r="B32" s="27"/>
+      <c r="C32" s="27"/>
+      <c r="D32" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I32" s="315" t="s">
+        <v>88</v>
+      </c>
+      <c r="J32" s="315"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="47">
+        <f>공연_음향반사판사용!M32</f>
+        <v>0</v>
+      </c>
+      <c r="O32" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P32" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q32" s="318">
+        <f>공연_음향반사판사용!L32</f>
+        <v>30000</v>
+      </c>
+      <c r="R32" s="318"/>
+      <c r="S32" s="318"/>
+      <c r="T32" s="318"/>
+      <c r="U32" s="318"/>
+      <c r="V32" s="30"/>
+      <c r="W32" s="102"/>
+      <c r="X32" s="102"/>
+      <c r="Y32" s="27"/>
+      <c r="Z32" s="27"/>
+      <c r="AA32" s="27"/>
+      <c r="AB32" s="27"/>
+      <c r="AC32" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD32" s="317"/>
+    </row>
+    <row r="33" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="26"/>
+      <c r="B33" s="27"/>
+      <c r="C33" s="27"/>
+      <c r="D33" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F33" s="315"/>
+      <c r="G33" s="315"/>
+      <c r="H33" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I33" s="315" t="s">
+        <v>90</v>
+      </c>
+      <c r="J33" s="315"/>
+      <c r="K33" s="315"/>
+      <c r="L33" s="315"/>
+      <c r="M33" s="315"/>
+      <c r="N33" s="47">
+        <f>공연_음향반사판사용!M33</f>
+        <v>0</v>
+      </c>
+      <c r="O33" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P33" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q33" s="318">
+        <f>공연_음향반사판사용!L33</f>
+        <v>10000</v>
+      </c>
+      <c r="R33" s="318"/>
+      <c r="S33" s="318"/>
+      <c r="T33" s="318"/>
+      <c r="U33" s="318"/>
+      <c r="V33" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="W33" s="102">
+        <f>공연_음향반사판사용!H33</f>
+        <v>3</v>
+      </c>
+      <c r="X33" s="102" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y33" s="29"/>
+      <c r="Z33" s="27"/>
+      <c r="AA33" s="27"/>
+      <c r="AB33" s="27"/>
+      <c r="AC33" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD33" s="317"/>
+    </row>
+    <row r="34" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="26"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E34" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F34" s="315"/>
+      <c r="G34" s="315"/>
+      <c r="H34" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I34" s="315" t="s">
+        <v>89</v>
+      </c>
+      <c r="J34" s="315"/>
+      <c r="K34" s="315"/>
+      <c r="L34" s="315"/>
+      <c r="M34" s="315"/>
+      <c r="N34" s="47">
+        <f>공연_음향반사판사용!M34</f>
+        <v>0</v>
+      </c>
+      <c r="O34" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P34" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q34" s="318">
+        <f>공연_음향반사판사용!L34</f>
+        <v>20000</v>
+      </c>
+      <c r="R34" s="318"/>
+      <c r="S34" s="318"/>
+      <c r="T34" s="318"/>
+      <c r="U34" s="318"/>
+      <c r="V34" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="W34" s="102">
+        <f>공연_음향반사판사용!H34</f>
+        <v>2</v>
+      </c>
+      <c r="X34" s="102" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y34" s="29"/>
+      <c r="Z34" s="27"/>
+      <c r="AA34" s="27"/>
+      <c r="AB34" s="27"/>
+      <c r="AC34" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD34" s="317"/>
+    </row>
+    <row r="35" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="26"/>
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F35" s="315"/>
+      <c r="G35" s="315"/>
+      <c r="H35" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I35" s="315" t="s">
+        <v>91</v>
+      </c>
+      <c r="J35" s="315"/>
+      <c r="K35" s="315"/>
+      <c r="L35" s="315"/>
+      <c r="M35" s="315"/>
+      <c r="N35" s="47">
+        <f>공연_음향반사판사용!M35</f>
+        <v>0</v>
+      </c>
+      <c r="O35" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P35" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q35" s="318">
+        <f>공연_음향반사판사용!L35</f>
+        <v>10000</v>
+      </c>
+      <c r="R35" s="318"/>
+      <c r="S35" s="318"/>
+      <c r="T35" s="318"/>
+      <c r="U35" s="318"/>
+      <c r="V35" s="30"/>
+      <c r="W35" s="102"/>
+      <c r="X35" s="102"/>
+      <c r="Y35" s="27"/>
+      <c r="Z35" s="27"/>
+      <c r="AA35" s="27"/>
+      <c r="AB35" s="27"/>
+      <c r="AC35" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD35" s="317"/>
+    </row>
+    <row r="36" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="26"/>
+      <c r="B36" s="27"/>
+      <c r="C36" s="27"/>
+      <c r="D36" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E36" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F36" s="315"/>
+      <c r="G36" s="315"/>
+      <c r="H36" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I36" s="324" t="s">
+        <v>22</v>
+      </c>
+      <c r="J36" s="324"/>
+      <c r="K36" s="324"/>
+      <c r="L36" s="324"/>
+      <c r="M36" s="324"/>
+      <c r="N36" s="47">
+        <f>공연_음향반사판사용!M36</f>
+        <v>0</v>
+      </c>
+      <c r="O36" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P36" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q36" s="318">
+        <f>공연_음향반사판사용!L36</f>
+        <v>20000</v>
+      </c>
+      <c r="R36" s="318"/>
+      <c r="S36" s="318"/>
+      <c r="T36" s="318"/>
+      <c r="U36" s="318"/>
+      <c r="V36" s="30"/>
+      <c r="W36" s="102"/>
+      <c r="X36" s="102"/>
+      <c r="Y36" s="27"/>
+      <c r="Z36" s="27"/>
+      <c r="AA36" s="27"/>
+      <c r="AB36" s="27"/>
+      <c r="AC36" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD36" s="317"/>
+    </row>
+    <row r="37" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="26"/>
+      <c r="B37" s="27"/>
+      <c r="C37" s="27"/>
+      <c r="D37" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F37" s="315"/>
+      <c r="G37" s="315"/>
+      <c r="H37" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I37" s="324" t="s">
+        <v>92</v>
+      </c>
+      <c r="J37" s="324"/>
+      <c r="K37" s="324"/>
+      <c r="L37" s="324"/>
+      <c r="M37" s="324"/>
+      <c r="N37" s="47">
+        <f>공연_음향반사판사용!M38</f>
+        <v>0</v>
+      </c>
+      <c r="O37" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P37" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q37" s="318">
+        <f>공연_음향반사판사용!L38</f>
+        <v>30000</v>
+      </c>
+      <c r="R37" s="318"/>
+      <c r="S37" s="318"/>
+      <c r="T37" s="318"/>
+      <c r="U37" s="318"/>
+      <c r="V37" s="30"/>
+      <c r="W37" s="102"/>
+      <c r="X37" s="102"/>
+      <c r="Y37" s="27"/>
+      <c r="Z37" s="27"/>
+      <c r="AA37" s="27"/>
+      <c r="AB37" s="27"/>
+      <c r="AC37" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD37" s="317"/>
+    </row>
+    <row r="38" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="26"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E38" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F38" s="315"/>
+      <c r="G38" s="315"/>
+      <c r="H38" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I38" s="315" t="s">
+        <v>93</v>
+      </c>
+      <c r="J38" s="315"/>
+      <c r="K38" s="315"/>
+      <c r="L38" s="315"/>
+      <c r="M38" s="315"/>
+      <c r="N38" s="47">
+        <f>공연_음향반사판사용!M40</f>
+        <v>0</v>
+      </c>
+      <c r="O38" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P38" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q38" s="318">
+        <f>공연_음향반사판사용!L40</f>
+        <v>10000</v>
+      </c>
+      <c r="R38" s="318"/>
+      <c r="S38" s="318"/>
+      <c r="T38" s="318"/>
+      <c r="U38" s="318"/>
+      <c r="V38" s="30"/>
+      <c r="W38" s="102"/>
+      <c r="X38" s="102"/>
+      <c r="Y38" s="27"/>
+      <c r="Z38" s="27"/>
+      <c r="AA38" s="27"/>
+      <c r="AB38" s="27"/>
+      <c r="AC38" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD38" s="317"/>
+    </row>
+    <row r="39" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="26"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F39" s="315"/>
+      <c r="G39" s="315"/>
+      <c r="H39" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I39" s="315" t="s">
+        <v>94</v>
+      </c>
+      <c r="J39" s="315"/>
+      <c r="K39" s="315"/>
+      <c r="L39" s="315"/>
+      <c r="M39" s="315"/>
+      <c r="N39" s="47">
+        <f>공연_음향반사판사용!M41</f>
+        <v>0</v>
+      </c>
+      <c r="O39" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P39" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q39" s="318">
+        <f>공연_음향반사판사용!L41</f>
+        <v>30000</v>
+      </c>
+      <c r="R39" s="318"/>
+      <c r="S39" s="318"/>
+      <c r="T39" s="318"/>
+      <c r="U39" s="318"/>
+      <c r="V39" s="30"/>
+      <c r="W39" s="102"/>
+      <c r="X39" s="102"/>
+      <c r="Y39" s="27"/>
+      <c r="Z39" s="27"/>
+      <c r="AA39" s="27"/>
+      <c r="AB39" s="27"/>
+      <c r="AC39" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD39" s="317"/>
+    </row>
+    <row r="40" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="26"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F40" s="315"/>
+      <c r="G40" s="315"/>
+      <c r="H40" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I40" s="315" t="s">
+        <v>95</v>
+      </c>
+      <c r="J40" s="315"/>
+      <c r="K40" s="315"/>
+      <c r="L40" s="315"/>
+      <c r="M40" s="315"/>
+      <c r="N40" s="47">
+        <f>공연_음향반사판사용!M44</f>
+        <v>0</v>
+      </c>
+      <c r="O40" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P40" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q40" s="318">
+        <f>공연_음향반사판사용!L44</f>
+        <v>130000</v>
+      </c>
+      <c r="R40" s="318"/>
+      <c r="S40" s="318"/>
+      <c r="T40" s="318"/>
+      <c r="U40" s="318"/>
+      <c r="V40" s="30"/>
+      <c r="W40" s="102"/>
+      <c r="X40" s="102"/>
+      <c r="Y40" s="27"/>
+      <c r="Z40" s="27"/>
+      <c r="AA40" s="27"/>
+      <c r="AB40" s="27"/>
+      <c r="AC40" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD40" s="317"/>
+    </row>
+    <row r="41" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="26"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F41" s="315"/>
+      <c r="G41" s="315"/>
+      <c r="H41" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I41" s="315" t="s">
+        <v>26</v>
+      </c>
+      <c r="J41" s="315"/>
+      <c r="K41" s="315"/>
+      <c r="L41" s="315"/>
+      <c r="M41" s="315"/>
+      <c r="N41" s="47">
+        <f>공연_음향반사판사용!M45</f>
+        <v>0</v>
+      </c>
+      <c r="O41" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P41" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q41" s="318">
+        <f>공연_음향반사판사용!L45</f>
+        <v>0</v>
+      </c>
+      <c r="R41" s="318"/>
+      <c r="S41" s="318"/>
+      <c r="T41" s="318"/>
+      <c r="U41" s="318"/>
+      <c r="V41" s="30"/>
+      <c r="W41" s="102"/>
+      <c r="X41" s="102"/>
+      <c r="Y41" s="27"/>
+      <c r="Z41" s="27"/>
+      <c r="AA41" s="27"/>
+      <c r="AB41" s="27"/>
+      <c r="AC41" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD41" s="317"/>
+    </row>
+    <row r="42" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="26"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F42" s="315"/>
+      <c r="G42" s="315"/>
+      <c r="H42" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I42" s="315" t="s">
+        <v>27</v>
+      </c>
+      <c r="J42" s="315"/>
+      <c r="K42" s="315"/>
+      <c r="L42" s="315"/>
+      <c r="M42" s="315"/>
+      <c r="N42" s="47">
+        <f>공연_음향반사판사용!M46</f>
+        <v>0</v>
+      </c>
+      <c r="O42" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P42" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q42" s="318">
+        <f>공연_음향반사판사용!L46</f>
+        <v>0</v>
+      </c>
+      <c r="R42" s="318"/>
+      <c r="S42" s="318"/>
+      <c r="T42" s="318"/>
+      <c r="U42" s="318"/>
+      <c r="V42" s="30"/>
+      <c r="W42" s="102"/>
+      <c r="X42" s="29"/>
+      <c r="Y42" s="27"/>
+      <c r="Z42" s="27"/>
+      <c r="AA42" s="27"/>
+      <c r="AB42" s="27"/>
+      <c r="AC42" s="316">
+        <f>N42*Q42</f>
+        <v>0</v>
+      </c>
+      <c r="AD42" s="317"/>
+    </row>
+    <row r="43" spans="1:31" x14ac:dyDescent="0.3">
+      <c r="A43" s="11"/>
+      <c r="B43" s="13"/>
+      <c r="C43" s="13"/>
+      <c r="D43" s="13"/>
+      <c r="E43" s="13"/>
+      <c r="F43" s="13"/>
+      <c r="G43" s="13"/>
+      <c r="H43" s="13"/>
+      <c r="I43" s="13"/>
+      <c r="J43" s="13"/>
+      <c r="K43" s="13"/>
+      <c r="L43" s="13"/>
+      <c r="M43" s="13"/>
+      <c r="N43" s="13"/>
+      <c r="O43" s="13"/>
+      <c r="P43" s="13"/>
+      <c r="Q43" s="13"/>
+      <c r="R43" s="13"/>
+      <c r="S43" s="13"/>
+      <c r="T43" s="13"/>
+      <c r="U43" s="13"/>
+      <c r="V43" s="13"/>
+      <c r="W43" s="13"/>
+      <c r="X43" s="13"/>
+      <c r="Y43" s="13"/>
+      <c r="Z43" s="13"/>
+      <c r="AA43" s="13"/>
+      <c r="AB43" s="13"/>
+      <c r="AC43" s="13"/>
+      <c r="AD43" s="14"/>
+      <c r="AE43" s="40"/>
+    </row>
+    <row r="44" spans="1:31" x14ac:dyDescent="0.3">
+      <c r="A44" s="11"/>
+      <c r="B44" s="13"/>
+      <c r="C44" s="41" t="s">
         <v>76</v>
       </c>
-      <c r="P10" s="31" t="s">
+      <c r="D44" s="333" t="s">
         <v>77</v>
       </c>
-      <c r="Q10" s="327">
-[...141 lines deleted...]
-      <c r="E14" s="324" t="s">
+      <c r="E44" s="333"/>
+      <c r="F44" s="333"/>
+      <c r="G44" s="333"/>
+      <c r="H44" s="333"/>
+      <c r="I44" s="333"/>
+      <c r="J44" s="333"/>
+      <c r="K44" s="333"/>
+      <c r="L44" s="333"/>
+      <c r="M44" s="333"/>
+      <c r="N44" s="41"/>
+      <c r="O44" s="41"/>
+      <c r="P44" s="41"/>
+      <c r="Q44" s="41"/>
+      <c r="R44" s="41"/>
+      <c r="S44" s="41"/>
+      <c r="T44" s="41"/>
+      <c r="U44" s="41"/>
+      <c r="V44" s="41"/>
+      <c r="W44" s="41"/>
+      <c r="X44" s="41"/>
+      <c r="Y44" s="41"/>
+      <c r="Z44" s="41"/>
+      <c r="AA44" s="334">
+        <f>AB9+AB26</f>
+        <v>0</v>
+      </c>
+      <c r="AB44" s="334"/>
+      <c r="AC44" s="334"/>
+      <c r="AD44" s="335"/>
+      <c r="AE44" s="40"/>
+    </row>
+    <row r="45" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A45" s="26"/>
+      <c r="B45" s="27"/>
+      <c r="C45" s="27"/>
+      <c r="D45" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" s="336" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" s="336"/>
+      <c r="G45" s="336"/>
+      <c r="H45" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I45" s="337">
+        <f>SUM(AC10:AD13)+SUM(AC27:AD28)</f>
+        <v>0</v>
+      </c>
+      <c r="J45" s="337"/>
+      <c r="K45" s="337"/>
+      <c r="L45" s="337"/>
+      <c r="M45" s="337"/>
+      <c r="N45" s="29"/>
+      <c r="O45" s="104"/>
+      <c r="P45" s="104"/>
+      <c r="Q45" s="104"/>
+      <c r="R45" s="104"/>
+      <c r="S45" s="104"/>
+      <c r="T45" s="104"/>
+      <c r="U45" s="104"/>
+      <c r="V45" s="27"/>
+      <c r="W45" s="27"/>
+      <c r="X45" s="27"/>
+      <c r="Y45" s="27"/>
+      <c r="Z45" s="27"/>
+      <c r="AA45" s="27"/>
+      <c r="AB45" s="27"/>
+      <c r="AC45" s="27"/>
+      <c r="AD45" s="42"/>
+    </row>
+    <row r="46" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A46" s="26"/>
+      <c r="B46" s="27"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F46" s="315"/>
+      <c r="G46" s="315"/>
+      <c r="H46" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I46" s="337">
+        <f>SUM(AC14:AD25)+SUM(AC29:AD43)</f>
+        <v>0</v>
+      </c>
+      <c r="J46" s="337"/>
+      <c r="K46" s="337"/>
+      <c r="L46" s="337"/>
+      <c r="M46" s="337"/>
+      <c r="N46" s="29"/>
+      <c r="O46" s="104"/>
+      <c r="P46" s="104"/>
+      <c r="Q46" s="104"/>
+      <c r="R46" s="104"/>
+      <c r="S46" s="104"/>
+      <c r="T46" s="104"/>
+      <c r="U46" s="104"/>
+      <c r="V46" s="27"/>
+      <c r="W46" s="27"/>
+      <c r="X46" s="27"/>
+      <c r="Y46" s="27"/>
+      <c r="Z46" s="27"/>
+      <c r="AA46" s="27"/>
+      <c r="AB46" s="27"/>
+      <c r="AC46" s="27"/>
+      <c r="AD46" s="42"/>
+    </row>
+    <row r="47" spans="1:31" x14ac:dyDescent="0.3">
+      <c r="A47" s="11"/>
+      <c r="B47" s="13"/>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="13"/>
+      <c r="F47" s="13"/>
+      <c r="G47" s="13"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="13"/>
+      <c r="K47" s="13"/>
+      <c r="L47" s="13"/>
+      <c r="M47" s="13"/>
+      <c r="N47" s="13"/>
+      <c r="O47" s="13"/>
+      <c r="P47" s="13"/>
+      <c r="Q47" s="13"/>
+      <c r="R47" s="13"/>
+      <c r="S47" s="13"/>
+      <c r="T47" s="13"/>
+      <c r="U47" s="13"/>
+      <c r="V47" s="13"/>
+      <c r="W47" s="13"/>
+      <c r="X47" s="13"/>
+      <c r="Y47" s="13"/>
+      <c r="Z47" s="13"/>
+      <c r="AA47" s="13"/>
+      <c r="AB47" s="13"/>
+      <c r="AC47" s="13"/>
+      <c r="AD47" s="14"/>
+    </row>
+    <row r="48" spans="1:31" x14ac:dyDescent="0.3">
+      <c r="A48" s="11"/>
+      <c r="B48" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="F14" s="324"/>
-[...625 lines deleted...]
-      <c r="C26" s="26" t="s">
+      <c r="C48" s="325" t="s">
         <v>79</v>
       </c>
-      <c r="D26" s="328" t="s">
+      <c r="D48" s="325"/>
+      <c r="E48" s="325"/>
+      <c r="F48" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="G48" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="E26" s="328"/>
-[...49 lines deleted...]
-      <c r="L27" s="329" t="s">
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
+      <c r="L48" s="13"/>
+      <c r="M48" s="13"/>
+      <c r="N48" s="13"/>
+      <c r="O48" s="13"/>
+      <c r="P48" s="13"/>
+      <c r="Q48" s="13"/>
+      <c r="R48" s="13"/>
+      <c r="S48" s="13"/>
+      <c r="T48" s="13"/>
+      <c r="U48" s="13"/>
+      <c r="V48" s="13"/>
+      <c r="W48" s="13"/>
+      <c r="X48" s="13"/>
+      <c r="Y48" s="13"/>
+      <c r="Z48" s="13"/>
+      <c r="AA48" s="13"/>
+      <c r="AB48" s="13"/>
+      <c r="AC48" s="13"/>
+      <c r="AD48" s="14"/>
+    </row>
+    <row r="49" spans="1:30" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="11"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="326" t="s">
         <v>81</v>
       </c>
-      <c r="M27" s="329"/>
-[...851 lines deleted...]
-      <c r="C44" s="42" t="s">
+      <c r="H49" s="326"/>
+      <c r="I49" s="326"/>
+      <c r="J49" s="326"/>
+      <c r="K49" s="326"/>
+      <c r="L49" s="326"/>
+      <c r="M49" s="326"/>
+      <c r="N49" s="326"/>
+      <c r="O49" s="326"/>
+      <c r="P49" s="326"/>
+      <c r="Q49" s="326"/>
+      <c r="R49" s="326"/>
+      <c r="S49" s="326"/>
+      <c r="T49" s="326"/>
+      <c r="U49" s="326"/>
+      <c r="V49" s="326"/>
+      <c r="W49" s="326"/>
+      <c r="X49" s="326"/>
+      <c r="Y49" s="326"/>
+      <c r="Z49" s="326"/>
+      <c r="AA49" s="326"/>
+      <c r="AB49" s="326"/>
+      <c r="AC49" s="105"/>
+      <c r="AD49" s="14"/>
+    </row>
+    <row r="50" spans="1:30" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="11"/>
+      <c r="B50" s="13"/>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="13"/>
+      <c r="G50" s="105"/>
+      <c r="H50" s="105"/>
+      <c r="I50" s="105"/>
+      <c r="J50" s="105"/>
+      <c r="K50" s="105"/>
+      <c r="L50" s="105"/>
+      <c r="M50" s="105"/>
+      <c r="N50" s="105"/>
+      <c r="O50" s="105"/>
+      <c r="P50" s="105"/>
+      <c r="Q50" s="105"/>
+      <c r="R50" s="105"/>
+      <c r="S50" s="105"/>
+      <c r="T50" s="105"/>
+      <c r="U50" s="105"/>
+      <c r="V50" s="105"/>
+      <c r="W50" s="105"/>
+      <c r="X50" s="105"/>
+      <c r="Y50" s="105"/>
+      <c r="Z50" s="105"/>
+      <c r="AA50" s="105"/>
+      <c r="AB50" s="105"/>
+      <c r="AC50" s="105"/>
+      <c r="AD50" s="14"/>
+    </row>
+    <row r="51" spans="1:30" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="11"/>
+      <c r="B51" s="327" t="s">
         <v>82</v>
       </c>
-      <c r="D44" s="342" t="s">
-[...285 lines deleted...]
-      <c r="AD51" s="15"/>
+      <c r="C51" s="328"/>
+      <c r="D51" s="328"/>
+      <c r="E51" s="328"/>
+      <c r="F51" s="328"/>
+      <c r="G51" s="328"/>
+      <c r="H51" s="328"/>
+      <c r="I51" s="328"/>
+      <c r="J51" s="328"/>
+      <c r="K51" s="328"/>
+      <c r="L51" s="328"/>
+      <c r="M51" s="328"/>
+      <c r="N51" s="328"/>
+      <c r="O51" s="328"/>
+      <c r="P51" s="328"/>
+      <c r="Q51" s="328"/>
+      <c r="R51" s="328"/>
+      <c r="S51" s="328"/>
+      <c r="T51" s="328"/>
+      <c r="U51" s="328"/>
+      <c r="V51" s="328"/>
+      <c r="W51" s="328"/>
+      <c r="X51" s="328"/>
+      <c r="Y51" s="328"/>
+      <c r="Z51" s="328"/>
+      <c r="AA51" s="328"/>
+      <c r="AB51" s="328"/>
+      <c r="AC51" s="329"/>
+      <c r="AD51" s="14"/>
     </row>
     <row r="52" spans="1:30" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="45"/>
-[...28 lines deleted...]
-      <c r="AD52" s="47"/>
+      <c r="A52" s="44"/>
+      <c r="B52" s="45"/>
+      <c r="C52" s="45"/>
+      <c r="D52" s="45"/>
+      <c r="E52" s="45"/>
+      <c r="F52" s="45"/>
+      <c r="G52" s="45"/>
+      <c r="H52" s="45"/>
+      <c r="I52" s="45"/>
+      <c r="J52" s="45"/>
+      <c r="K52" s="45"/>
+      <c r="L52" s="45"/>
+      <c r="M52" s="45"/>
+      <c r="N52" s="45"/>
+      <c r="O52" s="45"/>
+      <c r="P52" s="45"/>
+      <c r="Q52" s="45"/>
+      <c r="R52" s="45"/>
+      <c r="S52" s="45"/>
+      <c r="T52" s="45"/>
+      <c r="U52" s="45"/>
+      <c r="V52" s="45"/>
+      <c r="W52" s="45"/>
+      <c r="X52" s="45"/>
+      <c r="Y52" s="45"/>
+      <c r="Z52" s="45"/>
+      <c r="AA52" s="45"/>
+      <c r="AB52" s="45"/>
+      <c r="AC52" s="45"/>
+      <c r="AD52" s="46"/>
     </row>
     <row r="53" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="54" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="55" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="56" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="136">
     <mergeCell ref="C48:E48"/>
     <mergeCell ref="G49:AB49"/>
     <mergeCell ref="B51:AC51"/>
     <mergeCell ref="D44:M44"/>
     <mergeCell ref="AA44:AD44"/>
     <mergeCell ref="E45:G45"/>
     <mergeCell ref="I45:M45"/>
     <mergeCell ref="E46:G46"/>
     <mergeCell ref="I46:M46"/>
     <mergeCell ref="E41:G41"/>
     <mergeCell ref="I41:M41"/>
     <mergeCell ref="Q41:U41"/>
     <mergeCell ref="AC41:AD41"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I42:M42"/>
     <mergeCell ref="Q42:U42"/>
     <mergeCell ref="AC42:AD42"/>
     <mergeCell ref="E39:G39"/>
@@ -13844,4279 +13227,4241 @@
     <mergeCell ref="W14:X14"/>
     <mergeCell ref="AC14:AD14"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="D9:G9"/>
     <mergeCell ref="AB9:AD9"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="Q10:U10"/>
     <mergeCell ref="W10:X10"/>
     <mergeCell ref="AC10:AD10"/>
     <mergeCell ref="A1:AD1"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="M6:P6"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:AC50"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:V49"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="R12" sqref="R12"/>
+    <sheetView topLeftCell="A13" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="P44" activeCellId="11" sqref="F3:T5 J6 P12:P19 S12:S14 S16:S18 M12:M14 M16:M18 M25:M37 P25:P37 P38 M38:M45 P44:P45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.375" style="1" customWidth="1"/>
     <col min="3" max="5" width="1.75" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.875" style="1" customWidth="1"/>
     <col min="9" max="9" width="3.75" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.625" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.625" style="1" customWidth="1"/>
     <col min="12" max="12" width="12.125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="4.875" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="4.875" style="1" customWidth="1"/>
     <col min="17" max="17" width="5.625" style="1" customWidth="1"/>
     <col min="18" max="18" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="4.625" style="1" customWidth="1"/>
     <col min="20" max="20" width="22.625" style="1" customWidth="1"/>
     <col min="21" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="302" t="s">
+      <c r="A1" s="290" t="s">
+        <v>104</v>
+      </c>
+      <c r="B1" s="290"/>
+      <c r="C1" s="290"/>
+      <c r="D1" s="290"/>
+      <c r="E1" s="290"/>
+      <c r="F1" s="290"/>
+      <c r="G1" s="290"/>
+      <c r="H1" s="290"/>
+      <c r="I1" s="290"/>
+      <c r="J1" s="290"/>
+      <c r="K1" s="290"/>
+      <c r="L1" s="290"/>
+      <c r="M1" s="290"/>
+      <c r="N1" s="290"/>
+      <c r="O1" s="290"/>
+      <c r="P1" s="290"/>
+      <c r="Q1" s="290"/>
+      <c r="R1" s="290"/>
+      <c r="S1" s="290"/>
+      <c r="T1" s="290"/>
+    </row>
+    <row r="2" spans="1:20" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="3" spans="1:20" s="8" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="158" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" s="342" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" s="342"/>
+      <c r="D3" s="342"/>
+      <c r="E3" s="159" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" s="343"/>
+      <c r="G3" s="343"/>
+      <c r="H3" s="343"/>
+      <c r="I3" s="343"/>
+      <c r="J3" s="343"/>
+      <c r="K3" s="343"/>
+      <c r="L3" s="343"/>
+      <c r="M3" s="343"/>
+      <c r="N3" s="343"/>
+      <c r="O3" s="343"/>
+      <c r="P3" s="343"/>
+      <c r="Q3" s="343"/>
+      <c r="R3" s="343"/>
+      <c r="S3" s="343"/>
+      <c r="T3" s="343"/>
+    </row>
+    <row r="4" spans="1:20" s="8" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="342" t="s">
+        <v>108</v>
+      </c>
+      <c r="C4" s="342"/>
+      <c r="D4" s="342"/>
+      <c r="E4" s="159" t="s">
+        <v>107</v>
+      </c>
+      <c r="F4" s="343"/>
+      <c r="G4" s="343"/>
+      <c r="H4" s="343"/>
+      <c r="I4" s="343"/>
+      <c r="J4" s="343"/>
+      <c r="K4" s="343"/>
+      <c r="L4" s="343"/>
+      <c r="M4" s="343"/>
+      <c r="N4" s="343"/>
+      <c r="O4" s="343"/>
+      <c r="P4" s="343"/>
+      <c r="Q4" s="343"/>
+      <c r="R4" s="343"/>
+      <c r="S4" s="343"/>
+      <c r="T4" s="343"/>
+    </row>
+    <row r="5" spans="1:20" s="8" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="342" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" s="342"/>
+      <c r="D5" s="342"/>
+      <c r="E5" s="159" t="s">
+        <v>107</v>
+      </c>
+      <c r="F5" s="345"/>
+      <c r="G5" s="343"/>
+      <c r="H5" s="343"/>
+      <c r="I5" s="343"/>
+      <c r="J5" s="343"/>
+      <c r="K5" s="343"/>
+      <c r="L5" s="343"/>
+      <c r="M5" s="343"/>
+      <c r="N5" s="343"/>
+      <c r="O5" s="343"/>
+      <c r="P5" s="343"/>
+      <c r="Q5" s="343"/>
+      <c r="R5" s="343"/>
+      <c r="S5" s="343"/>
+      <c r="T5" s="343"/>
+    </row>
+    <row r="6" spans="1:20" s="8" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="158"/>
+      <c r="B6" s="159"/>
+      <c r="C6" s="159"/>
+      <c r="D6" s="159"/>
+      <c r="E6" s="343" t="s">
         <v>110</v>
       </c>
-      <c r="B1" s="302"/>
-[...21 lines deleted...]
-      <c r="A3" s="8" t="s">
+      <c r="F6" s="343"/>
+      <c r="G6" s="343"/>
+      <c r="H6" s="343"/>
+      <c r="I6" s="343"/>
+      <c r="J6" s="160"/>
+      <c r="K6" s="161" t="s">
         <v>111</v>
       </c>
-      <c r="B3" s="303" t="s">
+      <c r="L6" s="161"/>
+      <c r="M6" s="161"/>
+      <c r="N6" s="161"/>
+      <c r="O6" s="161"/>
+      <c r="P6" s="161"/>
+      <c r="Q6" s="161"/>
+      <c r="R6" s="161"/>
+      <c r="S6" s="161"/>
+      <c r="T6" s="161"/>
+    </row>
+    <row r="7" spans="1:20" s="8" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="342" t="s">
         <v>112</v>
       </c>
-      <c r="C3" s="303"/>
-[...1 lines deleted...]
-      <c r="E3" s="153" t="s">
+      <c r="C7" s="342"/>
+      <c r="D7" s="342"/>
+      <c r="E7" s="159" t="s">
+        <v>107</v>
+      </c>
+      <c r="F7" s="344" t="str">
+        <f>TEXT(J20+J46, "###,###")&amp;" 원"</f>
+        <v xml:space="preserve"> 원</v>
+      </c>
+      <c r="G7" s="344"/>
+      <c r="H7" s="344"/>
+      <c r="I7" s="344"/>
+      <c r="J7" s="344"/>
+      <c r="K7" s="344"/>
+      <c r="L7" s="344"/>
+      <c r="M7" s="344"/>
+      <c r="N7" s="344"/>
+      <c r="O7" s="344"/>
+      <c r="P7" s="344"/>
+      <c r="Q7" s="344"/>
+      <c r="R7" s="344"/>
+      <c r="S7" s="344"/>
+      <c r="T7" s="344"/>
+    </row>
+    <row r="8" spans="1:20" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="158" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="342" t="s">
         <v>113</v>
       </c>
-      <c r="F3" s="305"/>
-[...16 lines deleted...]
-      <c r="A4" s="8" t="s">
+      <c r="C8" s="342"/>
+      <c r="D8" s="342"/>
+      <c r="E8" s="159"/>
+      <c r="F8" s="159"/>
+      <c r="G8" s="159"/>
+      <c r="H8" s="159"/>
+      <c r="I8" s="344"/>
+      <c r="J8" s="344"/>
+      <c r="K8" s="344"/>
+      <c r="L8" s="344"/>
+      <c r="M8" s="344"/>
+      <c r="N8" s="344"/>
+      <c r="O8" s="344"/>
+      <c r="P8" s="344"/>
+      <c r="Q8" s="344"/>
+      <c r="R8" s="344"/>
+      <c r="S8" s="344"/>
+      <c r="T8" s="344"/>
+    </row>
+    <row r="9" spans="1:20" s="3" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="268" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="269"/>
+      <c r="C9" s="269"/>
+      <c r="D9" s="269"/>
+      <c r="E9" s="269"/>
+      <c r="F9" s="269"/>
+      <c r="G9" s="269"/>
+      <c r="H9" s="269"/>
+      <c r="I9" s="269"/>
+    </row>
+    <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="303" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="260"/>
+      <c r="C10" s="260"/>
+      <c r="D10" s="304"/>
+      <c r="E10" s="304"/>
+      <c r="F10" s="304"/>
+      <c r="G10" s="304"/>
+      <c r="H10" s="304"/>
+      <c r="I10" s="304"/>
+      <c r="J10" s="307" t="s">
+        <v>13</v>
+      </c>
+      <c r="K10" s="201" t="s">
+        <v>15</v>
+      </c>
+      <c r="L10" s="202"/>
+      <c r="M10" s="203"/>
+      <c r="N10" s="204" t="s">
+        <v>44</v>
+      </c>
+      <c r="O10" s="202"/>
+      <c r="P10" s="205"/>
+      <c r="Q10" s="206" t="s">
+        <v>43</v>
+      </c>
+      <c r="R10" s="202"/>
+      <c r="S10" s="203"/>
+      <c r="T10" s="166" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="303" t="s">
-[...178 lines deleted...]
-      </c>
     </row>
     <row r="11" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="317"/>
-[...36 lines deleted...]
-      <c r="T11" s="60"/>
+      <c r="A11" s="305"/>
+      <c r="B11" s="263"/>
+      <c r="C11" s="263"/>
+      <c r="D11" s="306"/>
+      <c r="E11" s="306"/>
+      <c r="F11" s="306"/>
+      <c r="G11" s="306"/>
+      <c r="H11" s="306"/>
+      <c r="I11" s="306"/>
+      <c r="J11" s="308"/>
+      <c r="K11" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="L11" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="M11" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="N11" s="53" t="s">
+        <v>4</v>
+      </c>
+      <c r="O11" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="P11" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q11" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="R11" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="S11" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="T11" s="167"/>
     </row>
     <row r="12" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="197" t="s">
-[...19 lines deleted...]
-      <c r="L12" s="63">
+      <c r="A12" s="207" t="s">
+        <v>0</v>
+      </c>
+      <c r="B12" s="208"/>
+      <c r="C12" s="212" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="213"/>
+      <c r="E12" s="213"/>
+      <c r="F12" s="213"/>
+      <c r="G12" s="213"/>
+      <c r="H12" s="213"/>
+      <c r="I12" s="214"/>
+      <c r="J12" s="55">
+        <f t="shared" ref="J12:J19" si="0">L12*M12+O12*P12+R12*S12</f>
+        <v>0</v>
+      </c>
+      <c r="K12" s="56" t="s">
+        <v>1</v>
+      </c>
+      <c r="L12" s="115">
         <v>90000</v>
       </c>
-      <c r="M12" s="64"/>
-[...4 lines deleted...]
-        <f t="shared" ref="O12:O17" si="1">L12*0.5</f>
+      <c r="M12" s="57"/>
+      <c r="N12" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="O12" s="115">
+        <f t="shared" ref="O12:O18" si="1">L12*0.5</f>
         <v>45000</v>
       </c>
-      <c r="P12" s="66"/>
-[...4 lines deleted...]
-        <f t="shared" ref="R12:R17" si="2">L12*0.3</f>
+      <c r="P12" s="59"/>
+      <c r="Q12" s="56" t="s">
+        <v>1</v>
+      </c>
+      <c r="R12" s="115">
+        <f t="shared" ref="R12:R18" si="2">L12*0.3</f>
         <v>27000</v>
       </c>
-      <c r="S12" s="64"/>
-      <c r="T12" s="67"/>
+      <c r="S12" s="57"/>
+      <c r="T12" s="168" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="13" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="199"/>
-[...10 lines deleted...]
-      <c r="J13" s="68">
+      <c r="A13" s="191"/>
+      <c r="B13" s="209"/>
+      <c r="C13" s="215" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" s="216"/>
+      <c r="E13" s="216"/>
+      <c r="F13" s="216"/>
+      <c r="G13" s="216"/>
+      <c r="H13" s="216"/>
+      <c r="I13" s="217"/>
+      <c r="J13" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K13" s="69" t="s">
-[...2 lines deleted...]
-      <c r="L13" s="70">
+      <c r="K13" s="61" t="s">
+        <v>2</v>
+      </c>
+      <c r="L13" s="116">
         <v>130000</v>
       </c>
-      <c r="M13" s="71"/>
-[...3 lines deleted...]
-      <c r="O13" s="70">
+      <c r="M13" s="62"/>
+      <c r="N13" s="63" t="s">
+        <v>2</v>
+      </c>
+      <c r="O13" s="116">
         <f t="shared" si="1"/>
         <v>65000</v>
       </c>
-      <c r="P13" s="73"/>
-[...3 lines deleted...]
-      <c r="R13" s="70">
+      <c r="P13" s="64"/>
+      <c r="Q13" s="61" t="s">
+        <v>2</v>
+      </c>
+      <c r="R13" s="116">
         <f t="shared" si="2"/>
         <v>39000</v>
       </c>
-      <c r="S13" s="71"/>
-      <c r="T13" s="74"/>
+      <c r="S13" s="62"/>
+      <c r="T13" s="169"/>
     </row>
     <row r="14" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="201"/>
-[...10 lines deleted...]
-      <c r="J14" s="75">
+      <c r="A14" s="191"/>
+      <c r="B14" s="209"/>
+      <c r="C14" s="171" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" s="172"/>
+      <c r="E14" s="172"/>
+      <c r="F14" s="172"/>
+      <c r="G14" s="172"/>
+      <c r="H14" s="172"/>
+      <c r="I14" s="173"/>
+      <c r="J14" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K14" s="76" t="s">
-[...2 lines deleted...]
-      <c r="L14" s="77">
+      <c r="K14" s="150" t="s">
+        <v>3</v>
+      </c>
+      <c r="L14" s="139">
         <v>150000</v>
       </c>
-      <c r="M14" s="78"/>
-[...3 lines deleted...]
-      <c r="O14" s="77">
+      <c r="M14" s="151"/>
+      <c r="N14" s="141" t="s">
+        <v>3</v>
+      </c>
+      <c r="O14" s="139">
         <f t="shared" si="1"/>
         <v>75000</v>
       </c>
-      <c r="P14" s="80"/>
-[...3 lines deleted...]
-      <c r="R14" s="77">
+      <c r="P14" s="152"/>
+      <c r="Q14" s="150" t="s">
+        <v>3</v>
+      </c>
+      <c r="R14" s="139">
         <f t="shared" si="2"/>
         <v>45000</v>
       </c>
-      <c r="S14" s="78"/>
-      <c r="T14" s="81"/>
+      <c r="S14" s="151"/>
+      <c r="T14" s="169"/>
     </row>
     <row r="15" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="203" t="s">
-[...12 lines deleted...]
-      <c r="J15" s="82">
+      <c r="A15" s="193"/>
+      <c r="B15" s="210"/>
+      <c r="C15" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="D15" s="219"/>
+      <c r="E15" s="219"/>
+      <c r="F15" s="219"/>
+      <c r="G15" s="219"/>
+      <c r="H15" s="219"/>
+      <c r="I15" s="194"/>
+      <c r="J15" s="148">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K15" s="149" t="s">
-[...2 lines deleted...]
-      <c r="L15" s="84">
+      <c r="K15" s="174"/>
+      <c r="L15" s="175"/>
+      <c r="M15" s="176"/>
+      <c r="N15" s="153" t="s">
+        <v>182</v>
+      </c>
+      <c r="O15" s="139">
+        <v>75000</v>
+      </c>
+      <c r="P15" s="164"/>
+      <c r="Q15" s="174"/>
+      <c r="R15" s="175"/>
+      <c r="S15" s="176"/>
+      <c r="T15" s="169"/>
+    </row>
+    <row r="16" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="189" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="211"/>
+      <c r="C16" s="220" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="221"/>
+      <c r="E16" s="221"/>
+      <c r="F16" s="221"/>
+      <c r="G16" s="221"/>
+      <c r="H16" s="221"/>
+      <c r="I16" s="222"/>
+      <c r="J16" s="65">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K16" s="132" t="s">
+        <v>1</v>
+      </c>
+      <c r="L16" s="118">
+        <f>L12*1.2</f>
         <v>108000</v>
       </c>
-      <c r="M15" s="85"/>
-[...3 lines deleted...]
-      <c r="O15" s="84">
+      <c r="M16" s="67"/>
+      <c r="N16" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="O16" s="118">
         <f t="shared" si="1"/>
         <v>54000</v>
       </c>
-      <c r="P15" s="87"/>
-[...3 lines deleted...]
-      <c r="R15" s="84">
+      <c r="P16" s="69"/>
+      <c r="Q16" s="132" t="s">
+        <v>1</v>
+      </c>
+      <c r="R16" s="118">
         <f t="shared" si="2"/>
         <v>32400</v>
       </c>
-      <c r="S15" s="85"/>
-[...14 lines deleted...]
-      <c r="J16" s="68">
+      <c r="S16" s="67"/>
+      <c r="T16" s="169"/>
+    </row>
+    <row r="17" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="191"/>
+      <c r="B17" s="209"/>
+      <c r="C17" s="215" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="216"/>
+      <c r="E17" s="216"/>
+      <c r="F17" s="216"/>
+      <c r="G17" s="216"/>
+      <c r="H17" s="216"/>
+      <c r="I17" s="217"/>
+      <c r="J17" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K16" s="69" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="70">
+      <c r="K17" s="61" t="s">
+        <v>2</v>
+      </c>
+      <c r="L17" s="116">
+        <f>L13*1.2</f>
         <v>156000</v>
       </c>
-      <c r="M16" s="71"/>
-[...3 lines deleted...]
-      <c r="O16" s="70">
+      <c r="M17" s="62"/>
+      <c r="N17" s="63" t="s">
+        <v>2</v>
+      </c>
+      <c r="O17" s="116">
         <f t="shared" si="1"/>
         <v>78000</v>
       </c>
-      <c r="P16" s="73"/>
-[...3 lines deleted...]
-      <c r="R16" s="70">
+      <c r="P17" s="64"/>
+      <c r="Q17" s="61" t="s">
+        <v>2</v>
+      </c>
+      <c r="R17" s="116">
         <f t="shared" si="2"/>
         <v>46800</v>
       </c>
-      <c r="S16" s="71"/>
-[...14 lines deleted...]
-      <c r="J17" s="75">
+      <c r="S17" s="62"/>
+      <c r="T17" s="169"/>
+    </row>
+    <row r="18" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="191"/>
+      <c r="B18" s="209"/>
+      <c r="C18" s="171" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="172"/>
+      <c r="E18" s="172"/>
+      <c r="F18" s="172"/>
+      <c r="G18" s="172"/>
+      <c r="H18" s="172"/>
+      <c r="I18" s="173"/>
+      <c r="J18" s="149">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="K17" s="76" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="77">
+      <c r="K18" s="150" t="s">
+        <v>3</v>
+      </c>
+      <c r="L18" s="139">
+        <f>L14*1.2</f>
         <v>180000</v>
       </c>
-      <c r="M17" s="78"/>
-[...3 lines deleted...]
-      <c r="O17" s="77">
+      <c r="M18" s="151"/>
+      <c r="N18" s="141" t="s">
+        <v>3</v>
+      </c>
+      <c r="O18" s="139">
         <f t="shared" si="1"/>
         <v>90000</v>
       </c>
-      <c r="P17" s="80"/>
-[...3 lines deleted...]
-      <c r="R17" s="77">
+      <c r="P18" s="152"/>
+      <c r="Q18" s="150" t="s">
+        <v>3</v>
+      </c>
+      <c r="R18" s="139">
         <f t="shared" si="2"/>
         <v>54000</v>
       </c>
-      <c r="S17" s="78"/>
-[...63 lines deleted...]
-      <c r="I20" s="277"/>
+      <c r="S18" s="151"/>
+      <c r="T18" s="169"/>
+      <c r="V18" s="2"/>
+    </row>
+    <row r="19" spans="1:22" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="193"/>
+      <c r="B19" s="210"/>
+      <c r="C19" s="218" t="s">
+        <v>181</v>
+      </c>
+      <c r="D19" s="219"/>
+      <c r="E19" s="219"/>
+      <c r="F19" s="219"/>
+      <c r="G19" s="219"/>
+      <c r="H19" s="219"/>
+      <c r="I19" s="194"/>
+      <c r="J19" s="148">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K19" s="174"/>
+      <c r="L19" s="175"/>
+      <c r="M19" s="176"/>
+      <c r="N19" s="153" t="s">
+        <v>182</v>
+      </c>
+      <c r="O19" s="139">
+        <v>90000</v>
+      </c>
+      <c r="P19" s="164"/>
+      <c r="Q19" s="174"/>
+      <c r="R19" s="175"/>
+      <c r="S19" s="176"/>
+      <c r="T19" s="170"/>
+      <c r="V19" s="2"/>
+    </row>
+    <row r="20" spans="1:22" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="266" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" s="267"/>
+      <c r="C20" s="267"/>
+      <c r="D20" s="267"/>
+      <c r="E20" s="267"/>
+      <c r="F20" s="267"/>
+      <c r="G20" s="267"/>
+      <c r="H20" s="267"/>
+      <c r="I20" s="267"/>
+      <c r="J20" s="4">
+        <f>SUM(J12:J19)</f>
+        <v>0</v>
+      </c>
+      <c r="K20" s="295"/>
+      <c r="L20" s="295"/>
+      <c r="M20" s="295"/>
+      <c r="N20" s="295"/>
+      <c r="O20" s="295"/>
+      <c r="P20" s="295"/>
+      <c r="Q20" s="295"/>
+      <c r="R20" s="295"/>
+      <c r="S20" s="295"/>
+      <c r="T20" s="296"/>
     </row>
     <row r="21" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="315" t="s">
-[...28 lines deleted...]
-      <c r="T21" s="267"/>
+      <c r="A21" s="346"/>
+      <c r="B21" s="347"/>
+      <c r="C21" s="347"/>
+      <c r="D21" s="347"/>
+      <c r="E21" s="347"/>
+      <c r="F21" s="347"/>
+      <c r="G21" s="347"/>
+      <c r="H21" s="347"/>
+      <c r="I21" s="347"/>
+      <c r="J21" s="347"/>
+      <c r="K21" s="347"/>
+      <c r="L21" s="347"/>
+      <c r="M21" s="347"/>
+      <c r="N21" s="347"/>
+      <c r="O21" s="347"/>
+      <c r="P21" s="347"/>
+      <c r="Q21" s="347"/>
+      <c r="R21" s="347"/>
+      <c r="S21" s="347"/>
+      <c r="T21" s="347"/>
     </row>
     <row r="22" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="317"/>
+      <c r="A22" s="268" t="s">
+        <v>41</v>
+      </c>
       <c r="B22" s="269"/>
       <c r="C22" s="269"/>
-      <c r="D22" s="318"/>
-[...50 lines deleted...]
-      <c r="L23" s="84">
+      <c r="D22" s="269"/>
+      <c r="E22" s="269"/>
+      <c r="F22" s="269"/>
+      <c r="G22" s="269"/>
+      <c r="H22" s="269"/>
+      <c r="I22" s="269"/>
+    </row>
+    <row r="23" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="303" t="s">
+        <v>4</v>
+      </c>
+      <c r="B23" s="260"/>
+      <c r="C23" s="260"/>
+      <c r="D23" s="304"/>
+      <c r="E23" s="304"/>
+      <c r="F23" s="304"/>
+      <c r="G23" s="304"/>
+      <c r="H23" s="304"/>
+      <c r="I23" s="304"/>
+      <c r="J23" s="307" t="s">
+        <v>13</v>
+      </c>
+      <c r="K23" s="201" t="s">
+        <v>15</v>
+      </c>
+      <c r="L23" s="202"/>
+      <c r="M23" s="203"/>
+      <c r="N23" s="265" t="s">
+        <v>16</v>
+      </c>
+      <c r="O23" s="202"/>
+      <c r="P23" s="203"/>
+      <c r="Q23" s="259" t="s">
+        <v>42</v>
+      </c>
+      <c r="R23" s="260"/>
+      <c r="S23" s="260"/>
+      <c r="T23" s="261"/>
+    </row>
+    <row r="24" spans="1:22" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="305"/>
+      <c r="B24" s="263"/>
+      <c r="C24" s="263"/>
+      <c r="D24" s="306"/>
+      <c r="E24" s="306"/>
+      <c r="F24" s="306"/>
+      <c r="G24" s="306"/>
+      <c r="H24" s="306"/>
+      <c r="I24" s="306"/>
+      <c r="J24" s="308"/>
+      <c r="K24" s="50" t="s">
+        <v>4</v>
+      </c>
+      <c r="L24" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="M24" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="N24" s="53" t="s">
+        <v>4</v>
+      </c>
+      <c r="O24" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="P24" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q24" s="262"/>
+      <c r="R24" s="263"/>
+      <c r="S24" s="263"/>
+      <c r="T24" s="264"/>
+    </row>
+    <row r="25" spans="1:22" ht="18.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="270" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" s="271"/>
+      <c r="C25" s="274" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" s="275"/>
+      <c r="E25" s="275"/>
+      <c r="F25" s="275"/>
+      <c r="G25" s="275"/>
+      <c r="H25" s="275"/>
+      <c r="I25" s="276"/>
+      <c r="J25" s="70">
+        <f>L25*M25+O25*P25</f>
+        <v>0</v>
+      </c>
+      <c r="K25" s="129" t="s">
+        <v>14</v>
+      </c>
+      <c r="L25" s="118">
         <v>80000</v>
       </c>
-      <c r="M23" s="91"/>
-[...4 lines deleted...]
-        <f>L23*0.5</f>
+      <c r="M25" s="72"/>
+      <c r="N25" s="68" t="s">
+        <v>14</v>
+      </c>
+      <c r="O25" s="118">
+        <f>L25*0.5</f>
         <v>40000</v>
       </c>
-      <c r="P23" s="92"/>
-[...26 lines deleted...]
-      <c r="L24" s="95">
+      <c r="P25" s="73"/>
+      <c r="Q25" s="244" t="s">
+        <v>184</v>
+      </c>
+      <c r="R25" s="245"/>
+      <c r="S25" s="245"/>
+      <c r="T25" s="246"/>
+    </row>
+    <row r="26" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="272"/>
+      <c r="B26" s="273"/>
+      <c r="C26" s="232" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" s="277"/>
+      <c r="E26" s="277"/>
+      <c r="F26" s="277"/>
+      <c r="G26" s="277"/>
+      <c r="H26" s="277"/>
+      <c r="I26" s="278"/>
+      <c r="J26" s="74">
+        <f t="shared" ref="J26:J37" si="3">L26*M26+O26*P26</f>
+        <v>0</v>
+      </c>
+      <c r="K26" s="130" t="s">
+        <v>14</v>
+      </c>
+      <c r="L26" s="119">
         <v>30000</v>
       </c>
-      <c r="M24" s="96"/>
-[...4 lines deleted...]
-        <f t="shared" ref="O24:O38" si="4">L24*0.5</f>
+      <c r="M26" s="76"/>
+      <c r="N26" s="77" t="s">
+        <v>14</v>
+      </c>
+      <c r="O26" s="119">
+        <f t="shared" ref="O26:O38" si="4">L26*0.5</f>
         <v>15000</v>
       </c>
-      <c r="P24" s="98"/>
-[...19 lines deleted...]
-      <c r="J25" s="99">
+      <c r="P26" s="78"/>
+      <c r="Q26" s="247"/>
+      <c r="R26" s="248"/>
+      <c r="S26" s="248"/>
+      <c r="T26" s="249"/>
+    </row>
+    <row r="27" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="189" t="s">
+        <v>30</v>
+      </c>
+      <c r="B27" s="190"/>
+      <c r="C27" s="279" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" s="221"/>
+      <c r="E27" s="221"/>
+      <c r="F27" s="221"/>
+      <c r="G27" s="221"/>
+      <c r="H27" s="221"/>
+      <c r="I27" s="280"/>
+      <c r="J27" s="79">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K25" s="152" t="s">
-[...9 lines deleted...]
-      <c r="O25" s="101">
+      <c r="K27" s="131" t="s">
+        <v>14</v>
+      </c>
+      <c r="L27" s="120">
+        <v>70000</v>
+      </c>
+      <c r="M27" s="81"/>
+      <c r="N27" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="O27" s="120">
         <f t="shared" si="4"/>
-        <v>20000</v>
-[...21 lines deleted...]
-      <c r="J26" s="105">
+        <v>35000</v>
+      </c>
+      <c r="P27" s="83"/>
+      <c r="Q27" s="250" t="s">
+        <v>185</v>
+      </c>
+      <c r="R27" s="251"/>
+      <c r="S27" s="251"/>
+      <c r="T27" s="252"/>
+    </row>
+    <row r="28" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="191"/>
+      <c r="B28" s="192"/>
+      <c r="C28" s="229" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28" s="216"/>
+      <c r="E28" s="216"/>
+      <c r="F28" s="216"/>
+      <c r="G28" s="216"/>
+      <c r="H28" s="216"/>
+      <c r="I28" s="281"/>
+      <c r="J28" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K26" s="147" t="s">
-[...2 lines deleted...]
-      <c r="L26" s="70">
+      <c r="K28" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L28" s="116">
         <v>30000</v>
       </c>
-      <c r="M26" s="107"/>
-[...3 lines deleted...]
-      <c r="O26" s="70">
+      <c r="M28" s="86"/>
+      <c r="N28" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O28" s="116">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P26" s="108"/>
-[...17 lines deleted...]
-      <c r="J27" s="105">
+      <c r="P28" s="87"/>
+      <c r="Q28" s="238"/>
+      <c r="R28" s="239"/>
+      <c r="S28" s="239"/>
+      <c r="T28" s="240"/>
+    </row>
+    <row r="29" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="191"/>
+      <c r="B29" s="192"/>
+      <c r="C29" s="229" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" s="216"/>
+      <c r="E29" s="216"/>
+      <c r="F29" s="216"/>
+      <c r="G29" s="216"/>
+      <c r="H29" s="216"/>
+      <c r="I29" s="281"/>
+      <c r="J29" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K27" s="147" t="s">
-[...2 lines deleted...]
-      <c r="L27" s="70">
+      <c r="K29" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L29" s="116">
         <v>30000</v>
       </c>
-      <c r="M27" s="107"/>
-[...3 lines deleted...]
-      <c r="O27" s="70">
+      <c r="M29" s="86"/>
+      <c r="N29" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O29" s="116">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P27" s="108"/>
-[...17 lines deleted...]
-      <c r="J28" s="105">
+      <c r="P29" s="87"/>
+      <c r="Q29" s="253"/>
+      <c r="R29" s="254"/>
+      <c r="S29" s="254"/>
+      <c r="T29" s="255"/>
+    </row>
+    <row r="30" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="191"/>
+      <c r="B30" s="192"/>
+      <c r="C30" s="229" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="216"/>
+      <c r="E30" s="216"/>
+      <c r="F30" s="216"/>
+      <c r="G30" s="216"/>
+      <c r="H30" s="216"/>
+      <c r="I30" s="281"/>
+      <c r="J30" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K28" s="147" t="s">
-[...2 lines deleted...]
-      <c r="L28" s="70">
+      <c r="K30" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L30" s="116">
         <v>5000</v>
       </c>
-      <c r="M28" s="107"/>
-[...3 lines deleted...]
-      <c r="O28" s="70">
+      <c r="M30" s="86"/>
+      <c r="N30" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O30" s="116">
         <f t="shared" si="4"/>
         <v>2500</v>
       </c>
-      <c r="P28" s="108"/>
-[...17 lines deleted...]
-      <c r="J29" s="105">
+      <c r="P30" s="87"/>
+      <c r="Q30" s="253"/>
+      <c r="R30" s="254"/>
+      <c r="S30" s="254"/>
+      <c r="T30" s="255"/>
+    </row>
+    <row r="31" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="191"/>
+      <c r="B31" s="192"/>
+      <c r="C31" s="282" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" s="172"/>
+      <c r="E31" s="172"/>
+      <c r="F31" s="172"/>
+      <c r="G31" s="172"/>
+      <c r="H31" s="172"/>
+      <c r="I31" s="283"/>
+      <c r="J31" s="137">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K29" s="147" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="70">
+      <c r="K31" s="138" t="s">
+        <v>14</v>
+      </c>
+      <c r="L31" s="139">
+        <v>50000</v>
+      </c>
+      <c r="M31" s="140"/>
+      <c r="N31" s="141" t="s">
+        <v>14</v>
+      </c>
+      <c r="O31" s="139">
+        <f t="shared" si="4"/>
+        <v>25000</v>
+      </c>
+      <c r="P31" s="140"/>
+      <c r="Q31" s="241"/>
+      <c r="R31" s="242"/>
+      <c r="S31" s="242"/>
+      <c r="T31" s="243"/>
+    </row>
+    <row r="32" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="191"/>
+      <c r="B32" s="192"/>
+      <c r="C32" s="286" t="s">
+        <v>179</v>
+      </c>
+      <c r="D32" s="287"/>
+      <c r="E32" s="287"/>
+      <c r="F32" s="287"/>
+      <c r="G32" s="287"/>
+      <c r="H32" s="287"/>
+      <c r="I32" s="288"/>
+      <c r="J32" s="142">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K32" s="143" t="s">
+        <v>14</v>
+      </c>
+      <c r="L32" s="144">
+        <v>20000</v>
+      </c>
+      <c r="M32" s="145"/>
+      <c r="N32" s="146" t="s">
+        <v>14</v>
+      </c>
+      <c r="O32" s="144">
+        <f t="shared" si="4"/>
+        <v>10000</v>
+      </c>
+      <c r="P32" s="145"/>
+      <c r="Q32" s="241"/>
+      <c r="R32" s="242"/>
+      <c r="S32" s="242"/>
+      <c r="T32" s="243"/>
+    </row>
+    <row r="33" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="193"/>
+      <c r="B33" s="194"/>
+      <c r="C33" s="284" t="s">
+        <v>28</v>
+      </c>
+      <c r="D33" s="219"/>
+      <c r="E33" s="219"/>
+      <c r="F33" s="219"/>
+      <c r="G33" s="219"/>
+      <c r="H33" s="219"/>
+      <c r="I33" s="285"/>
+      <c r="J33" s="124">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="133" t="s">
+        <v>14</v>
+      </c>
+      <c r="L33" s="134">
         <v>30000</v>
       </c>
-      <c r="M29" s="107"/>
-[...3 lines deleted...]
-      <c r="O29" s="70">
+      <c r="M33" s="125"/>
+      <c r="N33" s="135" t="s">
+        <v>14</v>
+      </c>
+      <c r="O33" s="134">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P29" s="108"/>
-[...17 lines deleted...]
-      <c r="J30" s="109">
+      <c r="P33" s="136"/>
+      <c r="Q33" s="256"/>
+      <c r="R33" s="257"/>
+      <c r="S33" s="257"/>
+      <c r="T33" s="258"/>
+    </row>
+    <row r="34" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="183" t="s">
+        <v>31</v>
+      </c>
+      <c r="B34" s="184"/>
+      <c r="C34" s="195" t="s">
+        <v>51</v>
+      </c>
+      <c r="D34" s="196"/>
+      <c r="E34" s="196"/>
+      <c r="F34" s="196"/>
+      <c r="G34" s="91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H34" s="92">
+        <v>3</v>
+      </c>
+      <c r="I34" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J34" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K30" s="148" t="s">
-[...9 lines deleted...]
-      <c r="O30" s="77">
+      <c r="K34" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L34" s="116">
+        <f>IF(H34&gt;3,10000+(H34-3)*5000,10000)</f>
+        <v>10000</v>
+      </c>
+      <c r="M34" s="86"/>
+      <c r="N34" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O34" s="116">
         <f t="shared" si="4"/>
-        <v>25000</v>
-[...21 lines deleted...]
-      <c r="J31" s="89">
+        <v>5000</v>
+      </c>
+      <c r="P34" s="87"/>
+      <c r="Q34" s="253" t="s">
+        <v>186</v>
+      </c>
+      <c r="R34" s="254"/>
+      <c r="S34" s="254"/>
+      <c r="T34" s="255"/>
+    </row>
+    <row r="35" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="185"/>
+      <c r="B35" s="186"/>
+      <c r="C35" s="195" t="s">
+        <v>52</v>
+      </c>
+      <c r="D35" s="196"/>
+      <c r="E35" s="196"/>
+      <c r="F35" s="196"/>
+      <c r="G35" s="91" t="s">
+        <v>53</v>
+      </c>
+      <c r="H35" s="92">
+        <v>2</v>
+      </c>
+      <c r="I35" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="J35" s="84">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K31" s="150" t="s">
-[...2 lines deleted...]
-      <c r="L31" s="84">
+      <c r="K35" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L35" s="116">
+        <f>IF(H35&gt;2,20000+(H35-2)*10000,20000)</f>
+        <v>20000</v>
+      </c>
+      <c r="M35" s="86"/>
+      <c r="N35" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O35" s="116">
+        <f t="shared" si="4"/>
+        <v>10000</v>
+      </c>
+      <c r="P35" s="87"/>
+      <c r="Q35" s="253"/>
+      <c r="R35" s="254"/>
+      <c r="S35" s="254"/>
+      <c r="T35" s="255"/>
+    </row>
+    <row r="36" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="185"/>
+      <c r="B36" s="186"/>
+      <c r="C36" s="289" t="s">
+        <v>173</v>
+      </c>
+      <c r="D36" s="216"/>
+      <c r="E36" s="216"/>
+      <c r="F36" s="216"/>
+      <c r="G36" s="216"/>
+      <c r="H36" s="216"/>
+      <c r="I36" s="217"/>
+      <c r="J36" s="84">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L36" s="116">
+        <v>10000</v>
+      </c>
+      <c r="M36" s="86"/>
+      <c r="N36" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O36" s="116">
+        <f t="shared" si="4"/>
+        <v>5000</v>
+      </c>
+      <c r="P36" s="87"/>
+      <c r="Q36" s="253"/>
+      <c r="R36" s="254"/>
+      <c r="S36" s="254"/>
+      <c r="T36" s="255"/>
+    </row>
+    <row r="37" spans="1:20" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="187"/>
+      <c r="B37" s="188"/>
+      <c r="C37" s="229" t="s">
+        <v>23</v>
+      </c>
+      <c r="D37" s="216"/>
+      <c r="E37" s="216"/>
+      <c r="F37" s="216"/>
+      <c r="G37" s="216"/>
+      <c r="H37" s="216"/>
+      <c r="I37" s="281"/>
+      <c r="J37" s="84">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="127" t="s">
+        <v>14</v>
+      </c>
+      <c r="L37" s="116">
+        <v>20000</v>
+      </c>
+      <c r="M37" s="86"/>
+      <c r="N37" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O37" s="116">
+        <f t="shared" si="4"/>
+        <v>10000</v>
+      </c>
+      <c r="P37" s="87"/>
+      <c r="Q37" s="253"/>
+      <c r="R37" s="254"/>
+      <c r="S37" s="254"/>
+      <c r="T37" s="255"/>
+    </row>
+    <row r="38" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="189" t="s">
+        <v>32</v>
+      </c>
+      <c r="B38" s="190"/>
+      <c r="C38" s="279" t="s">
+        <v>21</v>
+      </c>
+      <c r="D38" s="221"/>
+      <c r="E38" s="221"/>
+      <c r="F38" s="221"/>
+      <c r="G38" s="221"/>
+      <c r="H38" s="221"/>
+      <c r="I38" s="280"/>
+      <c r="J38" s="79">
+        <f>L38*M38</f>
+        <v>0</v>
+      </c>
+      <c r="K38" s="131" t="s">
+        <v>14</v>
+      </c>
+      <c r="L38" s="120">
         <v>30000</v>
       </c>
-      <c r="M31" s="91"/>
-[...3 lines deleted...]
-      <c r="O31" s="84">
+      <c r="M38" s="81"/>
+      <c r="N38" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="O38" s="116">
         <f t="shared" si="4"/>
         <v>15000</v>
       </c>
-      <c r="P31" s="92"/>
-[...32 lines deleted...]
-      <c r="L32" s="70">
+      <c r="P38" s="165"/>
+      <c r="Q38" s="223" t="s">
+        <v>46</v>
+      </c>
+      <c r="R38" s="224"/>
+      <c r="S38" s="224"/>
+      <c r="T38" s="225"/>
+    </row>
+    <row r="39" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="191"/>
+      <c r="B39" s="192"/>
+      <c r="C39" s="229" t="s">
+        <v>24</v>
+      </c>
+      <c r="D39" s="216"/>
+      <c r="E39" s="216"/>
+      <c r="F39" s="216"/>
+      <c r="G39" s="216"/>
+      <c r="H39" s="216"/>
+      <c r="I39" s="281"/>
+      <c r="J39" s="84">
+        <f>L39*M39</f>
+        <v>0</v>
+      </c>
+      <c r="K39" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L39" s="116">
+        <v>30000</v>
+      </c>
+      <c r="M39" s="86"/>
+      <c r="N39" s="177" t="s">
+        <v>34</v>
+      </c>
+      <c r="O39" s="178"/>
+      <c r="P39" s="179"/>
+      <c r="Q39" s="226"/>
+      <c r="R39" s="227"/>
+      <c r="S39" s="227"/>
+      <c r="T39" s="228"/>
+    </row>
+    <row r="40" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="191"/>
+      <c r="B40" s="192"/>
+      <c r="C40" s="229" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" s="216"/>
+      <c r="E40" s="216"/>
+      <c r="F40" s="216"/>
+      <c r="G40" s="216"/>
+      <c r="H40" s="216"/>
+      <c r="I40" s="281"/>
+      <c r="J40" s="84">
+        <f>L40*M40</f>
+        <v>0</v>
+      </c>
+      <c r="K40" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L40" s="116">
+        <v>50000</v>
+      </c>
+      <c r="M40" s="86"/>
+      <c r="N40" s="177"/>
+      <c r="O40" s="178"/>
+      <c r="P40" s="179"/>
+      <c r="Q40" s="229"/>
+      <c r="R40" s="230"/>
+      <c r="S40" s="230"/>
+      <c r="T40" s="231"/>
+    </row>
+    <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="191"/>
+      <c r="B41" s="192"/>
+      <c r="C41" s="229" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="216"/>
+      <c r="E41" s="216"/>
+      <c r="F41" s="216"/>
+      <c r="G41" s="216"/>
+      <c r="H41" s="216"/>
+      <c r="I41" s="281"/>
+      <c r="J41" s="84">
+        <f t="shared" ref="J41:J42" si="5">L41*M41</f>
+        <v>0</v>
+      </c>
+      <c r="K41" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L41" s="119">
         <v>10000</v>
       </c>
-      <c r="M32" s="107"/>
-[...218 lines deleted...]
-      <c r="L38" s="95">
+      <c r="M41" s="76"/>
+      <c r="N41" s="177"/>
+      <c r="O41" s="178"/>
+      <c r="P41" s="179"/>
+      <c r="Q41" s="232"/>
+      <c r="R41" s="233"/>
+      <c r="S41" s="233"/>
+      <c r="T41" s="234"/>
+    </row>
+    <row r="42" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="191"/>
+      <c r="B42" s="192"/>
+      <c r="C42" s="229" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" s="216"/>
+      <c r="E42" s="216"/>
+      <c r="F42" s="216"/>
+      <c r="G42" s="216"/>
+      <c r="H42" s="216"/>
+      <c r="I42" s="281"/>
+      <c r="J42" s="84">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K42" s="127" t="s">
+        <v>29</v>
+      </c>
+      <c r="L42" s="119">
         <v>30000</v>
       </c>
-      <c r="M38" s="96"/>
-[...34 lines deleted...]
-      <c r="L39" s="101">
+      <c r="M42" s="76"/>
+      <c r="N42" s="177"/>
+      <c r="O42" s="178"/>
+      <c r="P42" s="179"/>
+      <c r="Q42" s="232"/>
+      <c r="R42" s="233"/>
+      <c r="S42" s="233"/>
+      <c r="T42" s="234"/>
+    </row>
+    <row r="43" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="193"/>
+      <c r="B43" s="194"/>
+      <c r="C43" s="235" t="s">
+        <v>175</v>
+      </c>
+      <c r="D43" s="309"/>
+      <c r="E43" s="309"/>
+      <c r="F43" s="309"/>
+      <c r="G43" s="309"/>
+      <c r="H43" s="309"/>
+      <c r="I43" s="310"/>
+      <c r="J43" s="88">
+        <f>L43*M43</f>
+        <v>0</v>
+      </c>
+      <c r="K43" s="128" t="s">
+        <v>29</v>
+      </c>
+      <c r="L43" s="117">
         <v>30000</v>
       </c>
-      <c r="M39" s="102"/>
-[...154 lines deleted...]
-      <c r="J44" s="89">
+      <c r="M43" s="90"/>
+      <c r="N43" s="180"/>
+      <c r="O43" s="181"/>
+      <c r="P43" s="182"/>
+      <c r="Q43" s="235"/>
+      <c r="R43" s="236"/>
+      <c r="S43" s="236"/>
+      <c r="T43" s="237"/>
+    </row>
+    <row r="44" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="311" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44" s="312"/>
+      <c r="C44" s="279" t="s">
+        <v>26</v>
+      </c>
+      <c r="D44" s="221"/>
+      <c r="E44" s="221"/>
+      <c r="F44" s="221"/>
+      <c r="G44" s="221"/>
+      <c r="H44" s="221"/>
+      <c r="I44" s="280"/>
+      <c r="J44" s="70">
         <f>L44*M44+O44*P44</f>
         <v>0</v>
       </c>
-      <c r="K44" s="150" t="s">
-[...2 lines deleted...]
-      <c r="L44" s="84">
+      <c r="K44" s="129" t="s">
+        <v>14</v>
+      </c>
+      <c r="L44" s="118">
         <v>110000</v>
       </c>
-      <c r="M44" s="91"/>
-[...3 lines deleted...]
-      <c r="O44" s="117">
+      <c r="M44" s="72"/>
+      <c r="N44" s="94" t="s">
+        <v>14</v>
+      </c>
+      <c r="O44" s="121">
         <f>L44</f>
         <v>110000</v>
       </c>
-      <c r="P44" s="118"/>
-[...19 lines deleted...]
-      <c r="J45" s="93">
+      <c r="P44" s="95"/>
+      <c r="Q44" s="238" t="s">
+        <v>187</v>
+      </c>
+      <c r="R44" s="239"/>
+      <c r="S44" s="239"/>
+      <c r="T44" s="240"/>
+    </row>
+    <row r="45" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="313"/>
+      <c r="B45" s="314"/>
+      <c r="C45" s="235" t="s">
+        <v>27</v>
+      </c>
+      <c r="D45" s="309"/>
+      <c r="E45" s="309"/>
+      <c r="F45" s="309"/>
+      <c r="G45" s="309"/>
+      <c r="H45" s="309"/>
+      <c r="I45" s="310"/>
+      <c r="J45" s="74">
         <f>L45*M45+O45*P45</f>
         <v>0</v>
       </c>
-      <c r="K45" s="151" t="s">
-[...2 lines deleted...]
-      <c r="L45" s="95">
+      <c r="K45" s="130" t="s">
+        <v>14</v>
+      </c>
+      <c r="L45" s="119">
         <v>130000</v>
       </c>
-      <c r="M45" s="96"/>
-[...3 lines deleted...]
-      <c r="O45" s="120">
+      <c r="M45" s="76"/>
+      <c r="N45" s="96" t="s">
+        <v>14</v>
+      </c>
+      <c r="O45" s="122">
         <f>L45</f>
         <v>130000</v>
       </c>
-      <c r="P45" s="121"/>
-[...5 lines deleted...]
-    <row r="46" spans="1:29" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="P45" s="97"/>
+      <c r="Q45" s="241"/>
+      <c r="R45" s="242"/>
+      <c r="S45" s="242"/>
+      <c r="T45" s="243"/>
+    </row>
+    <row r="46" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="300" t="s">
-        <v>182</v>
+        <v>9</v>
       </c>
       <c r="B46" s="301"/>
-      <c r="C46" s="321" t="s">
-[...108 lines deleted...]
-      <c r="T50" s="189"/>
+      <c r="C46" s="301"/>
+      <c r="D46" s="301"/>
+      <c r="E46" s="302"/>
+      <c r="F46" s="302"/>
+      <c r="G46" s="302"/>
+      <c r="H46" s="302"/>
+      <c r="I46" s="302"/>
+      <c r="J46" s="9">
+        <f>SUM(J25:J45)</f>
+        <v>0</v>
+      </c>
+      <c r="K46" s="297"/>
+      <c r="L46" s="298"/>
+      <c r="M46" s="298"/>
+      <c r="N46" s="298"/>
+      <c r="O46" s="298"/>
+      <c r="P46" s="298"/>
+      <c r="Q46" s="298"/>
+      <c r="R46" s="298"/>
+      <c r="S46" s="298"/>
+      <c r="T46" s="299"/>
+    </row>
+    <row r="47" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="48" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="200" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" s="200"/>
+      <c r="C48" s="200"/>
+      <c r="D48" s="200"/>
+      <c r="E48" s="200"/>
+      <c r="F48" s="200"/>
+      <c r="G48" s="200"/>
+      <c r="H48" s="200"/>
+      <c r="I48" s="200"/>
+      <c r="J48" s="200"/>
+      <c r="K48" s="200"/>
+      <c r="L48" s="200"/>
+      <c r="M48" s="200"/>
+      <c r="N48" s="200"/>
+      <c r="O48" s="200"/>
+      <c r="P48" s="200"/>
+      <c r="Q48" s="200"/>
+      <c r="R48" s="200"/>
+      <c r="S48" s="200"/>
+      <c r="T48" s="200"/>
+    </row>
+    <row r="49" spans="1:20" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="197" t="s">
+        <v>180</v>
+      </c>
+      <c r="B49" s="198"/>
+      <c r="C49" s="198"/>
+      <c r="D49" s="198"/>
+      <c r="E49" s="198"/>
+      <c r="F49" s="198"/>
+      <c r="G49" s="198"/>
+      <c r="H49" s="198"/>
+      <c r="I49" s="198"/>
+      <c r="J49" s="198"/>
+      <c r="K49" s="198"/>
+      <c r="L49" s="198"/>
+      <c r="M49" s="198"/>
+      <c r="N49" s="198"/>
+      <c r="O49" s="198"/>
+      <c r="P49" s="198"/>
+      <c r="Q49" s="198"/>
+      <c r="R49" s="198"/>
+      <c r="S49" s="198"/>
+      <c r="T49" s="199"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
-[...2 lines deleted...]
-    <mergeCell ref="F5:T5"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0j+aYhd1fqlZm5nn+VYlRmbD5jEA3GC+YWeSlqdIqBiClJrH0NGC9ZWmDSe/ZoOILNF6w7Z7kphpoZdSopj3gg==" saltValue="fc0Z8G8HOv3+LDij770AYA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="79">
+    <mergeCell ref="A34:B37"/>
+    <mergeCell ref="C34:F34"/>
+    <mergeCell ref="Q34:T37"/>
+    <mergeCell ref="C35:F35"/>
+    <mergeCell ref="Q27:T33"/>
+    <mergeCell ref="K20:T20"/>
+    <mergeCell ref="A23:I24"/>
+    <mergeCell ref="J23:J24"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="N23:P23"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A21:T21"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="F3:T3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="F4:T4"/>
-    <mergeCell ref="A12:B14"/>
-[...2 lines deleted...]
-    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="Q10:S10"/>
+    <mergeCell ref="T10:T11"/>
+    <mergeCell ref="T12:T19"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="F5:T5"/>
+    <mergeCell ref="A16:B19"/>
+    <mergeCell ref="C18:I18"/>
+    <mergeCell ref="C19:I19"/>
+    <mergeCell ref="K19:M19"/>
+    <mergeCell ref="Q19:S19"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A10:I11"/>
+    <mergeCell ref="J10:J11"/>
+    <mergeCell ref="K10:M10"/>
+    <mergeCell ref="N10:P10"/>
     <mergeCell ref="E6:I6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="F7:T7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="I8:T8"/>
-    <mergeCell ref="A9:I9"/>
-[...6 lines deleted...]
-    <mergeCell ref="A15:B17"/>
+    <mergeCell ref="A25:B26"/>
+    <mergeCell ref="A27:B33"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="Q23:T24"/>
+    <mergeCell ref="C25:I25"/>
+    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="Q25:T26"/>
     <mergeCell ref="C15:I15"/>
     <mergeCell ref="C16:I16"/>
     <mergeCell ref="C17:I17"/>
-    <mergeCell ref="A18:I18"/>
-    <mergeCell ref="K18:T18"/>
     <mergeCell ref="A20:I20"/>
-    <mergeCell ref="A21:I22"/>
-[...10 lines deleted...]
-    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="A12:B15"/>
+    <mergeCell ref="C12:I12"/>
+    <mergeCell ref="C13:I13"/>
+    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="C36:I36"/>
+    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="C38:I38"/>
     <mergeCell ref="C27:I27"/>
     <mergeCell ref="C28:I28"/>
     <mergeCell ref="C29:I29"/>
     <mergeCell ref="C30:I30"/>
-    <mergeCell ref="A31:B38"/>
-[...13 lines deleted...]
-    <mergeCell ref="A39:B43"/>
+    <mergeCell ref="C32:I32"/>
+    <mergeCell ref="C33:I33"/>
     <mergeCell ref="N39:P43"/>
-    <mergeCell ref="A50:T50"/>
+    <mergeCell ref="A49:T49"/>
     <mergeCell ref="A44:B45"/>
     <mergeCell ref="C44:I44"/>
     <mergeCell ref="Q44:T45"/>
     <mergeCell ref="C45:I45"/>
-    <mergeCell ref="A46:B46"/>
-[...2 lines deleted...]
-    <mergeCell ref="Q39:T43"/>
+    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="K46:T46"/>
     <mergeCell ref="C42:I42"/>
     <mergeCell ref="C43:I43"/>
     <mergeCell ref="C39:I39"/>
-    <mergeCell ref="A49:T49"/>
+    <mergeCell ref="A48:T48"/>
+    <mergeCell ref="A38:B43"/>
+    <mergeCell ref="Q38:T43"/>
+    <mergeCell ref="C40:I40"/>
+    <mergeCell ref="C41:I41"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.38645833333333335" top="0.82395833333333335" bottom="6.9791666666666669E-2" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="70" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L[별지 제 2호 서식]
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:AE58"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A16" workbookViewId="0">
       <selection activeCell="I28" sqref="I28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.5" style="11" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="32" max="16384" width="8.75" style="11"/>
+    <col min="1" max="1" width="4.5" style="10" customWidth="1"/>
+    <col min="2" max="2" width="2.375" style="10" customWidth="1"/>
+    <col min="3" max="3" width="3.25" style="10" customWidth="1"/>
+    <col min="4" max="4" width="1.875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="3.125" style="10" customWidth="1"/>
+    <col min="6" max="6" width="1.5" style="10" customWidth="1"/>
+    <col min="7" max="7" width="4.25" style="10" customWidth="1"/>
+    <col min="8" max="8" width="1.375" style="10" customWidth="1"/>
+    <col min="9" max="13" width="2.125" style="10" customWidth="1"/>
+    <col min="14" max="14" width="3.25" style="10" customWidth="1"/>
+    <col min="15" max="27" width="2.125" style="10" customWidth="1"/>
+    <col min="28" max="28" width="2.75" style="10" customWidth="1"/>
+    <col min="29" max="29" width="12.125" style="10" customWidth="1"/>
+    <col min="30" max="30" width="4.5" style="10" customWidth="1"/>
+    <col min="31" max="31" width="10.875" style="10" bestFit="1" customWidth="1"/>
+    <col min="32" max="16384" width="8.75" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="347" t="s">
-[...30 lines deleted...]
-      <c r="AD1" s="349"/>
+      <c r="A1" s="338" t="s">
+        <v>117</v>
+      </c>
+      <c r="B1" s="339"/>
+      <c r="C1" s="339"/>
+      <c r="D1" s="339"/>
+      <c r="E1" s="339"/>
+      <c r="F1" s="339"/>
+      <c r="G1" s="339"/>
+      <c r="H1" s="339"/>
+      <c r="I1" s="339"/>
+      <c r="J1" s="339"/>
+      <c r="K1" s="339"/>
+      <c r="L1" s="339"/>
+      <c r="M1" s="339"/>
+      <c r="N1" s="339"/>
+      <c r="O1" s="339"/>
+      <c r="P1" s="339"/>
+      <c r="Q1" s="339"/>
+      <c r="R1" s="339"/>
+      <c r="S1" s="339"/>
+      <c r="T1" s="339"/>
+      <c r="U1" s="339"/>
+      <c r="V1" s="339"/>
+      <c r="W1" s="339"/>
+      <c r="X1" s="339"/>
+      <c r="Y1" s="339"/>
+      <c r="Z1" s="339"/>
+      <c r="AA1" s="339"/>
+      <c r="AB1" s="339"/>
+      <c r="AC1" s="339"/>
+      <c r="AD1" s="340"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="12"/>
-[...43 lines deleted...]
-      <c r="G3" s="19">
+      <c r="A2" s="11"/>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+      <c r="Y2" s="13"/>
+      <c r="Z2" s="13"/>
+      <c r="AA2" s="13"/>
+      <c r="AB2" s="13"/>
+      <c r="AC2" s="13"/>
+      <c r="AD2" s="14"/>
+    </row>
+    <row r="3" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="15"/>
+      <c r="B3" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" s="341" t="s">
+        <v>119</v>
+      </c>
+      <c r="D3" s="341"/>
+      <c r="E3" s="341"/>
+      <c r="F3" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G3" s="18">
         <f>행사!F3</f>
         <v>0</v>
       </c>
-      <c r="H3" s="20"/>
-[...36 lines deleted...]
-      <c r="G4" s="19">
+      <c r="H3" s="19"/>
+      <c r="I3" s="19"/>
+      <c r="J3" s="19"/>
+      <c r="K3" s="19"/>
+      <c r="L3" s="19"/>
+      <c r="M3" s="19"/>
+      <c r="N3" s="19"/>
+      <c r="O3" s="19"/>
+      <c r="P3" s="19"/>
+      <c r="Q3" s="19"/>
+      <c r="R3" s="19"/>
+      <c r="S3" s="19"/>
+      <c r="T3" s="19"/>
+      <c r="U3" s="19"/>
+      <c r="V3" s="19"/>
+      <c r="W3" s="19"/>
+      <c r="X3" s="19"/>
+      <c r="Y3" s="19"/>
+      <c r="Z3" s="19"/>
+      <c r="AA3" s="19"/>
+      <c r="AB3" s="19"/>
+      <c r="AC3" s="19"/>
+      <c r="AD3" s="20"/>
+    </row>
+    <row r="4" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="15"/>
+      <c r="B4" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" s="341" t="s">
+        <v>121</v>
+      </c>
+      <c r="D4" s="341"/>
+      <c r="E4" s="341"/>
+      <c r="F4" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G4" s="18">
         <f>행사!F4</f>
         <v>0</v>
       </c>
-      <c r="H4" s="20"/>
-[...36 lines deleted...]
-      <c r="G5" s="19">
+      <c r="H4" s="19"/>
+      <c r="I4" s="19"/>
+      <c r="J4" s="19"/>
+      <c r="K4" s="19"/>
+      <c r="L4" s="19"/>
+      <c r="M4" s="19"/>
+      <c r="N4" s="19"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="19"/>
+      <c r="Q4" s="19"/>
+      <c r="R4" s="19"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="19"/>
+      <c r="U4" s="19"/>
+      <c r="V4" s="19"/>
+      <c r="W4" s="19"/>
+      <c r="X4" s="19"/>
+      <c r="Y4" s="19"/>
+      <c r="Z4" s="19"/>
+      <c r="AA4" s="19"/>
+      <c r="AB4" s="19"/>
+      <c r="AC4" s="19"/>
+      <c r="AD4" s="20"/>
+    </row>
+    <row r="5" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="15"/>
+      <c r="B5" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" s="341" t="s">
+        <v>122</v>
+      </c>
+      <c r="D5" s="341"/>
+      <c r="E5" s="341"/>
+      <c r="F5" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G5" s="18">
         <f>행사!F5</f>
         <v>0</v>
       </c>
-      <c r="H5" s="20"/>
-[...21 lines deleted...]
-      <c r="AD5" s="21"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19"/>
+      <c r="K5" s="19"/>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19"/>
+      <c r="N5" s="19"/>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19"/>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="19"/>
+      <c r="S5" s="19"/>
+      <c r="T5" s="19"/>
+      <c r="U5" s="19"/>
+      <c r="V5" s="19"/>
+      <c r="W5" s="19"/>
+      <c r="X5" s="19"/>
+      <c r="Y5" s="19"/>
+      <c r="Z5" s="19"/>
+      <c r="AA5" s="19"/>
+      <c r="AB5" s="19"/>
+      <c r="AC5" s="19"/>
+      <c r="AD5" s="20"/>
     </row>
     <row r="6" spans="1:30" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="12"/>
-[...5 lines deleted...]
-      <c r="G6" s="339" t="str">
+      <c r="A6" s="11"/>
+      <c r="B6" s="22"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="23"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="330" t="str">
         <f>행사!E6</f>
         <v xml:space="preserve">( 행사시작시간 : </v>
       </c>
-      <c r="H6" s="339"/>
-[...4 lines deleted...]
-      <c r="M6" s="340" t="str">
+      <c r="H6" s="330"/>
+      <c r="I6" s="330"/>
+      <c r="J6" s="330"/>
+      <c r="K6" s="330"/>
+      <c r="L6" s="330"/>
+      <c r="M6" s="331" t="str">
         <f>행사!J6&amp;" )"</f>
         <v xml:space="preserve"> )</v>
       </c>
-      <c r="N6" s="341"/>
-[...15 lines deleted...]
-      <c r="AD6" s="15"/>
+      <c r="N6" s="332"/>
+      <c r="O6" s="332"/>
+      <c r="P6" s="332"/>
+      <c r="Q6" s="13"/>
+      <c r="R6" s="13"/>
+      <c r="S6" s="13"/>
+      <c r="T6" s="13"/>
+      <c r="U6" s="13"/>
+      <c r="V6" s="13"/>
+      <c r="W6" s="13"/>
+      <c r="X6" s="13"/>
+      <c r="Y6" s="13"/>
+      <c r="Z6" s="13"/>
+      <c r="AA6" s="13"/>
+      <c r="AB6" s="13"/>
+      <c r="AC6" s="13"/>
+      <c r="AD6" s="14"/>
     </row>
     <row r="7" spans="1:30" ht="9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="12"/>
-[...28 lines deleted...]
-      <c r="AD7" s="15"/>
+      <c r="A7" s="11"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
+      <c r="F7" s="12"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
+      <c r="M7" s="13"/>
+      <c r="N7" s="13"/>
+      <c r="O7" s="13"/>
+      <c r="P7" s="13"/>
+      <c r="Q7" s="13"/>
+      <c r="R7" s="13"/>
+      <c r="S7" s="13"/>
+      <c r="T7" s="13"/>
+      <c r="U7" s="13"/>
+      <c r="V7" s="13"/>
+      <c r="W7" s="13"/>
+      <c r="X7" s="13"/>
+      <c r="Y7" s="13"/>
+      <c r="Z7" s="13"/>
+      <c r="AA7" s="13"/>
+      <c r="AB7" s="13"/>
+      <c r="AC7" s="13"/>
+      <c r="AD7" s="14"/>
     </row>
     <row r="8" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A8" s="12"/>
-[...32 lines deleted...]
-      <c r="AD8" s="15"/>
+      <c r="A8" s="11"/>
+      <c r="B8" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" s="325" t="s">
+        <v>123</v>
+      </c>
+      <c r="D8" s="325"/>
+      <c r="E8" s="325"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="13"/>
+      <c r="S8" s="13"/>
+      <c r="T8" s="13"/>
+      <c r="U8" s="13"/>
+      <c r="V8" s="13"/>
+      <c r="W8" s="13"/>
+      <c r="X8" s="13"/>
+      <c r="Y8" s="13"/>
+      <c r="Z8" s="13"/>
+      <c r="AA8" s="13"/>
+      <c r="AB8" s="13"/>
+      <c r="AC8" s="13"/>
+      <c r="AD8" s="14"/>
     </row>
     <row r="9" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A9" s="12"/>
-[...30 lines deleted...]
-      <c r="AB9" s="331">
+      <c r="A9" s="11"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="D9" s="319" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="319"/>
+      <c r="F9" s="319"/>
+      <c r="G9" s="319"/>
+      <c r="H9" s="25"/>
+      <c r="I9" s="25"/>
+      <c r="J9" s="25"/>
+      <c r="K9" s="25"/>
+      <c r="L9" s="25"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="25"/>
+      <c r="O9" s="25"/>
+      <c r="P9" s="25"/>
+      <c r="Q9" s="25"/>
+      <c r="R9" s="25"/>
+      <c r="S9" s="25"/>
+      <c r="T9" s="25"/>
+      <c r="U9" s="25"/>
+      <c r="V9" s="25"/>
+      <c r="W9" s="25"/>
+      <c r="X9" s="25"/>
+      <c r="Y9" s="25"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="322" t="e">
         <f>SUM(AC10:AD26)</f>
-        <v>0</v>
-[...33 lines deleted...]
-      <c r="Q10" s="327">
+        <v>#VALUE!</v>
+      </c>
+      <c r="AC9" s="322"/>
+      <c r="AD9" s="323"/>
+    </row>
+    <row r="10" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="26"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="27"/>
+      <c r="D10" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E10" s="336" t="s">
+        <v>127</v>
+      </c>
+      <c r="F10" s="336"/>
+      <c r="G10" s="336"/>
+      <c r="H10" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I10" s="29"/>
+      <c r="J10" s="29"/>
+      <c r="K10" s="29"/>
+      <c r="L10" s="320" t="s">
+        <v>128</v>
+      </c>
+      <c r="M10" s="320"/>
+      <c r="N10" s="27"/>
+      <c r="O10" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P10" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q10" s="318">
         <v>99000</v>
       </c>
-      <c r="R10" s="327"/>
-[...6 lines deleted...]
-      <c r="W10" s="330">
+      <c r="R10" s="318"/>
+      <c r="S10" s="318"/>
+      <c r="T10" s="318"/>
+      <c r="U10" s="318"/>
+      <c r="V10" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="W10" s="321">
         <v>0.5</v>
       </c>
-      <c r="X10" s="330"/>
-[...4 lines deleted...]
-      <c r="AC10" s="325">
+      <c r="X10" s="321"/>
+      <c r="Y10" s="27"/>
+      <c r="Z10" s="30"/>
+      <c r="AA10" s="111"/>
+      <c r="AB10" s="27"/>
+      <c r="AC10" s="316">
         <f>N10*Q10*W10</f>
         <v>0</v>
       </c>
-      <c r="AD10" s="326"/>
-[...24 lines deleted...]
-      <c r="Q11" s="327">
+      <c r="AD10" s="317"/>
+    </row>
+    <row r="11" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="26"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="27"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="113"/>
+      <c r="F11" s="113"/>
+      <c r="G11" s="113"/>
+      <c r="H11" s="27"/>
+      <c r="I11" s="29"/>
+      <c r="J11" s="29"/>
+      <c r="K11" s="29"/>
+      <c r="L11" s="320" t="s">
+        <v>131</v>
+      </c>
+      <c r="M11" s="320"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P11" s="30" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q11" s="318">
         <v>143000</v>
       </c>
-      <c r="R11" s="327"/>
-[...6 lines deleted...]
-      <c r="W11" s="330">
+      <c r="R11" s="318"/>
+      <c r="S11" s="318"/>
+      <c r="T11" s="318"/>
+      <c r="U11" s="318"/>
+      <c r="V11" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="W11" s="321">
         <v>0.5</v>
       </c>
-      <c r="X11" s="330"/>
-[...4 lines deleted...]
-      <c r="AC11" s="325">
+      <c r="X11" s="321"/>
+      <c r="Y11" s="27"/>
+      <c r="Z11" s="30"/>
+      <c r="AA11" s="111"/>
+      <c r="AB11" s="27"/>
+      <c r="AC11" s="316">
         <f>N11*Q11*W11</f>
         <v>0</v>
       </c>
-      <c r="AD11" s="326"/>
-[...87 lines deleted...]
-      <c r="N14" s="52">
+      <c r="AD11" s="317"/>
+    </row>
+    <row r="12" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="26"/>
+      <c r="B12" s="27"/>
+      <c r="C12" s="27"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="113"/>
+      <c r="F12" s="113"/>
+      <c r="G12" s="113"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="29"/>
+      <c r="J12" s="29"/>
+      <c r="K12" s="29"/>
+      <c r="L12" s="110"/>
+      <c r="M12" s="110"/>
+      <c r="N12" s="27"/>
+      <c r="O12" s="27"/>
+      <c r="P12" s="30"/>
+      <c r="Q12" s="109"/>
+      <c r="R12" s="109"/>
+      <c r="S12" s="109"/>
+      <c r="T12" s="109"/>
+      <c r="U12" s="109"/>
+      <c r="V12" s="30"/>
+      <c r="W12" s="111"/>
+      <c r="X12" s="111"/>
+      <c r="Y12" s="27"/>
+      <c r="Z12" s="30"/>
+      <c r="AA12" s="111"/>
+      <c r="AB12" s="27"/>
+      <c r="AC12" s="107"/>
+      <c r="AD12" s="108"/>
+    </row>
+    <row r="13" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="26"/>
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="113"/>
+      <c r="F13" s="113"/>
+      <c r="G13" s="113"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="111"/>
+      <c r="J13" s="110"/>
+      <c r="K13" s="110"/>
+      <c r="L13" s="111"/>
+      <c r="M13" s="30"/>
+      <c r="N13" s="27"/>
+      <c r="O13" s="27"/>
+      <c r="P13" s="30"/>
+      <c r="Q13" s="320"/>
+      <c r="R13" s="320"/>
+      <c r="S13" s="320"/>
+      <c r="T13" s="320"/>
+      <c r="U13" s="320"/>
+      <c r="V13" s="29"/>
+      <c r="W13" s="27"/>
+      <c r="X13" s="27"/>
+      <c r="Y13" s="27"/>
+      <c r="Z13" s="30"/>
+      <c r="AA13" s="111"/>
+      <c r="AB13" s="27"/>
+      <c r="AC13" s="27"/>
+      <c r="AD13" s="35"/>
+    </row>
+    <row r="14" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="26"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F14" s="315"/>
+      <c r="G14" s="315"/>
+      <c r="H14" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I14" s="315" t="s">
+        <v>134</v>
+      </c>
+      <c r="J14" s="315"/>
+      <c r="K14" s="315"/>
+      <c r="L14" s="315"/>
+      <c r="M14" s="315"/>
+      <c r="N14" s="49">
         <f>행사!$P$23</f>
         <v>0</v>
       </c>
-      <c r="O14" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q14" s="327">
+      <c r="O14" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P14" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q14" s="318">
         <f>행사!O23</f>
+        <v>0</v>
+      </c>
+      <c r="R14" s="318"/>
+      <c r="S14" s="318"/>
+      <c r="T14" s="318"/>
+      <c r="U14" s="318"/>
+      <c r="V14" s="30"/>
+      <c r="W14" s="321"/>
+      <c r="X14" s="321"/>
+      <c r="Y14" s="29"/>
+      <c r="Z14" s="27"/>
+      <c r="AA14" s="27"/>
+      <c r="AB14" s="27"/>
+      <c r="AC14" s="316">
+        <f>N14*Q14</f>
+        <v>0</v>
+      </c>
+      <c r="AD14" s="317"/>
+    </row>
+    <row r="15" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="26"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E15" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F15" s="315"/>
+      <c r="G15" s="315"/>
+      <c r="H15" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I15" s="315" t="s">
+        <v>136</v>
+      </c>
+      <c r="J15" s="315"/>
+      <c r="K15" s="315"/>
+      <c r="L15" s="315"/>
+      <c r="M15" s="315"/>
+      <c r="N15" s="49" t="str">
+        <f>행사!$P$24</f>
+        <v>횟수</v>
+      </c>
+      <c r="O15" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P15" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q15" s="318" t="str">
+        <f>행사!O24</f>
+        <v>금액</v>
+      </c>
+      <c r="R15" s="318"/>
+      <c r="S15" s="318"/>
+      <c r="T15" s="318"/>
+      <c r="U15" s="318"/>
+      <c r="V15" s="30"/>
+      <c r="W15" s="111"/>
+      <c r="X15" s="111"/>
+      <c r="Y15" s="29"/>
+      <c r="Z15" s="27"/>
+      <c r="AA15" s="27"/>
+      <c r="AB15" s="27"/>
+      <c r="AC15" s="316" t="e">
+        <f t="shared" ref="AC15:AC25" si="0">N15*Q15</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="AD15" s="317"/>
+    </row>
+    <row r="16" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="26"/>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F16" s="315"/>
+      <c r="G16" s="315"/>
+      <c r="H16" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="I16" s="315" t="s">
+        <v>139</v>
+      </c>
+      <c r="J16" s="315"/>
+      <c r="K16" s="315"/>
+      <c r="L16" s="315"/>
+      <c r="M16" s="315"/>
+      <c r="N16" s="49">
+        <f>행사!$P$25</f>
+        <v>0</v>
+      </c>
+      <c r="O16" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q16" s="318">
+        <f>행사!O25</f>
         <v>40000</v>
       </c>
-      <c r="R14" s="327"/>
-[...116 lines deleted...]
-      <c r="AC16" s="325">
+      <c r="R16" s="318"/>
+      <c r="S16" s="318"/>
+      <c r="T16" s="318"/>
+      <c r="U16" s="318"/>
+      <c r="V16" s="30"/>
+      <c r="W16" s="111"/>
+      <c r="X16" s="111"/>
+      <c r="Y16" s="29"/>
+      <c r="Z16" s="27"/>
+      <c r="AA16" s="27"/>
+      <c r="AB16" s="27"/>
+      <c r="AC16" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD16" s="326"/>
-[...23 lines deleted...]
-      <c r="N17" s="52">
+      <c r="AD16" s="317"/>
+    </row>
+    <row r="17" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="26"/>
+      <c r="B17" s="27"/>
+      <c r="C17" s="27"/>
+      <c r="D17" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F17" s="315"/>
+      <c r="G17" s="315"/>
+      <c r="H17" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="I17" s="315" t="s">
+        <v>141</v>
+      </c>
+      <c r="J17" s="315"/>
+      <c r="K17" s="315"/>
+      <c r="L17" s="315"/>
+      <c r="M17" s="315"/>
+      <c r="N17" s="49">
         <f>행사!$P$29</f>
         <v>0</v>
       </c>
-      <c r="O17" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q17" s="327">
+      <c r="O17" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q17" s="318">
         <f>행사!O29</f>
         <v>15000</v>
       </c>
-      <c r="R17" s="327"/>
-[...10 lines deleted...]
-      <c r="AC17" s="325">
+      <c r="R17" s="318"/>
+      <c r="S17" s="318"/>
+      <c r="T17" s="318"/>
+      <c r="U17" s="318"/>
+      <c r="V17" s="30"/>
+      <c r="W17" s="111"/>
+      <c r="X17" s="111"/>
+      <c r="Y17" s="29"/>
+      <c r="Z17" s="27"/>
+      <c r="AA17" s="27"/>
+      <c r="AB17" s="27"/>
+      <c r="AC17" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD17" s="326"/>
-[...23 lines deleted...]
-      <c r="N18" s="52">
+      <c r="AD17" s="317"/>
+    </row>
+    <row r="18" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="26"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="27"/>
+      <c r="D18" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F18" s="315"/>
+      <c r="G18" s="315"/>
+      <c r="H18" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="I18" s="315" t="s">
+        <v>142</v>
+      </c>
+      <c r="J18" s="315"/>
+      <c r="K18" s="315"/>
+      <c r="L18" s="315"/>
+      <c r="M18" s="315"/>
+      <c r="N18" s="49">
         <f>행사!$P$31</f>
         <v>0</v>
       </c>
-      <c r="O18" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q18" s="327">
+      <c r="O18" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q18" s="318">
         <f>행사!O31</f>
+        <v>25000</v>
+      </c>
+      <c r="R18" s="318"/>
+      <c r="S18" s="318"/>
+      <c r="T18" s="318"/>
+      <c r="U18" s="318"/>
+      <c r="V18" s="30"/>
+      <c r="W18" s="111"/>
+      <c r="X18" s="111"/>
+      <c r="Y18" s="29"/>
+      <c r="Z18" s="27"/>
+      <c r="AA18" s="27"/>
+      <c r="AB18" s="27"/>
+      <c r="AC18" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD18" s="317"/>
+    </row>
+    <row r="19" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="26"/>
+      <c r="B19" s="27"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F19" s="315"/>
+      <c r="G19" s="315"/>
+      <c r="H19" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="I19" s="315" t="s">
+        <v>143</v>
+      </c>
+      <c r="J19" s="315"/>
+      <c r="K19" s="315"/>
+      <c r="L19" s="315"/>
+      <c r="M19" s="315"/>
+      <c r="N19" s="49">
+        <f>행사!$P$32</f>
+        <v>0</v>
+      </c>
+      <c r="O19" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q19" s="318">
+        <f>행사!O32</f>
+        <v>10000</v>
+      </c>
+      <c r="R19" s="318"/>
+      <c r="S19" s="318"/>
+      <c r="T19" s="318"/>
+      <c r="U19" s="318"/>
+      <c r="V19" s="48" t="s">
+        <v>53</v>
+      </c>
+      <c r="W19" s="111">
+        <f>행사!H32</f>
+        <v>0</v>
+      </c>
+      <c r="X19" s="111" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y19" s="29"/>
+      <c r="Z19" s="27"/>
+      <c r="AA19" s="27"/>
+      <c r="AB19" s="27"/>
+      <c r="AC19" s="316">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AD19" s="317"/>
+    </row>
+    <row r="20" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="26"/>
+      <c r="B20" s="27"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F20" s="315"/>
+      <c r="G20" s="315"/>
+      <c r="H20" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="I20" s="315" t="s">
+        <v>145</v>
+      </c>
+      <c r="J20" s="315"/>
+      <c r="K20" s="315"/>
+      <c r="L20" s="315"/>
+      <c r="M20" s="315"/>
+      <c r="N20" s="49">
+        <f>행사!$P$33</f>
+        <v>0</v>
+      </c>
+      <c r="O20" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P20" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q20" s="318">
+        <f>행사!O33</f>
         <v>15000</v>
       </c>
-      <c r="R18" s="327"/>
-[...10 lines deleted...]
-      <c r="AC18" s="325">
+      <c r="R20" s="318"/>
+      <c r="S20" s="318"/>
+      <c r="T20" s="318"/>
+      <c r="U20" s="318"/>
+      <c r="V20" s="48" t="s">
+        <v>146</v>
+      </c>
+      <c r="W20" s="111">
+        <f>행사!H33</f>
+        <v>0</v>
+      </c>
+      <c r="X20" s="111" t="s">
+        <v>147</v>
+      </c>
+      <c r="Y20" s="29"/>
+      <c r="Z20" s="27"/>
+      <c r="AA20" s="27"/>
+      <c r="AB20" s="27"/>
+      <c r="AC20" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD18" s="326"/>
-[...143 lines deleted...]
-      <c r="N21" s="52">
+      <c r="AD20" s="317"/>
+    </row>
+    <row r="21" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="26"/>
+      <c r="B21" s="27"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F21" s="315"/>
+      <c r="G21" s="315"/>
+      <c r="H21" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I21" s="315" t="s">
+        <v>148</v>
+      </c>
+      <c r="J21" s="315"/>
+      <c r="K21" s="315"/>
+      <c r="L21" s="315"/>
+      <c r="M21" s="315"/>
+      <c r="N21" s="49">
         <f>행사!$P$34</f>
         <v>0</v>
       </c>
-      <c r="O21" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q21" s="327">
+      <c r="O21" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q21" s="318">
         <f>행사!O34</f>
         <v>5000</v>
       </c>
-      <c r="R21" s="327"/>
-[...10 lines deleted...]
-      <c r="AC21" s="325">
+      <c r="R21" s="318"/>
+      <c r="S21" s="318"/>
+      <c r="T21" s="318"/>
+      <c r="U21" s="318"/>
+      <c r="V21" s="30"/>
+      <c r="W21" s="111"/>
+      <c r="X21" s="111"/>
+      <c r="Y21" s="29"/>
+      <c r="Z21" s="27"/>
+      <c r="AA21" s="27"/>
+      <c r="AB21" s="27"/>
+      <c r="AC21" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD21" s="326"/>
-[...23 lines deleted...]
-      <c r="N22" s="52">
+      <c r="AD21" s="317"/>
+    </row>
+    <row r="22" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="26"/>
+      <c r="B22" s="27"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E22" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F22" s="315"/>
+      <c r="G22" s="315"/>
+      <c r="H22" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I22" s="324" t="s">
+        <v>114</v>
+      </c>
+      <c r="J22" s="324"/>
+      <c r="K22" s="324"/>
+      <c r="L22" s="324"/>
+      <c r="M22" s="324"/>
+      <c r="N22" s="49">
         <f>행사!$P$35</f>
         <v>0</v>
       </c>
-      <c r="O22" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q22" s="327">
+      <c r="O22" s="27" t="s">
+        <v>70</v>
+      </c>
+      <c r="P22" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q22" s="318">
         <f>행사!O35</f>
-        <v>2500</v>
-[...12 lines deleted...]
-      <c r="AC22" s="325">
+        <v>10000</v>
+      </c>
+      <c r="R22" s="318"/>
+      <c r="S22" s="318"/>
+      <c r="T22" s="318"/>
+      <c r="U22" s="318"/>
+      <c r="V22" s="30"/>
+      <c r="W22" s="111"/>
+      <c r="X22" s="111"/>
+      <c r="Y22" s="29"/>
+      <c r="Z22" s="27"/>
+      <c r="AA22" s="27"/>
+      <c r="AB22" s="27"/>
+      <c r="AC22" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD22" s="326"/>
-[...23 lines deleted...]
-      <c r="N23" s="52">
+      <c r="AD22" s="317"/>
+    </row>
+    <row r="23" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="26"/>
+      <c r="B23" s="27"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F23" s="315"/>
+      <c r="G23" s="315"/>
+      <c r="H23" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I23" s="324" t="s">
+        <v>149</v>
+      </c>
+      <c r="J23" s="324"/>
+      <c r="K23" s="324"/>
+      <c r="L23" s="324"/>
+      <c r="M23" s="324"/>
+      <c r="N23" s="49">
         <f>행사!$P$37</f>
         <v>0</v>
       </c>
-      <c r="O23" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q23" s="327">
+      <c r="O23" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P23" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q23" s="318">
         <f>행사!O37</f>
         <v>10000</v>
       </c>
-      <c r="R23" s="327"/>
-[...10 lines deleted...]
-      <c r="AC23" s="325">
+      <c r="R23" s="318"/>
+      <c r="S23" s="318"/>
+      <c r="T23" s="318"/>
+      <c r="U23" s="318"/>
+      <c r="V23" s="30"/>
+      <c r="W23" s="111"/>
+      <c r="X23" s="111"/>
+      <c r="Y23" s="29"/>
+      <c r="Z23" s="27"/>
+      <c r="AA23" s="27"/>
+      <c r="AB23" s="27"/>
+      <c r="AC23" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD23" s="326"/>
-[...23 lines deleted...]
-      <c r="N24" s="52">
+      <c r="AD23" s="317"/>
+    </row>
+    <row r="24" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="26"/>
+      <c r="B24" s="27"/>
+      <c r="C24" s="27"/>
+      <c r="D24" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F24" s="315"/>
+      <c r="G24" s="315"/>
+      <c r="H24" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I24" s="315" t="s">
+        <v>150</v>
+      </c>
+      <c r="J24" s="315"/>
+      <c r="K24" s="315"/>
+      <c r="L24" s="315"/>
+      <c r="M24" s="315"/>
+      <c r="N24" s="49">
         <f>행사!$P$44</f>
         <v>0</v>
       </c>
-      <c r="O24" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q24" s="327">
+      <c r="O24" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P24" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q24" s="318">
         <f>행사!O44</f>
         <v>110000</v>
       </c>
-      <c r="R24" s="327"/>
-[...10 lines deleted...]
-      <c r="AC24" s="325">
+      <c r="R24" s="318"/>
+      <c r="S24" s="318"/>
+      <c r="T24" s="318"/>
+      <c r="U24" s="318"/>
+      <c r="V24" s="30"/>
+      <c r="W24" s="111"/>
+      <c r="X24" s="111"/>
+      <c r="Y24" s="29"/>
+      <c r="Z24" s="27"/>
+      <c r="AA24" s="27"/>
+      <c r="AB24" s="27"/>
+      <c r="AC24" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD24" s="326"/>
-[...23 lines deleted...]
-      <c r="N25" s="52">
+      <c r="AD24" s="317"/>
+    </row>
+    <row r="25" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="26"/>
+      <c r="B25" s="27"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E25" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F25" s="315"/>
+      <c r="G25" s="315"/>
+      <c r="H25" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" s="315" t="s">
+        <v>151</v>
+      </c>
+      <c r="J25" s="315"/>
+      <c r="K25" s="315"/>
+      <c r="L25" s="315"/>
+      <c r="M25" s="315"/>
+      <c r="N25" s="49">
         <f>행사!$P$45</f>
         <v>0</v>
       </c>
-      <c r="O25" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q25" s="327">
+      <c r="O25" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P25" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q25" s="318">
         <f>행사!O45</f>
         <v>130000</v>
       </c>
-      <c r="R25" s="327"/>
-[...10 lines deleted...]
-      <c r="AC25" s="325">
+      <c r="R25" s="318"/>
+      <c r="S25" s="318"/>
+      <c r="T25" s="318"/>
+      <c r="U25" s="318"/>
+      <c r="V25" s="30"/>
+      <c r="W25" s="111"/>
+      <c r="X25" s="111"/>
+      <c r="Y25" s="29"/>
+      <c r="Z25" s="27"/>
+      <c r="AA25" s="27"/>
+      <c r="AB25" s="27"/>
+      <c r="AC25" s="316">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD25" s="326"/>
+      <c r="AD25" s="317"/>
     </row>
     <row r="26" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A26" s="12"/>
-[...28 lines deleted...]
-      <c r="AD26" s="15"/>
+      <c r="A26" s="11"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="13"/>
+      <c r="L26" s="13"/>
+      <c r="M26" s="13"/>
+      <c r="N26" s="13"/>
+      <c r="O26" s="13"/>
+      <c r="P26" s="13"/>
+      <c r="Q26" s="13"/>
+      <c r="R26" s="13"/>
+      <c r="S26" s="13"/>
+      <c r="T26" s="13"/>
+      <c r="U26" s="13"/>
+      <c r="V26" s="13"/>
+      <c r="W26" s="13"/>
+      <c r="X26" s="13"/>
+      <c r="Y26" s="13"/>
+      <c r="Z26" s="13"/>
+      <c r="AA26" s="13"/>
+      <c r="AB26" s="13"/>
+      <c r="AC26" s="13"/>
+      <c r="AD26" s="14"/>
     </row>
     <row r="27" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A27" s="12"/>
-[...30 lines deleted...]
-      <c r="AB27" s="331">
+      <c r="A27" s="11"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="D27" s="319" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" s="319"/>
+      <c r="F27" s="319"/>
+      <c r="G27" s="319"/>
+      <c r="H27" s="25"/>
+      <c r="I27" s="25"/>
+      <c r="J27" s="25"/>
+      <c r="K27" s="25"/>
+      <c r="L27" s="25"/>
+      <c r="M27" s="25"/>
+      <c r="N27" s="25"/>
+      <c r="O27" s="25"/>
+      <c r="P27" s="25"/>
+      <c r="Q27" s="25"/>
+      <c r="R27" s="25"/>
+      <c r="S27" s="25"/>
+      <c r="T27" s="25"/>
+      <c r="U27" s="25"/>
+      <c r="V27" s="25"/>
+      <c r="W27" s="25"/>
+      <c r="X27" s="25"/>
+      <c r="Y27" s="25"/>
+      <c r="Z27" s="25"/>
+      <c r="AA27" s="25"/>
+      <c r="AB27" s="322" t="e">
         <f>SUM(AB28:AD45)</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="AC27" s="322"/>
+      <c r="AD27" s="323"/>
+    </row>
+    <row r="28" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="26"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E28" s="315" t="s">
+        <v>127</v>
+      </c>
+      <c r="F28" s="315"/>
+      <c r="G28" s="315"/>
+      <c r="H28" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I28" s="29"/>
+      <c r="J28" s="29"/>
+      <c r="K28" s="29"/>
+      <c r="L28" s="320" t="s">
+        <v>154</v>
+      </c>
+      <c r="M28" s="320"/>
+      <c r="N28" s="27">
+        <v>1</v>
+      </c>
+      <c r="O28" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P28" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q28" s="318">
         <v>165000</v>
       </c>
-      <c r="AC27" s="331"/>
-[...47 lines deleted...]
-      <c r="AC28" s="325">
+      <c r="R28" s="318"/>
+      <c r="S28" s="318"/>
+      <c r="T28" s="318"/>
+      <c r="U28" s="318"/>
+      <c r="V28" s="30"/>
+      <c r="W28" s="321"/>
+      <c r="X28" s="321"/>
+      <c r="Y28" s="27"/>
+      <c r="Z28" s="30"/>
+      <c r="AA28" s="111"/>
+      <c r="AB28" s="27"/>
+      <c r="AC28" s="316">
         <f>N28*Q28</f>
         <v>165000</v>
       </c>
-      <c r="AD28" s="326"/>
-[...55 lines deleted...]
-      <c r="N30" s="50">
+      <c r="AD28" s="317"/>
+    </row>
+    <row r="29" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="26"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="106"/>
+      <c r="F29" s="106"/>
+      <c r="G29" s="106"/>
+      <c r="H29" s="27"/>
+      <c r="I29" s="29"/>
+      <c r="J29" s="29"/>
+      <c r="K29" s="29"/>
+      <c r="L29" s="110"/>
+      <c r="M29" s="110"/>
+      <c r="N29" s="27"/>
+      <c r="O29" s="27"/>
+      <c r="P29" s="30"/>
+      <c r="Q29" s="109"/>
+      <c r="R29" s="109"/>
+      <c r="S29" s="109"/>
+      <c r="T29" s="109"/>
+      <c r="U29" s="109"/>
+      <c r="V29" s="30"/>
+      <c r="W29" s="111"/>
+      <c r="X29" s="111"/>
+      <c r="Y29" s="27"/>
+      <c r="Z29" s="30"/>
+      <c r="AA29" s="111"/>
+      <c r="AB29" s="27"/>
+      <c r="AC29" s="107"/>
+      <c r="AD29" s="108"/>
+    </row>
+    <row r="30" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="26"/>
+      <c r="B30" s="27"/>
+      <c r="C30" s="27"/>
+      <c r="D30" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E30" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" s="315"/>
+      <c r="G30" s="315"/>
+      <c r="H30" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I30" s="315" t="s">
+        <v>155</v>
+      </c>
+      <c r="J30" s="315"/>
+      <c r="K30" s="315"/>
+      <c r="L30" s="315"/>
+      <c r="M30" s="315"/>
+      <c r="N30" s="47">
         <f>행사!M23</f>
         <v>0</v>
       </c>
-      <c r="O30" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q30" s="327">
+      <c r="O30" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P30" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q30" s="318">
         <f>행사!L23</f>
+        <v>0</v>
+      </c>
+      <c r="R30" s="318"/>
+      <c r="S30" s="318"/>
+      <c r="T30" s="318"/>
+      <c r="U30" s="318"/>
+      <c r="V30" s="30"/>
+      <c r="W30" s="111"/>
+      <c r="X30" s="111"/>
+      <c r="Y30" s="27"/>
+      <c r="Z30" s="27"/>
+      <c r="AA30" s="27"/>
+      <c r="AB30" s="27"/>
+      <c r="AC30" s="316">
+        <f>N30*Q30</f>
+        <v>0</v>
+      </c>
+      <c r="AD30" s="317"/>
+    </row>
+    <row r="31" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="26"/>
+      <c r="B31" s="27"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="315"/>
+      <c r="G31" s="315"/>
+      <c r="H31" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="I31" s="315" t="s">
+        <v>136</v>
+      </c>
+      <c r="J31" s="315"/>
+      <c r="K31" s="315"/>
+      <c r="L31" s="315"/>
+      <c r="M31" s="315"/>
+      <c r="N31" s="47" t="str">
+        <f>행사!M24</f>
+        <v>횟수</v>
+      </c>
+      <c r="O31" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P31" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q31" s="318" t="str">
+        <f>행사!L24</f>
+        <v>금액</v>
+      </c>
+      <c r="R31" s="318"/>
+      <c r="S31" s="318"/>
+      <c r="T31" s="318"/>
+      <c r="U31" s="318"/>
+      <c r="V31" s="30"/>
+      <c r="W31" s="111"/>
+      <c r="X31" s="111"/>
+      <c r="Y31" s="27"/>
+      <c r="Z31" s="27"/>
+      <c r="AA31" s="27"/>
+      <c r="AB31" s="27"/>
+      <c r="AC31" s="316" t="e">
+        <f t="shared" ref="AC31:AC43" si="1">N31*Q31</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="AD31" s="317"/>
+    </row>
+    <row r="32" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="26"/>
+      <c r="B32" s="27"/>
+      <c r="C32" s="27"/>
+      <c r="D32" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E32" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F32" s="315"/>
+      <c r="G32" s="315"/>
+      <c r="H32" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I32" s="315" t="s">
+        <v>139</v>
+      </c>
+      <c r="J32" s="315"/>
+      <c r="K32" s="315"/>
+      <c r="L32" s="315"/>
+      <c r="M32" s="315"/>
+      <c r="N32" s="47">
+        <f>행사!M25</f>
+        <v>0</v>
+      </c>
+      <c r="O32" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P32" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q32" s="318">
+        <f>행사!L25</f>
         <v>80000</v>
       </c>
-      <c r="R30" s="327"/>
-[...116 lines deleted...]
-      <c r="AC32" s="325">
+      <c r="R32" s="318"/>
+      <c r="S32" s="318"/>
+      <c r="T32" s="318"/>
+      <c r="U32" s="318"/>
+      <c r="V32" s="30"/>
+      <c r="W32" s="111"/>
+      <c r="X32" s="111"/>
+      <c r="Y32" s="27"/>
+      <c r="Z32" s="27"/>
+      <c r="AA32" s="27"/>
+      <c r="AB32" s="27"/>
+      <c r="AC32" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD32" s="326"/>
-[...23 lines deleted...]
-      <c r="N33" s="50">
+      <c r="AD32" s="317"/>
+    </row>
+    <row r="33" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="26"/>
+      <c r="B33" s="27"/>
+      <c r="C33" s="27"/>
+      <c r="D33" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E33" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F33" s="315"/>
+      <c r="G33" s="315"/>
+      <c r="H33" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I33" s="315" t="s">
+        <v>156</v>
+      </c>
+      <c r="J33" s="315"/>
+      <c r="K33" s="315"/>
+      <c r="L33" s="315"/>
+      <c r="M33" s="315"/>
+      <c r="N33" s="47">
         <f>행사!M29</f>
         <v>0</v>
       </c>
-      <c r="O33" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q33" s="327">
+      <c r="O33" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P33" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q33" s="318">
         <f>행사!L29</f>
         <v>30000</v>
       </c>
-      <c r="R33" s="327"/>
-[...10 lines deleted...]
-      <c r="AC33" s="325">
+      <c r="R33" s="318"/>
+      <c r="S33" s="318"/>
+      <c r="T33" s="318"/>
+      <c r="U33" s="318"/>
+      <c r="V33" s="30"/>
+      <c r="W33" s="111"/>
+      <c r="X33" s="111"/>
+      <c r="Y33" s="27"/>
+      <c r="Z33" s="27"/>
+      <c r="AA33" s="27"/>
+      <c r="AB33" s="27"/>
+      <c r="AC33" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD33" s="326"/>
-[...23 lines deleted...]
-      <c r="N34" s="50">
+      <c r="AD33" s="317"/>
+    </row>
+    <row r="34" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="26"/>
+      <c r="B34" s="27"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E34" s="315" t="s">
+        <v>140</v>
+      </c>
+      <c r="F34" s="315"/>
+      <c r="G34" s="315"/>
+      <c r="H34" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I34" s="315" t="s">
+        <v>157</v>
+      </c>
+      <c r="J34" s="315"/>
+      <c r="K34" s="315"/>
+      <c r="L34" s="315"/>
+      <c r="M34" s="315"/>
+      <c r="N34" s="47">
         <f>행사!M31</f>
         <v>0</v>
       </c>
-      <c r="O34" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q34" s="327">
+      <c r="O34" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P34" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q34" s="318">
         <f>행사!L31</f>
+        <v>50000</v>
+      </c>
+      <c r="R34" s="318"/>
+      <c r="S34" s="318"/>
+      <c r="T34" s="318"/>
+      <c r="U34" s="318"/>
+      <c r="V34" s="30"/>
+      <c r="W34" s="111"/>
+      <c r="X34" s="111"/>
+      <c r="Y34" s="27"/>
+      <c r="Z34" s="27"/>
+      <c r="AA34" s="27"/>
+      <c r="AB34" s="27"/>
+      <c r="AC34" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD34" s="317"/>
+    </row>
+    <row r="35" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="26"/>
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E35" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F35" s="315"/>
+      <c r="G35" s="315"/>
+      <c r="H35" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I35" s="315" t="s">
+        <v>158</v>
+      </c>
+      <c r="J35" s="315"/>
+      <c r="K35" s="315"/>
+      <c r="L35" s="315"/>
+      <c r="M35" s="315"/>
+      <c r="N35" s="47">
+        <f>행사!M32</f>
+        <v>0</v>
+      </c>
+      <c r="O35" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P35" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q35" s="318">
+        <f>행사!L32</f>
+        <v>20000</v>
+      </c>
+      <c r="R35" s="318"/>
+      <c r="S35" s="318"/>
+      <c r="T35" s="318"/>
+      <c r="U35" s="318"/>
+      <c r="V35" s="48" t="s">
+        <v>146</v>
+      </c>
+      <c r="W35" s="111">
+        <f>행사!H32</f>
+        <v>0</v>
+      </c>
+      <c r="X35" s="111" t="s">
+        <v>147</v>
+      </c>
+      <c r="Y35" s="29"/>
+      <c r="Z35" s="27"/>
+      <c r="AA35" s="27"/>
+      <c r="AB35" s="27"/>
+      <c r="AC35" s="316">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD35" s="317"/>
+    </row>
+    <row r="36" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="26"/>
+      <c r="B36" s="27"/>
+      <c r="C36" s="27"/>
+      <c r="D36" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E36" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F36" s="315"/>
+      <c r="G36" s="315"/>
+      <c r="H36" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I36" s="315" t="s">
+        <v>159</v>
+      </c>
+      <c r="J36" s="315"/>
+      <c r="K36" s="315"/>
+      <c r="L36" s="315"/>
+      <c r="M36" s="315"/>
+      <c r="N36" s="47">
+        <f>행사!M33</f>
+        <v>0</v>
+      </c>
+      <c r="O36" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P36" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q36" s="318">
+        <f>행사!L33</f>
         <v>30000</v>
       </c>
-      <c r="R34" s="327"/>
-[...10 lines deleted...]
-      <c r="AC34" s="325">
+      <c r="R36" s="318"/>
+      <c r="S36" s="318"/>
+      <c r="T36" s="318"/>
+      <c r="U36" s="318"/>
+      <c r="V36" s="48" t="s">
+        <v>146</v>
+      </c>
+      <c r="W36" s="111">
+        <f>행사!H33</f>
+        <v>0</v>
+      </c>
+      <c r="X36" s="111" t="s">
+        <v>147</v>
+      </c>
+      <c r="Y36" s="29"/>
+      <c r="Z36" s="27"/>
+      <c r="AA36" s="27"/>
+      <c r="AB36" s="27"/>
+      <c r="AC36" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD34" s="326"/>
-[...143 lines deleted...]
-      <c r="N37" s="50">
+      <c r="AD36" s="317"/>
+    </row>
+    <row r="37" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="26"/>
+      <c r="B37" s="27"/>
+      <c r="C37" s="27"/>
+      <c r="D37" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E37" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F37" s="315"/>
+      <c r="G37" s="315"/>
+      <c r="H37" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I37" s="315" t="s">
+        <v>148</v>
+      </c>
+      <c r="J37" s="315"/>
+      <c r="K37" s="315"/>
+      <c r="L37" s="315"/>
+      <c r="M37" s="315"/>
+      <c r="N37" s="47">
         <f>행사!M34</f>
         <v>0</v>
       </c>
-      <c r="O37" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q37" s="327">
+      <c r="O37" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P37" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q37" s="318">
         <f>행사!L34</f>
         <v>10000</v>
       </c>
-      <c r="R37" s="327"/>
-[...10 lines deleted...]
-      <c r="AC37" s="325">
+      <c r="R37" s="318"/>
+      <c r="S37" s="318"/>
+      <c r="T37" s="318"/>
+      <c r="U37" s="318"/>
+      <c r="V37" s="30"/>
+      <c r="W37" s="111"/>
+      <c r="X37" s="111"/>
+      <c r="Y37" s="27"/>
+      <c r="Z37" s="27"/>
+      <c r="AA37" s="27"/>
+      <c r="AB37" s="27"/>
+      <c r="AC37" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD37" s="326"/>
-[...23 lines deleted...]
-      <c r="N38" s="50">
+      <c r="AD37" s="317"/>
+    </row>
+    <row r="38" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="26"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E38" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F38" s="315"/>
+      <c r="G38" s="315"/>
+      <c r="H38" s="27" t="s">
+        <v>160</v>
+      </c>
+      <c r="I38" s="324" t="s">
+        <v>161</v>
+      </c>
+      <c r="J38" s="324"/>
+      <c r="K38" s="324"/>
+      <c r="L38" s="324"/>
+      <c r="M38" s="324"/>
+      <c r="N38" s="47">
         <f>행사!M35</f>
         <v>0</v>
       </c>
-      <c r="O38" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q38" s="327">
+      <c r="O38" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P38" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q38" s="318">
         <f>행사!L35</f>
-        <v>5000</v>
-[...12 lines deleted...]
-      <c r="AC38" s="325">
+        <v>20000</v>
+      </c>
+      <c r="R38" s="318"/>
+      <c r="S38" s="318"/>
+      <c r="T38" s="318"/>
+      <c r="U38" s="318"/>
+      <c r="V38" s="30"/>
+      <c r="W38" s="111"/>
+      <c r="X38" s="111"/>
+      <c r="Y38" s="27"/>
+      <c r="Z38" s="27"/>
+      <c r="AA38" s="27"/>
+      <c r="AB38" s="27"/>
+      <c r="AC38" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD38" s="326"/>
-[...23 lines deleted...]
-      <c r="N39" s="50">
+      <c r="AD38" s="317"/>
+    </row>
+    <row r="39" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="26"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E39" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F39" s="315"/>
+      <c r="G39" s="315"/>
+      <c r="H39" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I39" s="324" t="s">
+        <v>162</v>
+      </c>
+      <c r="J39" s="324"/>
+      <c r="K39" s="324"/>
+      <c r="L39" s="324"/>
+      <c r="M39" s="324"/>
+      <c r="N39" s="47">
         <f>행사!M37</f>
         <v>0</v>
       </c>
-      <c r="O39" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q39" s="327">
+      <c r="O39" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P39" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q39" s="318">
         <f>행사!L37</f>
         <v>20000</v>
       </c>
-      <c r="R39" s="327"/>
-[...10 lines deleted...]
-      <c r="AC39" s="325">
+      <c r="R39" s="318"/>
+      <c r="S39" s="318"/>
+      <c r="T39" s="318"/>
+      <c r="U39" s="318"/>
+      <c r="V39" s="30"/>
+      <c r="W39" s="111"/>
+      <c r="X39" s="111"/>
+      <c r="Y39" s="27"/>
+      <c r="Z39" s="27"/>
+      <c r="AA39" s="27"/>
+      <c r="AB39" s="27"/>
+      <c r="AC39" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD39" s="326"/>
-[...23 lines deleted...]
-      <c r="N40" s="50">
+      <c r="AD39" s="317"/>
+    </row>
+    <row r="40" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="26"/>
+      <c r="B40" s="27"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E40" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F40" s="315"/>
+      <c r="G40" s="315"/>
+      <c r="H40" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I40" s="315" t="s">
+        <v>163</v>
+      </c>
+      <c r="J40" s="315"/>
+      <c r="K40" s="315"/>
+      <c r="L40" s="315"/>
+      <c r="M40" s="315"/>
+      <c r="N40" s="47">
         <f>행사!M39</f>
         <v>0</v>
       </c>
-      <c r="O40" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q40" s="327">
+      <c r="O40" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P40" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q40" s="318">
         <f>행사!L39</f>
         <v>30000</v>
       </c>
-      <c r="R40" s="327"/>
-[...10 lines deleted...]
-      <c r="AC40" s="325">
+      <c r="R40" s="318"/>
+      <c r="S40" s="318"/>
+      <c r="T40" s="318"/>
+      <c r="U40" s="318"/>
+      <c r="V40" s="30"/>
+      <c r="W40" s="111"/>
+      <c r="X40" s="111"/>
+      <c r="Y40" s="27"/>
+      <c r="Z40" s="27"/>
+      <c r="AA40" s="27"/>
+      <c r="AB40" s="27"/>
+      <c r="AC40" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD40" s="326"/>
-[...23 lines deleted...]
-      <c r="N41" s="50">
+      <c r="AD40" s="317"/>
+    </row>
+    <row r="41" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="26"/>
+      <c r="B41" s="27"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E41" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F41" s="315"/>
+      <c r="G41" s="315"/>
+      <c r="H41" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I41" s="315" t="s">
+        <v>164</v>
+      </c>
+      <c r="J41" s="315"/>
+      <c r="K41" s="315"/>
+      <c r="L41" s="315"/>
+      <c r="M41" s="315"/>
+      <c r="N41" s="47">
         <f>행사!M40</f>
         <v>0</v>
       </c>
-      <c r="O41" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q41" s="327">
+      <c r="O41" s="27" t="s">
+        <v>165</v>
+      </c>
+      <c r="P41" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q41" s="318">
         <f>행사!L40</f>
         <v>50000</v>
       </c>
-      <c r="R41" s="327"/>
-[...10 lines deleted...]
-      <c r="AC41" s="325">
+      <c r="R41" s="318"/>
+      <c r="S41" s="318"/>
+      <c r="T41" s="318"/>
+      <c r="U41" s="318"/>
+      <c r="V41" s="30"/>
+      <c r="W41" s="111"/>
+      <c r="X41" s="111"/>
+      <c r="Y41" s="27"/>
+      <c r="Z41" s="27"/>
+      <c r="AA41" s="27"/>
+      <c r="AB41" s="27"/>
+      <c r="AC41" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD41" s="326"/>
-[...23 lines deleted...]
-      <c r="N42" s="50">
+      <c r="AD41" s="317"/>
+    </row>
+    <row r="42" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="26"/>
+      <c r="B42" s="27"/>
+      <c r="C42" s="27"/>
+      <c r="D42" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E42" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F42" s="315"/>
+      <c r="G42" s="315"/>
+      <c r="H42" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I42" s="315" t="s">
+        <v>166</v>
+      </c>
+      <c r="J42" s="315"/>
+      <c r="K42" s="315"/>
+      <c r="L42" s="315"/>
+      <c r="M42" s="315"/>
+      <c r="N42" s="47">
         <f>행사!M41</f>
         <v>0</v>
       </c>
-      <c r="O42" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q42" s="327">
+      <c r="O42" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P42" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q42" s="318">
         <f>행사!L41</f>
         <v>10000</v>
       </c>
-      <c r="R42" s="327"/>
-[...10 lines deleted...]
-      <c r="AC42" s="325">
+      <c r="R42" s="318"/>
+      <c r="S42" s="318"/>
+      <c r="T42" s="318"/>
+      <c r="U42" s="318"/>
+      <c r="V42" s="30"/>
+      <c r="W42" s="111"/>
+      <c r="X42" s="111"/>
+      <c r="Y42" s="27"/>
+      <c r="Z42" s="27"/>
+      <c r="AA42" s="27"/>
+      <c r="AB42" s="27"/>
+      <c r="AC42" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD42" s="326"/>
-[...23 lines deleted...]
-      <c r="N43" s="50">
+      <c r="AD42" s="317"/>
+    </row>
+    <row r="43" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="26"/>
+      <c r="B43" s="27"/>
+      <c r="C43" s="27"/>
+      <c r="D43" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E43" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F43" s="315"/>
+      <c r="G43" s="315"/>
+      <c r="H43" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I43" s="315" t="s">
+        <v>150</v>
+      </c>
+      <c r="J43" s="315"/>
+      <c r="K43" s="315"/>
+      <c r="L43" s="315"/>
+      <c r="M43" s="315"/>
+      <c r="N43" s="47">
         <f>행사!M44</f>
         <v>0</v>
       </c>
-      <c r="O43" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q43" s="327">
+      <c r="O43" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P43" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q43" s="318">
         <f>행사!L44</f>
         <v>110000</v>
       </c>
-      <c r="R43" s="327"/>
-[...10 lines deleted...]
-      <c r="AC43" s="325">
+      <c r="R43" s="318"/>
+      <c r="S43" s="318"/>
+      <c r="T43" s="318"/>
+      <c r="U43" s="318"/>
+      <c r="V43" s="30"/>
+      <c r="W43" s="111"/>
+      <c r="X43" s="111"/>
+      <c r="Y43" s="27"/>
+      <c r="Z43" s="27"/>
+      <c r="AA43" s="27"/>
+      <c r="AB43" s="27"/>
+      <c r="AC43" s="316">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD43" s="326"/>
-[...23 lines deleted...]
-      <c r="N44" s="50">
+      <c r="AD43" s="317"/>
+    </row>
+    <row r="44" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="26"/>
+      <c r="B44" s="27"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="28" t="s">
+        <v>125</v>
+      </c>
+      <c r="E44" s="315" t="s">
+        <v>132</v>
+      </c>
+      <c r="F44" s="315"/>
+      <c r="G44" s="315"/>
+      <c r="H44" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="I44" s="315" t="s">
+        <v>167</v>
+      </c>
+      <c r="J44" s="315"/>
+      <c r="K44" s="315"/>
+      <c r="L44" s="315"/>
+      <c r="M44" s="315"/>
+      <c r="N44" s="47">
         <f>행사!M45</f>
         <v>0</v>
       </c>
-      <c r="O44" s="28" t="s">
-[...5 lines deleted...]
-      <c r="Q44" s="327">
+      <c r="O44" s="27" t="s">
+        <v>129</v>
+      </c>
+      <c r="P44" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q44" s="318">
         <f>행사!L45</f>
         <v>130000</v>
       </c>
-      <c r="R44" s="327"/>
-[...10 lines deleted...]
-      <c r="AC44" s="325">
+      <c r="R44" s="318"/>
+      <c r="S44" s="318"/>
+      <c r="T44" s="318"/>
+      <c r="U44" s="318"/>
+      <c r="V44" s="30"/>
+      <c r="W44" s="111"/>
+      <c r="X44" s="29"/>
+      <c r="Y44" s="27"/>
+      <c r="Z44" s="27"/>
+      <c r="AA44" s="27"/>
+      <c r="AB44" s="27"/>
+      <c r="AC44" s="316">
         <f>N44*Q44</f>
         <v>0</v>
       </c>
-      <c r="AD44" s="326"/>
+      <c r="AD44" s="317"/>
     </row>
     <row r="45" spans="1:31" x14ac:dyDescent="0.3">
-      <c r="A45" s="12"/>
-[...29 lines deleted...]
-      <c r="AE45" s="41"/>
+      <c r="A45" s="11"/>
+      <c r="B45" s="13"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="13"/>
+      <c r="F45" s="13"/>
+      <c r="G45" s="13"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="13"/>
+      <c r="J45" s="13"/>
+      <c r="K45" s="13"/>
+      <c r="L45" s="13"/>
+      <c r="M45" s="13"/>
+      <c r="N45" s="13"/>
+      <c r="O45" s="13"/>
+      <c r="P45" s="13"/>
+      <c r="Q45" s="13"/>
+      <c r="R45" s="13"/>
+      <c r="S45" s="13"/>
+      <c r="T45" s="13"/>
+      <c r="U45" s="13"/>
+      <c r="V45" s="13"/>
+      <c r="W45" s="13"/>
+      <c r="X45" s="13"/>
+      <c r="Y45" s="13"/>
+      <c r="Z45" s="13"/>
+      <c r="AA45" s="13"/>
+      <c r="AB45" s="13"/>
+      <c r="AC45" s="13"/>
+      <c r="AD45" s="14"/>
+      <c r="AE45" s="40"/>
     </row>
     <row r="46" spans="1:31" x14ac:dyDescent="0.3">
-      <c r="A46" s="12"/>
-[...29 lines deleted...]
-      <c r="AA46" s="343">
+      <c r="A46" s="11"/>
+      <c r="B46" s="13"/>
+      <c r="C46" s="41" t="s">
+        <v>168</v>
+      </c>
+      <c r="D46" s="333" t="s">
+        <v>77</v>
+      </c>
+      <c r="E46" s="333"/>
+      <c r="F46" s="333"/>
+      <c r="G46" s="333"/>
+      <c r="H46" s="333"/>
+      <c r="I46" s="333"/>
+      <c r="J46" s="333"/>
+      <c r="K46" s="333"/>
+      <c r="L46" s="333"/>
+      <c r="M46" s="333"/>
+      <c r="N46" s="41"/>
+      <c r="O46" s="41"/>
+      <c r="P46" s="41"/>
+      <c r="Q46" s="41"/>
+      <c r="R46" s="41"/>
+      <c r="S46" s="41"/>
+      <c r="T46" s="41"/>
+      <c r="U46" s="41"/>
+      <c r="V46" s="41"/>
+      <c r="W46" s="41"/>
+      <c r="X46" s="41"/>
+      <c r="Y46" s="41"/>
+      <c r="Z46" s="41"/>
+      <c r="AA46" s="334" t="e">
         <f>AB9+AB27</f>
-        <v>165000</v>
-[...21 lines deleted...]
-      <c r="I47" s="346">
+        <v>#VALUE!</v>
+      </c>
+      <c r="AB46" s="334"/>
+      <c r="AC46" s="334"/>
+      <c r="AD46" s="335"/>
+      <c r="AE46" s="40"/>
+    </row>
+    <row r="47" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A47" s="26"/>
+      <c r="B47" s="27"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="28" t="s">
+        <v>125</v>
+      </c>
+      <c r="E47" s="336" t="s">
+        <v>68</v>
+      </c>
+      <c r="F47" s="336"/>
+      <c r="G47" s="336"/>
+      <c r="H47" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="I47" s="337">
         <f>SUM(AC10:AD13)+SUM(AC28:AD29)</f>
         <v>165000</v>
       </c>
-      <c r="J47" s="346"/>
-[...36 lines deleted...]
-      <c r="I48" s="346">
+      <c r="J47" s="337"/>
+      <c r="K47" s="337"/>
+      <c r="L47" s="337"/>
+      <c r="M47" s="337"/>
+      <c r="N47" s="29"/>
+      <c r="O47" s="110"/>
+      <c r="P47" s="110"/>
+      <c r="Q47" s="110"/>
+      <c r="R47" s="110"/>
+      <c r="S47" s="110"/>
+      <c r="T47" s="110"/>
+      <c r="U47" s="110"/>
+      <c r="V47" s="27"/>
+      <c r="W47" s="27"/>
+      <c r="X47" s="27"/>
+      <c r="Y47" s="27"/>
+      <c r="Z47" s="27"/>
+      <c r="AA47" s="27"/>
+      <c r="AB47" s="27"/>
+      <c r="AC47" s="27"/>
+      <c r="AD47" s="42"/>
+    </row>
+    <row r="48" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A48" s="26"/>
+      <c r="B48" s="27"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E48" s="315" t="s">
+        <v>72</v>
+      </c>
+      <c r="F48" s="315"/>
+      <c r="G48" s="315"/>
+      <c r="H48" s="27" t="s">
+        <v>160</v>
+      </c>
+      <c r="I48" s="337" t="e">
         <f>SUM(AC14:AD26)+SUM(AC30:AD45)</f>
-        <v>0</v>
-[...21 lines deleted...]
-      <c r="AD48" s="43"/>
+        <v>#VALUE!</v>
+      </c>
+      <c r="J48" s="337"/>
+      <c r="K48" s="337"/>
+      <c r="L48" s="337"/>
+      <c r="M48" s="337"/>
+      <c r="N48" s="29"/>
+      <c r="O48" s="110"/>
+      <c r="P48" s="110"/>
+      <c r="Q48" s="110"/>
+      <c r="R48" s="110"/>
+      <c r="S48" s="110"/>
+      <c r="T48" s="110"/>
+      <c r="U48" s="110"/>
+      <c r="V48" s="27"/>
+      <c r="W48" s="27"/>
+      <c r="X48" s="27"/>
+      <c r="Y48" s="27"/>
+      <c r="Z48" s="27"/>
+      <c r="AA48" s="27"/>
+      <c r="AB48" s="27"/>
+      <c r="AC48" s="27"/>
+      <c r="AD48" s="42"/>
     </row>
     <row r="49" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A49" s="12"/>
-[...28 lines deleted...]
-      <c r="AD49" s="15"/>
+      <c r="A49" s="11"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="13"/>
+      <c r="K49" s="13"/>
+      <c r="L49" s="13"/>
+      <c r="M49" s="13"/>
+      <c r="N49" s="13"/>
+      <c r="O49" s="13"/>
+      <c r="P49" s="13"/>
+      <c r="Q49" s="13"/>
+      <c r="R49" s="13"/>
+      <c r="S49" s="13"/>
+      <c r="T49" s="13"/>
+      <c r="U49" s="13"/>
+      <c r="V49" s="13"/>
+      <c r="W49" s="13"/>
+      <c r="X49" s="13"/>
+      <c r="Y49" s="13"/>
+      <c r="Z49" s="13"/>
+      <c r="AA49" s="13"/>
+      <c r="AB49" s="13"/>
+      <c r="AC49" s="13"/>
+      <c r="AD49" s="14"/>
     </row>
     <row r="50" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A50" s="12"/>
-[...36 lines deleted...]
-      <c r="AD50" s="15"/>
+      <c r="A50" s="11"/>
+      <c r="B50" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C50" s="325" t="s">
+        <v>79</v>
+      </c>
+      <c r="D50" s="325"/>
+      <c r="E50" s="325"/>
+      <c r="F50" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="G50" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
+      <c r="J50" s="13"/>
+      <c r="K50" s="13"/>
+      <c r="L50" s="13"/>
+      <c r="M50" s="13"/>
+      <c r="N50" s="13"/>
+      <c r="O50" s="13"/>
+      <c r="P50" s="13"/>
+      <c r="Q50" s="13"/>
+      <c r="R50" s="13"/>
+      <c r="S50" s="13"/>
+      <c r="T50" s="13"/>
+      <c r="U50" s="13"/>
+      <c r="V50" s="13"/>
+      <c r="W50" s="13"/>
+      <c r="X50" s="13"/>
+      <c r="Y50" s="13"/>
+      <c r="Z50" s="13"/>
+      <c r="AA50" s="13"/>
+      <c r="AB50" s="13"/>
+      <c r="AC50" s="13"/>
+      <c r="AD50" s="14"/>
     </row>
     <row r="51" spans="1:30" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="12"/>
-[...30 lines deleted...]
-      <c r="AD51" s="15"/>
+      <c r="A51" s="11"/>
+      <c r="B51" s="13"/>
+      <c r="C51" s="13"/>
+      <c r="D51" s="13"/>
+      <c r="E51" s="13"/>
+      <c r="F51" s="13"/>
+      <c r="G51" s="326" t="s">
+        <v>170</v>
+      </c>
+      <c r="H51" s="326"/>
+      <c r="I51" s="326"/>
+      <c r="J51" s="326"/>
+      <c r="K51" s="326"/>
+      <c r="L51" s="326"/>
+      <c r="M51" s="326"/>
+      <c r="N51" s="326"/>
+      <c r="O51" s="326"/>
+      <c r="P51" s="326"/>
+      <c r="Q51" s="326"/>
+      <c r="R51" s="326"/>
+      <c r="S51" s="326"/>
+      <c r="T51" s="326"/>
+      <c r="U51" s="326"/>
+      <c r="V51" s="326"/>
+      <c r="W51" s="326"/>
+      <c r="X51" s="326"/>
+      <c r="Y51" s="326"/>
+      <c r="Z51" s="326"/>
+      <c r="AA51" s="326"/>
+      <c r="AB51" s="326"/>
+      <c r="AC51" s="112"/>
+      <c r="AD51" s="14"/>
     </row>
     <row r="52" spans="1:30" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="12"/>
-[...28 lines deleted...]
-      <c r="AD52" s="15"/>
+      <c r="A52" s="11"/>
+      <c r="B52" s="13"/>
+      <c r="C52" s="13"/>
+      <c r="D52" s="13"/>
+      <c r="E52" s="13"/>
+      <c r="F52" s="13"/>
+      <c r="G52" s="112"/>
+      <c r="H52" s="112"/>
+      <c r="I52" s="112"/>
+      <c r="J52" s="112"/>
+      <c r="K52" s="112"/>
+      <c r="L52" s="112"/>
+      <c r="M52" s="112"/>
+      <c r="N52" s="112"/>
+      <c r="O52" s="112"/>
+      <c r="P52" s="112"/>
+      <c r="Q52" s="112"/>
+      <c r="R52" s="112"/>
+      <c r="S52" s="112"/>
+      <c r="T52" s="112"/>
+      <c r="U52" s="112"/>
+      <c r="V52" s="112"/>
+      <c r="W52" s="112"/>
+      <c r="X52" s="112"/>
+      <c r="Y52" s="112"/>
+      <c r="Z52" s="112"/>
+      <c r="AA52" s="112"/>
+      <c r="AB52" s="112"/>
+      <c r="AC52" s="112"/>
+      <c r="AD52" s="14"/>
     </row>
     <row r="53" spans="1:30" ht="69" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="12"/>
-[...30 lines deleted...]
-      <c r="AD53" s="15"/>
+      <c r="A53" s="11"/>
+      <c r="B53" s="327" t="s">
+        <v>171</v>
+      </c>
+      <c r="C53" s="328"/>
+      <c r="D53" s="328"/>
+      <c r="E53" s="328"/>
+      <c r="F53" s="328"/>
+      <c r="G53" s="328"/>
+      <c r="H53" s="328"/>
+      <c r="I53" s="328"/>
+      <c r="J53" s="328"/>
+      <c r="K53" s="328"/>
+      <c r="L53" s="328"/>
+      <c r="M53" s="328"/>
+      <c r="N53" s="328"/>
+      <c r="O53" s="328"/>
+      <c r="P53" s="328"/>
+      <c r="Q53" s="328"/>
+      <c r="R53" s="328"/>
+      <c r="S53" s="328"/>
+      <c r="T53" s="328"/>
+      <c r="U53" s="328"/>
+      <c r="V53" s="328"/>
+      <c r="W53" s="328"/>
+      <c r="X53" s="328"/>
+      <c r="Y53" s="328"/>
+      <c r="Z53" s="328"/>
+      <c r="AA53" s="328"/>
+      <c r="AB53" s="328"/>
+      <c r="AC53" s="329"/>
+      <c r="AD53" s="14"/>
     </row>
     <row r="54" spans="1:30" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A54" s="45"/>
-[...28 lines deleted...]
-      <c r="AD54" s="47"/>
+      <c r="A54" s="44"/>
+      <c r="B54" s="45"/>
+      <c r="C54" s="45"/>
+      <c r="D54" s="45"/>
+      <c r="E54" s="45"/>
+      <c r="F54" s="45"/>
+      <c r="G54" s="45"/>
+      <c r="H54" s="45"/>
+      <c r="I54" s="45"/>
+      <c r="J54" s="45"/>
+      <c r="K54" s="45"/>
+      <c r="L54" s="45"/>
+      <c r="M54" s="45"/>
+      <c r="N54" s="45"/>
+      <c r="O54" s="45"/>
+      <c r="P54" s="45"/>
+      <c r="Q54" s="45"/>
+      <c r="R54" s="45"/>
+      <c r="S54" s="45"/>
+      <c r="T54" s="45"/>
+      <c r="U54" s="45"/>
+      <c r="V54" s="45"/>
+      <c r="W54" s="45"/>
+      <c r="X54" s="45"/>
+      <c r="Y54" s="45"/>
+      <c r="Z54" s="45"/>
+      <c r="AA54" s="45"/>
+      <c r="AB54" s="45"/>
+      <c r="AC54" s="45"/>
+      <c r="AD54" s="46"/>
     </row>
     <row r="55" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="56" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="57" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="58" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="144">
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="D9:G9"/>
     <mergeCell ref="AB9:AD9"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="Q10:U10"/>
     <mergeCell ref="W10:X10"/>
     <mergeCell ref="AC10:AD10"/>
     <mergeCell ref="A1:AD1"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="C5:E5"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="M6:P6"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="Q11:U11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="AC11:AD11"/>