--- v0 (2025-10-25)
+++ v1 (2026-01-22)
@@ -3,131 +3,173 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="23127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\02 대관\02 대관필요양식\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\02 대관\01 대관필요양식\02 대관공연관련 서류\대관시설세부내역서 관련\2026(운영조례 변경 후)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB2286A3-A01A-4C83-8BAE-EF9382A9C02B}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{920A095F-3C96-44DF-8655-7F606479037C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="공연" sheetId="9" state="hidden" r:id="rId1"/>
     <sheet name="공연,행사" sheetId="1" r:id="rId2"/>
-    <sheet name="납부" sheetId="4" state="hidden" r:id="rId3"/>
+    <sheet name="납부" sheetId="4" r:id="rId3"/>
     <sheet name="공연_납부(음향반사판)" sheetId="6" state="hidden" r:id="rId4"/>
     <sheet name="Sheet2" sheetId="3" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">공연!$A$1:$T$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'공연,행사'!$A$1:$T$46</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" refMode="R1C1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O42" i="9" l="1"/>
+  <c r="R12" i="1" l="1"/>
+  <c r="O14" i="1"/>
+  <c r="O13" i="1"/>
+  <c r="O12" i="1"/>
+  <c r="Q14" i="4" l="1"/>
+  <c r="Q15" i="4"/>
+  <c r="W15" i="4"/>
+  <c r="Q17" i="4"/>
+  <c r="Q18" i="4"/>
+  <c r="Q20" i="4"/>
+  <c r="Q28" i="4"/>
+  <c r="Q29" i="4"/>
+  <c r="W29" i="4"/>
+  <c r="Q31" i="4"/>
+  <c r="Q32" i="4"/>
+  <c r="Q34" i="4"/>
+  <c r="Q35" i="4"/>
+  <c r="Q36" i="4"/>
+  <c r="Q37" i="4"/>
+  <c r="G6" i="4"/>
+  <c r="O42" i="9"/>
   <c r="J42" i="9" s="1"/>
   <c r="O41" i="9"/>
   <c r="J41" i="9" s="1"/>
   <c r="O40" i="9"/>
   <c r="J40" i="9" s="1"/>
   <c r="J39" i="9"/>
   <c r="J38" i="9"/>
   <c r="J37" i="9"/>
   <c r="J36" i="9"/>
   <c r="J35" i="9"/>
   <c r="O34" i="9"/>
   <c r="J34" i="9" s="1"/>
   <c r="O33" i="9"/>
   <c r="J33" i="9" s="1"/>
   <c r="O32" i="9"/>
   <c r="J32" i="9" s="1"/>
   <c r="O31" i="9"/>
   <c r="J31" i="9" s="1"/>
   <c r="O30" i="9"/>
   <c r="J30" i="9" s="1"/>
   <c r="L29" i="9"/>
   <c r="L28" i="9"/>
   <c r="O28" i="9" s="1"/>
   <c r="J28" i="9" s="1"/>
   <c r="O27" i="9"/>
   <c r="J27" i="9" s="1"/>
   <c r="O26" i="9"/>
   <c r="J26" i="9"/>
   <c r="O25" i="9"/>
   <c r="J25" i="9" s="1"/>
   <c r="O24" i="9"/>
   <c r="J24" i="9" s="1"/>
   <c r="O23" i="9"/>
   <c r="J23" i="9" s="1"/>
   <c r="O22" i="9"/>
   <c r="J22" i="9"/>
   <c r="O21" i="9"/>
   <c r="J21" i="9" s="1"/>
   <c r="J20" i="9"/>
   <c r="R14" i="9"/>
   <c r="J14" i="9"/>
   <c r="R13" i="9"/>
-  <c r="J13" i="9"/>
+  <c r="J13" i="9" s="1"/>
   <c r="R12" i="9"/>
   <c r="J12" i="9"/>
   <c r="AC10" i="4"/>
-  <c r="J15" i="9" l="1"/>
+  <c r="AC20" i="4" l="1"/>
+  <c r="AC17" i="4"/>
+  <c r="AC14" i="4"/>
+  <c r="AC15" i="4"/>
+  <c r="AC18" i="4"/>
+  <c r="AC29" i="4"/>
+  <c r="AC28" i="4"/>
+  <c r="AC31" i="4"/>
+  <c r="AC32" i="4"/>
+  <c r="AC35" i="4"/>
+  <c r="AC34" i="4"/>
+  <c r="AC36" i="4"/>
+  <c r="AC37" i="4"/>
+  <c r="J15" i="9"/>
   <c r="O29" i="9"/>
   <c r="J29" i="9" s="1"/>
   <c r="J43" i="9" s="1"/>
   <c r="Q29" i="6"/>
   <c r="Q24" i="6"/>
   <c r="Q23" i="6"/>
   <c r="Q22" i="6"/>
   <c r="Q21" i="6"/>
   <c r="I21" i="6"/>
   <c r="I20" i="6"/>
   <c r="I15" i="6"/>
   <c r="I14" i="6"/>
   <c r="Q19" i="6"/>
   <c r="Q18" i="6"/>
   <c r="Q17" i="6"/>
   <c r="Q16" i="6"/>
   <c r="Q15" i="6"/>
   <c r="Q14" i="6"/>
   <c r="F7" i="9" l="1"/>
   <c r="L29" i="1"/>
   <c r="L28" i="1"/>
   <c r="J37" i="1" l="1"/>
   <c r="J38" i="1"/>
   <c r="Q42" i="6" l="1"/>
   <c r="Q41" i="6"/>
@@ -172,199 +214,145 @@
   <c r="W34" i="6"/>
   <c r="W33" i="6"/>
   <c r="W19" i="6"/>
   <c r="W18" i="6"/>
   <c r="M6" i="6"/>
   <c r="G4" i="6"/>
   <c r="G5" i="6"/>
   <c r="G3" i="6"/>
   <c r="AC41" i="6"/>
   <c r="AC27" i="6"/>
   <c r="AC11" i="6"/>
   <c r="AC10" i="6"/>
   <c r="G6" i="6"/>
   <c r="AC42" i="6" l="1"/>
   <c r="AC32" i="6"/>
   <c r="AC38" i="6"/>
   <c r="AC35" i="6"/>
   <c r="AC39" i="6"/>
   <c r="AC37" i="6"/>
   <c r="AC33" i="6"/>
   <c r="Q34" i="6"/>
   <c r="AC34" i="6" s="1"/>
   <c r="I45" i="6"/>
   <c r="AC40" i="6"/>
   <c r="AC30" i="6"/>
-  <c r="Q31" i="4"/>
   <c r="AB26" i="6" l="1"/>
   <c r="Q38" i="4"/>
-  <c r="N38" i="4"/>
-[...7 lines deleted...]
-  <c r="N34" i="4"/>
   <c r="Q33" i="4"/>
-  <c r="N33" i="4"/>
-[...3 lines deleted...]
-  <c r="AC31" i="4" s="1"/>
   <c r="W30" i="4"/>
   <c r="Q30" i="4"/>
-  <c r="N30" i="4"/>
-[...6 lines deleted...]
-  <c r="AC28" i="4" s="1"/>
   <c r="Q27" i="4"/>
-  <c r="N27" i="4"/>
   <c r="Q26" i="4"/>
-  <c r="N26" i="4"/>
   <c r="AC24" i="4"/>
-  <c r="N21" i="4"/>
-[...3 lines deleted...]
-  <c r="N17" i="4"/>
   <c r="W16" i="4"/>
-  <c r="N16" i="4"/>
-[...6 lines deleted...]
-  <c r="G6" i="4"/>
   <c r="O42" i="1"/>
   <c r="J42" i="1" s="1"/>
   <c r="O41" i="1"/>
   <c r="AC24" i="6" s="1"/>
   <c r="O40" i="1"/>
   <c r="AC23" i="6" s="1"/>
   <c r="J39" i="1"/>
   <c r="J36" i="1"/>
   <c r="J35" i="1"/>
   <c r="O34" i="1"/>
   <c r="J34" i="1" s="1"/>
   <c r="O33" i="1"/>
   <c r="AC22" i="6" s="1"/>
   <c r="O32" i="1"/>
   <c r="J32" i="1" s="1"/>
   <c r="O31" i="1"/>
   <c r="AC21" i="6" s="1"/>
   <c r="O30" i="1"/>
   <c r="J30" i="1" s="1"/>
   <c r="O29" i="1"/>
   <c r="AC19" i="6" s="1"/>
   <c r="O28" i="1"/>
   <c r="AC18" i="6" s="1"/>
   <c r="O27" i="1"/>
   <c r="AC17" i="6" s="1"/>
   <c r="O26" i="1"/>
   <c r="J26" i="1" s="1"/>
   <c r="O25" i="1"/>
   <c r="J25" i="1" s="1"/>
   <c r="O24" i="1"/>
   <c r="J24" i="1" s="1"/>
   <c r="O23" i="1"/>
   <c r="J23" i="1" s="1"/>
   <c r="O22" i="1"/>
   <c r="J22" i="1" s="1"/>
   <c r="O21" i="1"/>
   <c r="J21" i="1" s="1"/>
   <c r="AC15" i="6"/>
   <c r="AC14" i="6"/>
   <c r="R14" i="1"/>
   <c r="J14" i="1" s="1"/>
   <c r="R13" i="1"/>
   <c r="J13" i="1" s="1"/>
-  <c r="R12" i="1"/>
-  <c r="J12" i="1" s="1"/>
+  <c r="J12" i="1"/>
   <c r="I41" i="4" l="1"/>
-  <c r="Q20" i="4"/>
-  <c r="AC20" i="4" s="1"/>
   <c r="AC38" i="4"/>
   <c r="J41" i="1"/>
   <c r="J28" i="1"/>
   <c r="J40" i="1"/>
   <c r="Q19" i="4"/>
   <c r="AC19" i="4" s="1"/>
   <c r="Q21" i="4"/>
   <c r="AC21" i="4" s="1"/>
-  <c r="AC36" i="4"/>
   <c r="J20" i="1"/>
   <c r="J31" i="1"/>
   <c r="J33" i="1"/>
-  <c r="Q15" i="4"/>
-  <c r="AC15" i="4" s="1"/>
   <c r="J29" i="1"/>
-  <c r="AC37" i="4"/>
-  <c r="AC35" i="4"/>
   <c r="AC30" i="4"/>
   <c r="AC27" i="4"/>
   <c r="AC33" i="4"/>
   <c r="AC26" i="4"/>
-  <c r="AC32" i="4"/>
-[...2 lines deleted...]
-  <c r="AC18" i="4" s="1"/>
   <c r="Q20" i="6"/>
   <c r="AC20" i="6" s="1"/>
-  <c r="Q17" i="4"/>
-[...2 lines deleted...]
-  <c r="AC14" i="4" s="1"/>
   <c r="J27" i="1"/>
   <c r="Q13" i="4"/>
   <c r="AC13" i="4" s="1"/>
   <c r="AC16" i="6"/>
   <c r="Q12" i="4"/>
   <c r="AC12" i="4" s="1"/>
   <c r="Q16" i="4"/>
   <c r="AC16" i="4" s="1"/>
   <c r="J43" i="1" l="1"/>
   <c r="AB23" i="4"/>
   <c r="I42" i="4"/>
   <c r="AB9" i="6"/>
   <c r="AA44" i="6" s="1"/>
   <c r="I46" i="6"/>
   <c r="AB9" i="4"/>
   <c r="J15" i="1"/>
   <c r="F7" i="1" l="1"/>
   <c r="AA40" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="679" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="676" uniqueCount="126">
   <si>
     <t>오전</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>오후</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>야간</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>구분</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>금액</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>횟수</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
@@ -889,177 +877,173 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="24"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 시설(설비) 사용신청서(공연)</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>설치, 연습 사용료
 (70% 적용)</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>평일/휴일</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
-    <t>대구북구문화원 '하모니카로 노년을 힙(Hip)하게'</t>
-[...10 lines deleted...]
-  <si>
     <t>11.1.(수)</t>
     <phoneticPr fontId="12" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>어울아트센터</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>-소공연장</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="24"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 시설(설비) 사용신청서(행사)</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>피아노</t>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
   <si>
     <t>피아노</t>
     <phoneticPr fontId="12" type="noConversion"/>
   </si>
   <si>
     <t>※ 사용시간 구분 : 오전 09:00~12:00│오후 13:00~17:00│야간18:00~22:00
 ※ 공연연습, 무대시설, 행사준비를 위한 사용시는 당해 기준 사용료의 50%로 함(덧마루,난방 제외)
 ※ 토요일, 일요일, 공휴일 사용시는 당해기준 사용료의 20%를 가산함
 ※ 공연 오퍼레이터(operrator)및 진행스텝은 대관자 측에서 동반함을 원칙으로 함</t>
+    <phoneticPr fontId="12" type="noConversion"/>
+  </si>
+  <si>
+    <t>공연명</t>
+    <phoneticPr fontId="12" type="noConversion"/>
+  </si>
+  <si>
+    <t>iM뱅크 505-10-196761-4 재단법인행복북구문화재단</t>
     <phoneticPr fontId="12" type="noConversion"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">* </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>기본시설 및 부속설비에 이용 신청 항목에 횟수(숫자)로만 입력 해 주시면 됩니다.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 * 부속설비 사용횟수는 기본시설사용 사용횟수와 동일해야합니다.(ex. 평일 오후1회, 야간 1회 기본시설 사용시, 부속설비 기준사용은 2회 기입)
 * 유선마이크 3개 이상 필요시 원하시는 개수로 내용수정 바랍니다. ( 3개이하 사용시 기준사용료 변동 없음 )
 * 무선마이크 2개 이상 필요시 원하시는 개수로 내용수정 바랍니다. ( 2개이하 사용시 기준사용료 변동 없음 )
 * 자세한 사항은 전화문의 (☎053-</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t>320-5125</t>
+      <t>320-5142</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>) 바랍니다.</t>
     </r>
     <phoneticPr fontId="2" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="42" formatCode="_-&quot;₩&quot;* #,##0_-;\-&quot;₩&quot;* #,##0_-;_-&quot;₩&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="176" formatCode="000\-000"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1165,78 +1149,86 @@
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="113">
+  <borders count="115">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color auto="1"/>
       </left>
       <right style="dotted">
         <color auto="1"/>
       </right>
@@ -2668,66 +2660,96 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom style="dashed">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dashed">
+        <color auto="1"/>
+      </top>
+      <bottom style="dashed">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="42" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="301">
+  <cellXfs count="309">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="4" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -3129,525 +3151,549 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="distributed"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...107 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="107" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="10" fillId="0" borderId="113" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="10" fillId="0" borderId="114" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...82 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...160 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="104" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="105" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="106" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="distributed"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="10" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="10" fillId="4" borderId="107" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="42" fontId="13" fillId="0" borderId="107" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="107" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="108" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="62" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="109" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="20" fontId="10" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="4" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="4" fillId="4" borderId="107" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
-[...48 lines deleted...]
-      <alignment horizontal="distributed"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="쉼표 [0]" xfId="1" builtinId="6"/>
     <cellStyle name="통화 [0] 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="표준" xfId="0" builtinId="0"/>
     <cellStyle name="표준 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
@@ -3938,3375 +3984,3369 @@
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.375" style="1" customWidth="1"/>
     <col min="3" max="5" width="1.75" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.875" style="1" customWidth="1"/>
     <col min="9" max="9" width="3.75" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.625" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.625" style="1" customWidth="1"/>
     <col min="12" max="12" width="9.375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="4.875" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="4.875" style="1" customWidth="1"/>
     <col min="17" max="17" width="5.625" style="1" customWidth="1"/>
     <col min="18" max="18" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="4.625" style="1" customWidth="1"/>
     <col min="20" max="20" width="22.625" style="1" customWidth="1"/>
     <col min="21" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="272" t="s">
+      <c r="A1" s="151" t="s">
         <v>115</v>
       </c>
-      <c r="B1" s="272"/>
-[...17 lines deleted...]
-      <c r="T1" s="272"/>
+      <c r="B1" s="151"/>
+      <c r="C1" s="151"/>
+      <c r="D1" s="151"/>
+      <c r="E1" s="151"/>
+      <c r="F1" s="151"/>
+      <c r="G1" s="151"/>
+      <c r="H1" s="151"/>
+      <c r="I1" s="151"/>
+      <c r="J1" s="151"/>
+      <c r="K1" s="151"/>
+      <c r="L1" s="151"/>
+      <c r="M1" s="151"/>
+      <c r="N1" s="151"/>
+      <c r="O1" s="151"/>
+      <c r="P1" s="151"/>
+      <c r="Q1" s="151"/>
+      <c r="R1" s="151"/>
+      <c r="S1" s="151"/>
+      <c r="T1" s="151"/>
     </row>
     <row r="2" spans="1:20" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="B3" s="270" t="s">
+      <c r="B3" s="149" t="s">
         <v>107</v>
       </c>
-      <c r="C3" s="270"/>
-      <c r="D3" s="270"/>
+      <c r="C3" s="149"/>
+      <c r="D3" s="149"/>
       <c r="E3" s="138" t="s">
         <v>54</v>
       </c>
-      <c r="F3" s="273"/>
-[...13 lines deleted...]
-      <c r="T3" s="273"/>
+      <c r="F3" s="150"/>
+      <c r="G3" s="150"/>
+      <c r="H3" s="150"/>
+      <c r="I3" s="150"/>
+      <c r="J3" s="150"/>
+      <c r="K3" s="150"/>
+      <c r="L3" s="150"/>
+      <c r="M3" s="150"/>
+      <c r="N3" s="150"/>
+      <c r="O3" s="150"/>
+      <c r="P3" s="150"/>
+      <c r="Q3" s="150"/>
+      <c r="R3" s="150"/>
+      <c r="S3" s="150"/>
+      <c r="T3" s="150"/>
     </row>
     <row r="4" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="270" t="s">
+      <c r="B4" s="149" t="s">
         <v>42</v>
       </c>
-      <c r="C4" s="270"/>
-      <c r="D4" s="270"/>
+      <c r="C4" s="149"/>
+      <c r="D4" s="149"/>
       <c r="E4" s="138" t="s">
         <v>54</v>
       </c>
-      <c r="F4" s="273"/>
-[...13 lines deleted...]
-      <c r="T4" s="273"/>
+      <c r="F4" s="150"/>
+      <c r="G4" s="150"/>
+      <c r="H4" s="150"/>
+      <c r="I4" s="150"/>
+      <c r="J4" s="150"/>
+      <c r="K4" s="150"/>
+      <c r="L4" s="150"/>
+      <c r="M4" s="150"/>
+      <c r="N4" s="150"/>
+      <c r="O4" s="150"/>
+      <c r="P4" s="150"/>
+      <c r="Q4" s="150"/>
+      <c r="R4" s="150"/>
+      <c r="S4" s="150"/>
+      <c r="T4" s="150"/>
     </row>
     <row r="5" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="270" t="s">
+      <c r="B5" s="149" t="s">
         <v>43</v>
       </c>
-      <c r="C5" s="270"/>
-      <c r="D5" s="270"/>
+      <c r="C5" s="149"/>
+      <c r="D5" s="149"/>
       <c r="E5" s="138" t="s">
         <v>54</v>
       </c>
-      <c r="F5" s="273"/>
-[...13 lines deleted...]
-      <c r="T5" s="273"/>
+      <c r="F5" s="150"/>
+      <c r="G5" s="150"/>
+      <c r="H5" s="150"/>
+      <c r="I5" s="150"/>
+      <c r="J5" s="150"/>
+      <c r="K5" s="150"/>
+      <c r="L5" s="150"/>
+      <c r="M5" s="150"/>
+      <c r="N5" s="150"/>
+      <c r="O5" s="150"/>
+      <c r="P5" s="150"/>
+      <c r="Q5" s="150"/>
+      <c r="R5" s="150"/>
+      <c r="S5" s="150"/>
+      <c r="T5" s="150"/>
     </row>
     <row r="6" spans="1:20" s="7" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="138"/>
       <c r="C6" s="138"/>
       <c r="D6" s="138"/>
-      <c r="E6" s="269" t="s">
+      <c r="E6" s="167" t="s">
         <v>106</v>
       </c>
-      <c r="F6" s="269"/>
-[...1 lines deleted...]
-      <c r="H6" s="269"/>
+      <c r="F6" s="167"/>
+      <c r="G6" s="167"/>
+      <c r="H6" s="167"/>
       <c r="I6" s="121"/>
       <c r="J6" s="52"/>
       <c r="K6" s="140" t="s">
         <v>88</v>
       </c>
       <c r="L6" s="139"/>
       <c r="M6" s="139"/>
       <c r="N6" s="139"/>
       <c r="O6" s="139"/>
       <c r="P6" s="139"/>
       <c r="Q6" s="139"/>
       <c r="R6" s="139"/>
       <c r="S6" s="139"/>
       <c r="T6" s="139"/>
     </row>
     <row r="7" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" s="270" t="s">
+      <c r="B7" s="149" t="s">
         <v>49</v>
       </c>
-      <c r="C7" s="270"/>
-      <c r="D7" s="270"/>
+      <c r="C7" s="149"/>
+      <c r="D7" s="149"/>
       <c r="E7" s="138" t="s">
         <v>54</v>
       </c>
-      <c r="F7" s="271" t="str">
+      <c r="F7" s="168" t="str">
         <f>TEXT(J15+J43, "###,###")&amp;" 원"</f>
         <v xml:space="preserve"> 원</v>
       </c>
-      <c r="G7" s="271"/>
-[...12 lines deleted...]
-      <c r="T7" s="271"/>
+      <c r="G7" s="168"/>
+      <c r="H7" s="168"/>
+      <c r="I7" s="168"/>
+      <c r="J7" s="168"/>
+      <c r="K7" s="168"/>
+      <c r="L7" s="168"/>
+      <c r="M7" s="168"/>
+      <c r="N7" s="168"/>
+      <c r="O7" s="168"/>
+      <c r="P7" s="168"/>
+      <c r="Q7" s="168"/>
+      <c r="R7" s="168"/>
+      <c r="S7" s="168"/>
+      <c r="T7" s="168"/>
     </row>
     <row r="8" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="270" t="s">
+      <c r="B8" s="149" t="s">
         <v>44</v>
       </c>
-      <c r="C8" s="270"/>
-      <c r="D8" s="270"/>
+      <c r="C8" s="149"/>
+      <c r="D8" s="149"/>
       <c r="E8" s="138"/>
       <c r="F8" s="138"/>
       <c r="G8" s="138"/>
       <c r="H8" s="138"/>
-      <c r="I8" s="271"/>
-[...10 lines deleted...]
-      <c r="T8" s="271"/>
+      <c r="I8" s="168"/>
+      <c r="J8" s="168"/>
+      <c r="K8" s="168"/>
+      <c r="L8" s="168"/>
+      <c r="M8" s="168"/>
+      <c r="N8" s="168"/>
+      <c r="O8" s="168"/>
+      <c r="P8" s="168"/>
+      <c r="Q8" s="168"/>
+      <c r="R8" s="168"/>
+      <c r="S8" s="168"/>
+      <c r="T8" s="168"/>
     </row>
     <row r="9" spans="1:20" s="2" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="237" t="s">
+      <c r="A9" s="169" t="s">
         <v>45</v>
       </c>
-      <c r="B9" s="238"/>
-[...6 lines deleted...]
-      <c r="I9" s="238"/>
+      <c r="B9" s="170"/>
+      <c r="C9" s="170"/>
+      <c r="D9" s="170"/>
+      <c r="E9" s="170"/>
+      <c r="F9" s="170"/>
+      <c r="G9" s="170"/>
+      <c r="H9" s="170"/>
+      <c r="I9" s="170"/>
     </row>
     <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="239" t="s">
+      <c r="A10" s="171" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="240"/>
-[...7 lines deleted...]
-      <c r="J10" s="245" t="s">
+      <c r="B10" s="172"/>
+      <c r="C10" s="172"/>
+      <c r="D10" s="173"/>
+      <c r="E10" s="173"/>
+      <c r="F10" s="173"/>
+      <c r="G10" s="173"/>
+      <c r="H10" s="173"/>
+      <c r="I10" s="173"/>
+      <c r="J10" s="177" t="s">
         <v>10</v>
       </c>
-      <c r="K10" s="247" t="s">
+      <c r="K10" s="179" t="s">
         <v>12</v>
       </c>
-      <c r="L10" s="248"/>
-[...1 lines deleted...]
-      <c r="N10" s="255" t="s">
+      <c r="L10" s="180"/>
+      <c r="M10" s="181"/>
+      <c r="N10" s="182" t="s">
         <v>116</v>
       </c>
-      <c r="O10" s="248"/>
-[...1 lines deleted...]
-      <c r="Q10" s="257" t="s">
+      <c r="O10" s="180"/>
+      <c r="P10" s="183"/>
+      <c r="Q10" s="184" t="s">
         <v>48</v>
       </c>
-      <c r="R10" s="248"/>
-      <c r="S10" s="249"/>
+      <c r="R10" s="180"/>
+      <c r="S10" s="181"/>
       <c r="T10" s="53" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="242"/>
-[...8 lines deleted...]
-      <c r="J11" s="246"/>
+      <c r="A11" s="174"/>
+      <c r="B11" s="175"/>
+      <c r="C11" s="175"/>
+      <c r="D11" s="176"/>
+      <c r="E11" s="176"/>
+      <c r="F11" s="176"/>
+      <c r="G11" s="176"/>
+      <c r="H11" s="176"/>
+      <c r="I11" s="176"/>
+      <c r="J11" s="178"/>
       <c r="K11" s="54" t="s">
         <v>3</v>
       </c>
       <c r="L11" s="55" t="s">
         <v>4</v>
       </c>
       <c r="M11" s="56" t="s">
         <v>5</v>
       </c>
       <c r="N11" s="57" t="s">
         <v>3</v>
       </c>
       <c r="O11" s="55" t="s">
         <v>4</v>
       </c>
       <c r="P11" s="58" t="s">
         <v>5</v>
       </c>
       <c r="Q11" s="54" t="s">
         <v>3</v>
       </c>
       <c r="R11" s="55" t="s">
         <v>4</v>
       </c>
       <c r="S11" s="56" t="s">
         <v>5</v>
       </c>
       <c r="T11" s="59"/>
     </row>
     <row r="12" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="258" t="s">
+      <c r="A12" s="152" t="s">
         <v>117</v>
       </c>
-      <c r="B12" s="259"/>
-      <c r="C12" s="264" t="s">
+      <c r="B12" s="153"/>
+      <c r="C12" s="158" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="265"/>
-[...4 lines deleted...]
-      <c r="I12" s="266"/>
+      <c r="D12" s="159"/>
+      <c r="E12" s="159"/>
+      <c r="F12" s="159"/>
+      <c r="G12" s="159"/>
+      <c r="H12" s="159"/>
+      <c r="I12" s="160"/>
       <c r="J12" s="60">
         <f t="shared" ref="J12:J14" si="0">L12*M12+O12*P12+R12*S12</f>
         <v>0</v>
       </c>
       <c r="K12" s="61" t="s">
         <v>0</v>
       </c>
       <c r="L12" s="123">
         <v>30000</v>
       </c>
       <c r="M12" s="62"/>
       <c r="N12" s="63" t="s">
         <v>0</v>
       </c>
       <c r="O12" s="123">
         <v>20000</v>
       </c>
       <c r="P12" s="64"/>
       <c r="Q12" s="61" t="s">
         <v>0</v>
       </c>
       <c r="R12" s="123">
         <f t="shared" ref="R12:R14" si="1">L12*0.3</f>
         <v>9000</v>
       </c>
       <c r="S12" s="62"/>
       <c r="T12" s="65"/>
     </row>
     <row r="13" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="260"/>
-[...1 lines deleted...]
-      <c r="C13" s="180" t="s">
+      <c r="A13" s="154"/>
+      <c r="B13" s="155"/>
+      <c r="C13" s="161" t="s">
         <v>52</v>
       </c>
-      <c r="D13" s="211"/>
-[...4 lines deleted...]
-      <c r="I13" s="267"/>
+      <c r="D13" s="162"/>
+      <c r="E13" s="162"/>
+      <c r="F13" s="162"/>
+      <c r="G13" s="162"/>
+      <c r="H13" s="162"/>
+      <c r="I13" s="163"/>
       <c r="J13" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K13" s="67" t="s">
         <v>1</v>
       </c>
       <c r="L13" s="124">
         <v>30000</v>
       </c>
       <c r="M13" s="68"/>
       <c r="N13" s="69" t="s">
         <v>1</v>
       </c>
       <c r="O13" s="124">
         <v>20000</v>
       </c>
       <c r="P13" s="70"/>
       <c r="Q13" s="67" t="s">
         <v>1</v>
       </c>
       <c r="R13" s="124">
         <f t="shared" si="1"/>
         <v>9000</v>
       </c>
       <c r="S13" s="68"/>
       <c r="T13" s="71"/>
     </row>
     <row r="14" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="262"/>
-[...1 lines deleted...]
-      <c r="C14" s="184" t="s">
+      <c r="A14" s="156"/>
+      <c r="B14" s="157"/>
+      <c r="C14" s="164" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="213"/>
-[...4 lines deleted...]
-      <c r="I14" s="268"/>
+      <c r="D14" s="165"/>
+      <c r="E14" s="165"/>
+      <c r="F14" s="165"/>
+      <c r="G14" s="165"/>
+      <c r="H14" s="165"/>
+      <c r="I14" s="166"/>
       <c r="J14" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>2</v>
       </c>
       <c r="L14" s="125">
         <v>30000</v>
       </c>
       <c r="M14" s="74"/>
       <c r="N14" s="75" t="s">
         <v>2</v>
       </c>
       <c r="O14" s="125">
         <v>20000</v>
       </c>
       <c r="P14" s="76"/>
       <c r="Q14" s="73" t="s">
         <v>2</v>
       </c>
       <c r="R14" s="125">
         <f t="shared" si="1"/>
         <v>9000</v>
       </c>
       <c r="S14" s="74"/>
       <c r="T14" s="77"/>
     </row>
     <row r="15" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="233" t="s">
+      <c r="A15" s="185" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="234"/>
-[...6 lines deleted...]
-      <c r="I15" s="234"/>
+      <c r="B15" s="186"/>
+      <c r="C15" s="186"/>
+      <c r="D15" s="186"/>
+      <c r="E15" s="186"/>
+      <c r="F15" s="186"/>
+      <c r="G15" s="186"/>
+      <c r="H15" s="186"/>
+      <c r="I15" s="186"/>
       <c r="J15" s="3">
         <f>SUM(J12:J14)</f>
         <v>0</v>
       </c>
-      <c r="K15" s="235"/>
-[...8 lines deleted...]
-      <c r="T15" s="236"/>
+      <c r="K15" s="187"/>
+      <c r="L15" s="187"/>
+      <c r="M15" s="187"/>
+      <c r="N15" s="187"/>
+      <c r="O15" s="187"/>
+      <c r="P15" s="187"/>
+      <c r="Q15" s="187"/>
+      <c r="R15" s="187"/>
+      <c r="S15" s="187"/>
+      <c r="T15" s="188"/>
     </row>
     <row r="16" spans="1:20" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="5"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
       <c r="T16" s="6"/>
     </row>
     <row r="17" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="237" t="s">
+      <c r="A17" s="169" t="s">
         <v>46</v>
       </c>
-      <c r="B17" s="238"/>
-[...6 lines deleted...]
-      <c r="I17" s="238"/>
+      <c r="B17" s="170"/>
+      <c r="C17" s="170"/>
+      <c r="D17" s="170"/>
+      <c r="E17" s="170"/>
+      <c r="F17" s="170"/>
+      <c r="G17" s="170"/>
+      <c r="H17" s="170"/>
+      <c r="I17" s="170"/>
     </row>
     <row r="18" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="239" t="s">
+      <c r="A18" s="171" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="240"/>
-[...7 lines deleted...]
-      <c r="J18" s="245" t="s">
+      <c r="B18" s="172"/>
+      <c r="C18" s="172"/>
+      <c r="D18" s="173"/>
+      <c r="E18" s="173"/>
+      <c r="F18" s="173"/>
+      <c r="G18" s="173"/>
+      <c r="H18" s="173"/>
+      <c r="I18" s="173"/>
+      <c r="J18" s="177" t="s">
         <v>10</v>
       </c>
-      <c r="K18" s="247" t="s">
+      <c r="K18" s="179" t="s">
         <v>12</v>
       </c>
-      <c r="L18" s="248"/>
-[...1 lines deleted...]
-      <c r="N18" s="250" t="s">
+      <c r="L18" s="180"/>
+      <c r="M18" s="181"/>
+      <c r="N18" s="189" t="s">
         <v>13</v>
       </c>
-      <c r="O18" s="248"/>
-[...1 lines deleted...]
-      <c r="Q18" s="251" t="s">
+      <c r="O18" s="180"/>
+      <c r="P18" s="181"/>
+      <c r="Q18" s="190" t="s">
         <v>47</v>
       </c>
-      <c r="R18" s="240"/>
-[...1 lines deleted...]
-      <c r="T18" s="252"/>
+      <c r="R18" s="172"/>
+      <c r="S18" s="172"/>
+      <c r="T18" s="191"/>
     </row>
     <row r="19" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="242"/>
-[...8 lines deleted...]
-      <c r="J19" s="246"/>
+      <c r="A19" s="174"/>
+      <c r="B19" s="175"/>
+      <c r="C19" s="175"/>
+      <c r="D19" s="176"/>
+      <c r="E19" s="176"/>
+      <c r="F19" s="176"/>
+      <c r="G19" s="176"/>
+      <c r="H19" s="176"/>
+      <c r="I19" s="176"/>
+      <c r="J19" s="178"/>
       <c r="K19" s="54" t="s">
         <v>3</v>
       </c>
       <c r="L19" s="55" t="s">
         <v>4</v>
       </c>
       <c r="M19" s="56" t="s">
         <v>5</v>
       </c>
       <c r="N19" s="57" t="s">
         <v>3</v>
       </c>
       <c r="O19" s="55" t="s">
         <v>4</v>
       </c>
       <c r="P19" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="Q19" s="253"/>
-[...2 lines deleted...]
-      <c r="T19" s="254"/>
+      <c r="Q19" s="192"/>
+      <c r="R19" s="175"/>
+      <c r="S19" s="175"/>
+      <c r="T19" s="193"/>
     </row>
     <row r="20" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="222" t="s">
+      <c r="A20" s="194" t="s">
         <v>8</v>
       </c>
-      <c r="B20" s="223"/>
-      <c r="C20" s="166" t="s">
+      <c r="B20" s="195"/>
+      <c r="C20" s="196" t="s">
         <v>9</v>
       </c>
-      <c r="D20" s="167"/>
-[...4 lines deleted...]
-      <c r="I20" s="168"/>
+      <c r="D20" s="197"/>
+      <c r="E20" s="197"/>
+      <c r="F20" s="197"/>
+      <c r="G20" s="197"/>
+      <c r="H20" s="197"/>
+      <c r="I20" s="198"/>
       <c r="J20" s="83">
         <f t="shared" ref="J20:J34" si="2">L20*M20+O20*P20</f>
         <v>0</v>
       </c>
       <c r="K20" s="134" t="s">
         <v>11</v>
       </c>
       <c r="L20" s="127">
         <v>10000</v>
       </c>
       <c r="M20" s="85"/>
       <c r="N20" s="86" t="s">
         <v>11</v>
       </c>
       <c r="O20" s="127">
         <v>5000</v>
       </c>
       <c r="P20" s="87"/>
-      <c r="Q20" s="224"/>
-[...2 lines deleted...]
-      <c r="T20" s="226"/>
+      <c r="Q20" s="199"/>
+      <c r="R20" s="200"/>
+      <c r="S20" s="200"/>
+      <c r="T20" s="201"/>
     </row>
     <row r="21" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="177" t="s">
+      <c r="A21" s="202" t="s">
         <v>31</v>
       </c>
-      <c r="B21" s="178"/>
-      <c r="C21" s="185" t="s">
+      <c r="B21" s="203"/>
+      <c r="C21" s="206" t="s">
         <v>14</v>
       </c>
-      <c r="D21" s="186"/>
-[...4 lines deleted...]
-      <c r="I21" s="187"/>
+      <c r="D21" s="207"/>
+      <c r="E21" s="207"/>
+      <c r="F21" s="207"/>
+      <c r="G21" s="207"/>
+      <c r="H21" s="207"/>
+      <c r="I21" s="208"/>
       <c r="J21" s="88">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K21" s="137" t="s">
         <v>11</v>
       </c>
       <c r="L21" s="128">
         <v>70000</v>
       </c>
       <c r="M21" s="90"/>
       <c r="N21" s="91" t="s">
         <v>11</v>
       </c>
       <c r="O21" s="128">
         <f t="shared" ref="O21:O34" si="3">L21*0.5</f>
         <v>35000</v>
       </c>
       <c r="P21" s="92"/>
-      <c r="Q21" s="227" t="s">
+      <c r="Q21" s="209" t="s">
         <v>37</v>
       </c>
-      <c r="R21" s="228"/>
-[...1 lines deleted...]
-      <c r="T21" s="229"/>
+      <c r="R21" s="210"/>
+      <c r="S21" s="210"/>
+      <c r="T21" s="211"/>
     </row>
     <row r="22" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="179"/>
-[...1 lines deleted...]
-      <c r="C22" s="203" t="s">
+      <c r="A22" s="204"/>
+      <c r="B22" s="161"/>
+      <c r="C22" s="218" t="s">
         <v>15</v>
       </c>
-      <c r="D22" s="211"/>
-[...4 lines deleted...]
-      <c r="I22" s="212"/>
+      <c r="D22" s="162"/>
+      <c r="E22" s="162"/>
+      <c r="F22" s="162"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="162"/>
+      <c r="I22" s="219"/>
       <c r="J22" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K22" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L22" s="124">
         <v>30000</v>
       </c>
       <c r="M22" s="95"/>
       <c r="N22" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O22" s="124">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P22" s="96"/>
-      <c r="Q22" s="217"/>
-[...2 lines deleted...]
-      <c r="T22" s="219"/>
+      <c r="Q22" s="212"/>
+      <c r="R22" s="213"/>
+      <c r="S22" s="213"/>
+      <c r="T22" s="214"/>
     </row>
     <row r="23" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="179"/>
-[...1 lines deleted...]
-      <c r="C23" s="203" t="s">
+      <c r="A23" s="204"/>
+      <c r="B23" s="161"/>
+      <c r="C23" s="218" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="211"/>
-[...4 lines deleted...]
-      <c r="I23" s="212"/>
+      <c r="D23" s="162"/>
+      <c r="E23" s="162"/>
+      <c r="F23" s="162"/>
+      <c r="G23" s="162"/>
+      <c r="H23" s="162"/>
+      <c r="I23" s="219"/>
       <c r="J23" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K23" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="124">
         <v>30000</v>
       </c>
       <c r="M23" s="95"/>
       <c r="N23" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O23" s="124">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P23" s="96"/>
-      <c r="Q23" s="217"/>
-[...2 lines deleted...]
-      <c r="T23" s="219"/>
+      <c r="Q23" s="212"/>
+      <c r="R23" s="213"/>
+      <c r="S23" s="213"/>
+      <c r="T23" s="214"/>
     </row>
     <row r="24" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="179"/>
-[...1 lines deleted...]
-      <c r="C24" s="203" t="s">
+      <c r="A24" s="204"/>
+      <c r="B24" s="161"/>
+      <c r="C24" s="218" t="s">
         <v>17</v>
       </c>
-      <c r="D24" s="211"/>
-[...4 lines deleted...]
-      <c r="I24" s="212"/>
+      <c r="D24" s="162"/>
+      <c r="E24" s="162"/>
+      <c r="F24" s="162"/>
+      <c r="G24" s="162"/>
+      <c r="H24" s="162"/>
+      <c r="I24" s="219"/>
       <c r="J24" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K24" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L24" s="124">
         <v>5000</v>
       </c>
       <c r="M24" s="95"/>
       <c r="N24" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O24" s="124">
         <f t="shared" si="3"/>
         <v>2500</v>
       </c>
       <c r="P24" s="96"/>
-      <c r="Q24" s="217"/>
-[...2 lines deleted...]
-      <c r="T24" s="219"/>
+      <c r="Q24" s="212"/>
+      <c r="R24" s="213"/>
+      <c r="S24" s="213"/>
+      <c r="T24" s="214"/>
     </row>
     <row r="25" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="179"/>
-[...1 lines deleted...]
-      <c r="C25" s="203" t="s">
+      <c r="A25" s="204"/>
+      <c r="B25" s="161"/>
+      <c r="C25" s="218" t="s">
         <v>29</v>
       </c>
-      <c r="D25" s="211"/>
-[...4 lines deleted...]
-      <c r="I25" s="212"/>
+      <c r="D25" s="162"/>
+      <c r="E25" s="162"/>
+      <c r="F25" s="162"/>
+      <c r="G25" s="162"/>
+      <c r="H25" s="162"/>
+      <c r="I25" s="219"/>
       <c r="J25" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K25" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L25" s="124">
         <v>30000</v>
       </c>
       <c r="M25" s="95"/>
       <c r="N25" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O25" s="124">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P25" s="96"/>
-      <c r="Q25" s="217"/>
-[...2 lines deleted...]
-      <c r="T25" s="219"/>
+      <c r="Q25" s="212"/>
+      <c r="R25" s="213"/>
+      <c r="S25" s="213"/>
+      <c r="T25" s="214"/>
     </row>
     <row r="26" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="183"/>
-[...1 lines deleted...]
-      <c r="C26" s="208" t="s">
+      <c r="A26" s="205"/>
+      <c r="B26" s="164"/>
+      <c r="C26" s="220" t="s">
         <v>18</v>
       </c>
-      <c r="D26" s="213"/>
-[...4 lines deleted...]
-      <c r="I26" s="214"/>
+      <c r="D26" s="165"/>
+      <c r="E26" s="165"/>
+      <c r="F26" s="165"/>
+      <c r="G26" s="165"/>
+      <c r="H26" s="165"/>
+      <c r="I26" s="221"/>
       <c r="J26" s="97">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K26" s="135" t="s">
         <v>11</v>
       </c>
       <c r="L26" s="125">
         <v>50000</v>
       </c>
       <c r="M26" s="99"/>
       <c r="N26" s="75" t="s">
         <v>11</v>
       </c>
       <c r="O26" s="125">
         <f t="shared" si="3"/>
         <v>25000</v>
       </c>
       <c r="P26" s="100"/>
-      <c r="Q26" s="230"/>
-[...2 lines deleted...]
-      <c r="T26" s="232"/>
+      <c r="Q26" s="215"/>
+      <c r="R26" s="216"/>
+      <c r="S26" s="216"/>
+      <c r="T26" s="217"/>
     </row>
     <row r="27" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="153" t="s">
+      <c r="A27" s="222" t="s">
         <v>32</v>
       </c>
-      <c r="B27" s="154"/>
-      <c r="C27" s="157" t="s">
+      <c r="B27" s="223"/>
+      <c r="C27" s="228" t="s">
         <v>19</v>
       </c>
-      <c r="D27" s="158"/>
-[...4 lines deleted...]
-      <c r="I27" s="159"/>
+      <c r="D27" s="229"/>
+      <c r="E27" s="229"/>
+      <c r="F27" s="229"/>
+      <c r="G27" s="229"/>
+      <c r="H27" s="229"/>
+      <c r="I27" s="230"/>
       <c r="J27" s="79">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K27" s="136" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="126">
         <v>30000</v>
       </c>
       <c r="M27" s="81"/>
       <c r="N27" s="78" t="s">
         <v>11</v>
       </c>
       <c r="O27" s="126">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P27" s="82"/>
-      <c r="Q27" s="160" t="s">
+      <c r="Q27" s="231" t="s">
         <v>112</v>
       </c>
-      <c r="R27" s="161"/>
-[...1 lines deleted...]
-      <c r="T27" s="162"/>
+      <c r="R27" s="232"/>
+      <c r="S27" s="232"/>
+      <c r="T27" s="233"/>
     </row>
     <row r="28" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="215"/>
-[...1 lines deleted...]
-      <c r="C28" s="220" t="s">
+      <c r="A28" s="224"/>
+      <c r="B28" s="225"/>
+      <c r="C28" s="237" t="s">
         <v>55</v>
       </c>
-      <c r="D28" s="221"/>
-[...1 lines deleted...]
-      <c r="F28" s="221"/>
+      <c r="D28" s="238"/>
+      <c r="E28" s="238"/>
+      <c r="F28" s="238"/>
       <c r="G28" s="101" t="s">
         <v>57</v>
       </c>
       <c r="H28" s="102">
         <v>3</v>
       </c>
       <c r="I28" s="103" t="s">
         <v>58</v>
       </c>
       <c r="J28" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K28" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L28" s="124">
         <f>IF(H28&gt;3,10000+(H28-3)*5000,10000)</f>
         <v>10000</v>
       </c>
       <c r="M28" s="95"/>
       <c r="N28" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O28" s="124">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
       <c r="P28" s="96"/>
-      <c r="Q28" s="217"/>
-[...2 lines deleted...]
-      <c r="T28" s="219"/>
+      <c r="Q28" s="212"/>
+      <c r="R28" s="213"/>
+      <c r="S28" s="213"/>
+      <c r="T28" s="214"/>
     </row>
     <row r="29" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="215"/>
-[...1 lines deleted...]
-      <c r="C29" s="220" t="s">
+      <c r="A29" s="224"/>
+      <c r="B29" s="225"/>
+      <c r="C29" s="237" t="s">
         <v>56</v>
       </c>
-      <c r="D29" s="221"/>
-[...1 lines deleted...]
-      <c r="F29" s="221"/>
+      <c r="D29" s="238"/>
+      <c r="E29" s="238"/>
+      <c r="F29" s="238"/>
       <c r="G29" s="101" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="102">
         <v>2</v>
       </c>
       <c r="I29" s="103" t="s">
         <v>58</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L29" s="124">
         <f>IF(H29&gt;2,20000+(H29-2)*10000,20000)</f>
         <v>20000</v>
       </c>
       <c r="M29" s="95"/>
       <c r="N29" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O29" s="124">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
       <c r="P29" s="96"/>
-      <c r="Q29" s="217"/>
-[...2 lines deleted...]
-      <c r="T29" s="219"/>
+      <c r="Q29" s="212"/>
+      <c r="R29" s="213"/>
+      <c r="S29" s="213"/>
+      <c r="T29" s="214"/>
     </row>
     <row r="30" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="215"/>
-[...1 lines deleted...]
-      <c r="C30" s="203" t="s">
+      <c r="A30" s="224"/>
+      <c r="B30" s="225"/>
+      <c r="C30" s="218" t="s">
         <v>109</v>
       </c>
-      <c r="D30" s="211"/>
-[...4 lines deleted...]
-      <c r="I30" s="212"/>
+      <c r="D30" s="162"/>
+      <c r="E30" s="162"/>
+      <c r="F30" s="162"/>
+      <c r="G30" s="162"/>
+      <c r="H30" s="162"/>
+      <c r="I30" s="219"/>
       <c r="J30" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K30" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L30" s="124">
         <v>10000</v>
       </c>
       <c r="M30" s="95"/>
       <c r="N30" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O30" s="124">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
       <c r="P30" s="96"/>
-      <c r="Q30" s="217"/>
-[...2 lines deleted...]
-      <c r="T30" s="219"/>
+      <c r="Q30" s="212"/>
+      <c r="R30" s="213"/>
+      <c r="S30" s="213"/>
+      <c r="T30" s="214"/>
     </row>
     <row r="31" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="215"/>
-[...1 lines deleted...]
-      <c r="C31" s="203" t="s">
+      <c r="A31" s="224"/>
+      <c r="B31" s="225"/>
+      <c r="C31" s="218" t="s">
         <v>20</v>
       </c>
-      <c r="D31" s="211"/>
-[...4 lines deleted...]
-      <c r="I31" s="212"/>
+      <c r="D31" s="162"/>
+      <c r="E31" s="162"/>
+      <c r="F31" s="162"/>
+      <c r="G31" s="162"/>
+      <c r="H31" s="162"/>
+      <c r="I31" s="219"/>
       <c r="J31" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K31" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="124">
         <v>5000</v>
       </c>
       <c r="M31" s="95"/>
       <c r="N31" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O31" s="124">
         <f t="shared" si="3"/>
         <v>2500</v>
       </c>
       <c r="P31" s="96"/>
-      <c r="Q31" s="217"/>
-[...2 lines deleted...]
-      <c r="T31" s="219"/>
+      <c r="Q31" s="212"/>
+      <c r="R31" s="213"/>
+      <c r="S31" s="213"/>
+      <c r="T31" s="214"/>
     </row>
     <row r="32" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="215"/>
-[...1 lines deleted...]
-      <c r="C32" s="203" t="s">
+      <c r="A32" s="224"/>
+      <c r="B32" s="225"/>
+      <c r="C32" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="D32" s="211"/>
-[...4 lines deleted...]
-      <c r="I32" s="212"/>
+      <c r="D32" s="162"/>
+      <c r="E32" s="162"/>
+      <c r="F32" s="162"/>
+      <c r="G32" s="162"/>
+      <c r="H32" s="162"/>
+      <c r="I32" s="219"/>
       <c r="J32" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K32" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L32" s="124">
         <v>20000</v>
       </c>
       <c r="M32" s="95"/>
       <c r="N32" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O32" s="124">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
       <c r="P32" s="96"/>
-      <c r="Q32" s="217"/>
-[...2 lines deleted...]
-      <c r="T32" s="219"/>
+      <c r="Q32" s="212"/>
+      <c r="R32" s="213"/>
+      <c r="S32" s="213"/>
+      <c r="T32" s="214"/>
     </row>
     <row r="33" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="215"/>
-[...1 lines deleted...]
-      <c r="C33" s="203" t="s">
+      <c r="A33" s="224"/>
+      <c r="B33" s="225"/>
+      <c r="C33" s="218" t="s">
         <v>22</v>
       </c>
-      <c r="D33" s="211"/>
-[...4 lines deleted...]
-      <c r="I33" s="212"/>
+      <c r="D33" s="162"/>
+      <c r="E33" s="162"/>
+      <c r="F33" s="162"/>
+      <c r="G33" s="162"/>
+      <c r="H33" s="162"/>
+      <c r="I33" s="219"/>
       <c r="J33" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K33" s="133" t="s">
         <v>11</v>
       </c>
       <c r="L33" s="124">
         <v>20000</v>
       </c>
       <c r="M33" s="95"/>
       <c r="N33" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O33" s="124">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
       <c r="P33" s="96"/>
-      <c r="Q33" s="217"/>
-[...2 lines deleted...]
-      <c r="T33" s="219"/>
+      <c r="Q33" s="212"/>
+      <c r="R33" s="213"/>
+      <c r="S33" s="213"/>
+      <c r="T33" s="214"/>
     </row>
     <row r="34" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="155"/>
-[...1 lines deleted...]
-      <c r="C34" s="166" t="s">
+      <c r="A34" s="226"/>
+      <c r="B34" s="227"/>
+      <c r="C34" s="196" t="s">
         <v>23</v>
       </c>
-      <c r="D34" s="167"/>
-[...4 lines deleted...]
-      <c r="I34" s="168"/>
+      <c r="D34" s="197"/>
+      <c r="E34" s="197"/>
+      <c r="F34" s="197"/>
+      <c r="G34" s="197"/>
+      <c r="H34" s="197"/>
+      <c r="I34" s="198"/>
       <c r="J34" s="83">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K34" s="134" t="s">
         <v>11</v>
       </c>
       <c r="L34" s="127">
         <v>30000</v>
       </c>
       <c r="M34" s="85"/>
       <c r="N34" s="86" t="s">
         <v>11</v>
       </c>
       <c r="O34" s="127">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P34" s="87"/>
-      <c r="Q34" s="163"/>
-[...2 lines deleted...]
-      <c r="T34" s="165"/>
+      <c r="Q34" s="234"/>
+      <c r="R34" s="235"/>
+      <c r="S34" s="235"/>
+      <c r="T34" s="236"/>
     </row>
     <row r="35" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="177" t="s">
+      <c r="A35" s="202" t="s">
         <v>33</v>
       </c>
-      <c r="B35" s="178"/>
-      <c r="C35" s="185" t="s">
+      <c r="B35" s="203"/>
+      <c r="C35" s="206" t="s">
         <v>24</v>
       </c>
-      <c r="D35" s="186"/>
-[...4 lines deleted...]
-      <c r="I35" s="187"/>
+      <c r="D35" s="207"/>
+      <c r="E35" s="207"/>
+      <c r="F35" s="207"/>
+      <c r="G35" s="207"/>
+      <c r="H35" s="207"/>
+      <c r="I35" s="208"/>
       <c r="J35" s="88">
         <f>L35*M35</f>
         <v>0</v>
       </c>
       <c r="K35" s="137" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="128">
         <v>30000</v>
       </c>
       <c r="M35" s="90"/>
-      <c r="N35" s="188" t="s">
+      <c r="N35" s="241" t="s">
         <v>36</v>
       </c>
-      <c r="O35" s="189"/>
-[...1 lines deleted...]
-      <c r="Q35" s="200" t="s">
+      <c r="O35" s="242"/>
+      <c r="P35" s="243"/>
+      <c r="Q35" s="253" t="s">
         <v>50</v>
       </c>
-      <c r="R35" s="201"/>
-[...1 lines deleted...]
-      <c r="T35" s="202"/>
+      <c r="R35" s="254"/>
+      <c r="S35" s="254"/>
+      <c r="T35" s="255"/>
     </row>
     <row r="36" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="179"/>
-[...1 lines deleted...]
-      <c r="C36" s="203" t="s">
+      <c r="A36" s="204"/>
+      <c r="B36" s="161"/>
+      <c r="C36" s="218" t="s">
         <v>25</v>
       </c>
-      <c r="D36" s="211"/>
-[...4 lines deleted...]
-      <c r="I36" s="212"/>
+      <c r="D36" s="162"/>
+      <c r="E36" s="162"/>
+      <c r="F36" s="162"/>
+      <c r="G36" s="162"/>
+      <c r="H36" s="162"/>
+      <c r="I36" s="219"/>
       <c r="J36" s="93">
         <f>L36*M36</f>
         <v>0</v>
       </c>
       <c r="K36" s="133" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="124">
         <v>50000</v>
       </c>
       <c r="M36" s="95"/>
-      <c r="N36" s="191"/>
-[...5 lines deleted...]
-      <c r="T36" s="205"/>
+      <c r="N36" s="244"/>
+      <c r="O36" s="245"/>
+      <c r="P36" s="246"/>
+      <c r="Q36" s="218"/>
+      <c r="R36" s="256"/>
+      <c r="S36" s="256"/>
+      <c r="T36" s="257"/>
     </row>
     <row r="37" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="181"/>
-[...1 lines deleted...]
-      <c r="C37" s="203" t="s">
+      <c r="A37" s="239"/>
+      <c r="B37" s="240"/>
+      <c r="C37" s="218" t="s">
         <v>108</v>
       </c>
-      <c r="D37" s="211"/>
-[...4 lines deleted...]
-      <c r="I37" s="212"/>
+      <c r="D37" s="162"/>
+      <c r="E37" s="162"/>
+      <c r="F37" s="162"/>
+      <c r="G37" s="162"/>
+      <c r="H37" s="162"/>
+      <c r="I37" s="219"/>
       <c r="J37" s="93">
         <f t="shared" ref="J37:J38" si="4">L37*M37</f>
         <v>0</v>
       </c>
       <c r="K37" s="133" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="127">
         <v>10000</v>
       </c>
       <c r="M37" s="85"/>
-      <c r="N37" s="194"/>
-[...5 lines deleted...]
-      <c r="T37" s="207"/>
+      <c r="N37" s="247"/>
+      <c r="O37" s="248"/>
+      <c r="P37" s="249"/>
+      <c r="Q37" s="196"/>
+      <c r="R37" s="258"/>
+      <c r="S37" s="258"/>
+      <c r="T37" s="259"/>
     </row>
     <row r="38" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="181"/>
-[...1 lines deleted...]
-      <c r="C38" s="203" t="s">
+      <c r="A38" s="239"/>
+      <c r="B38" s="240"/>
+      <c r="C38" s="218" t="s">
         <v>110</v>
       </c>
-      <c r="D38" s="211"/>
-[...4 lines deleted...]
-      <c r="I38" s="212"/>
+      <c r="D38" s="162"/>
+      <c r="E38" s="162"/>
+      <c r="F38" s="162"/>
+      <c r="G38" s="162"/>
+      <c r="H38" s="162"/>
+      <c r="I38" s="219"/>
       <c r="J38" s="93">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K38" s="133" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="127">
         <v>30000</v>
       </c>
       <c r="M38" s="85"/>
-      <c r="N38" s="194"/>
-[...5 lines deleted...]
-      <c r="T38" s="207"/>
+      <c r="N38" s="247"/>
+      <c r="O38" s="248"/>
+      <c r="P38" s="249"/>
+      <c r="Q38" s="196"/>
+      <c r="R38" s="258"/>
+      <c r="S38" s="258"/>
+      <c r="T38" s="259"/>
     </row>
     <row r="39" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="183"/>
-[...1 lines deleted...]
-      <c r="C39" s="208" t="s">
+      <c r="A39" s="205"/>
+      <c r="B39" s="164"/>
+      <c r="C39" s="220" t="s">
         <v>111</v>
       </c>
-      <c r="D39" s="213"/>
-[...4 lines deleted...]
-      <c r="I39" s="214"/>
+      <c r="D39" s="165"/>
+      <c r="E39" s="165"/>
+      <c r="F39" s="165"/>
+      <c r="G39" s="165"/>
+      <c r="H39" s="165"/>
+      <c r="I39" s="221"/>
       <c r="J39" s="97">
         <f>L39*M39</f>
         <v>0</v>
       </c>
       <c r="K39" s="135" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="125">
         <v>30000</v>
       </c>
       <c r="M39" s="99"/>
-      <c r="N39" s="197"/>
-[...5 lines deleted...]
-      <c r="T39" s="210"/>
+      <c r="N39" s="250"/>
+      <c r="O39" s="251"/>
+      <c r="P39" s="252"/>
+      <c r="Q39" s="220"/>
+      <c r="R39" s="260"/>
+      <c r="S39" s="260"/>
+      <c r="T39" s="261"/>
     </row>
     <row r="40" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="153" t="s">
+      <c r="A40" s="222" t="s">
         <v>34</v>
       </c>
-      <c r="B40" s="154"/>
-      <c r="C40" s="157" t="s">
+      <c r="B40" s="223"/>
+      <c r="C40" s="228" t="s">
         <v>26</v>
       </c>
-      <c r="D40" s="158"/>
-[...4 lines deleted...]
-      <c r="I40" s="159"/>
+      <c r="D40" s="229"/>
+      <c r="E40" s="229"/>
+      <c r="F40" s="229"/>
+      <c r="G40" s="229"/>
+      <c r="H40" s="229"/>
+      <c r="I40" s="230"/>
       <c r="J40" s="79">
         <f>L40*M40+O40*P40</f>
         <v>0</v>
       </c>
       <c r="K40" s="136" t="s">
         <v>11</v>
       </c>
       <c r="L40" s="126">
         <v>25000</v>
       </c>
       <c r="M40" s="81"/>
       <c r="N40" s="104" t="s">
         <v>11</v>
       </c>
       <c r="O40" s="130">
         <f>L40</f>
         <v>25000</v>
       </c>
       <c r="P40" s="105"/>
-      <c r="Q40" s="160" t="s">
+      <c r="Q40" s="231" t="s">
         <v>39</v>
       </c>
-      <c r="R40" s="161"/>
-[...1 lines deleted...]
-      <c r="T40" s="162"/>
+      <c r="R40" s="232"/>
+      <c r="S40" s="232"/>
+      <c r="T40" s="233"/>
     </row>
     <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="155"/>
-[...1 lines deleted...]
-      <c r="C41" s="166" t="s">
+      <c r="A41" s="226"/>
+      <c r="B41" s="227"/>
+      <c r="C41" s="196" t="s">
         <v>27</v>
       </c>
-      <c r="D41" s="167"/>
-[...4 lines deleted...]
-      <c r="I41" s="168"/>
+      <c r="D41" s="197"/>
+      <c r="E41" s="197"/>
+      <c r="F41" s="197"/>
+      <c r="G41" s="197"/>
+      <c r="H41" s="197"/>
+      <c r="I41" s="198"/>
       <c r="J41" s="83">
         <f>L41*M41+O41*P41</f>
         <v>0</v>
       </c>
       <c r="K41" s="134" t="s">
         <v>11</v>
       </c>
       <c r="L41" s="127">
         <v>25000</v>
       </c>
       <c r="M41" s="85"/>
       <c r="N41" s="106" t="s">
         <v>11</v>
       </c>
       <c r="O41" s="131">
         <f>L41</f>
         <v>25000</v>
       </c>
       <c r="P41" s="107"/>
-      <c r="Q41" s="163"/>
-[...2 lines deleted...]
-      <c r="T41" s="165"/>
+      <c r="Q41" s="234"/>
+      <c r="R41" s="235"/>
+      <c r="S41" s="235"/>
+      <c r="T41" s="236"/>
     </row>
     <row r="42" spans="1:20" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="169" t="s">
+      <c r="A42" s="272" t="s">
         <v>35</v>
       </c>
-      <c r="B42" s="170"/>
-      <c r="C42" s="171" t="s">
+      <c r="B42" s="273"/>
+      <c r="C42" s="274" t="s">
         <v>28</v>
       </c>
-      <c r="D42" s="172"/>
-[...4 lines deleted...]
-      <c r="I42" s="173"/>
+      <c r="D42" s="275"/>
+      <c r="E42" s="275"/>
+      <c r="F42" s="275"/>
+      <c r="G42" s="275"/>
+      <c r="H42" s="275"/>
+      <c r="I42" s="276"/>
       <c r="J42" s="108">
         <f>L42*M42+O42*P42</f>
         <v>0</v>
       </c>
       <c r="K42" s="141" t="s">
         <v>11</v>
       </c>
       <c r="L42" s="129">
         <v>30000</v>
       </c>
       <c r="M42" s="110"/>
       <c r="N42" s="111" t="s">
         <v>11</v>
       </c>
       <c r="O42" s="132">
         <f>L42</f>
         <v>30000</v>
       </c>
       <c r="P42" s="112"/>
-      <c r="Q42" s="174" t="s">
+      <c r="Q42" s="277" t="s">
         <v>38</v>
       </c>
-      <c r="R42" s="175"/>
-[...1 lines deleted...]
-      <c r="T42" s="176"/>
+      <c r="R42" s="278"/>
+      <c r="S42" s="278"/>
+      <c r="T42" s="279"/>
     </row>
     <row r="43" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="143" t="s">
+      <c r="A43" s="262" t="s">
         <v>7</v>
       </c>
-      <c r="B43" s="144"/>
-[...6 lines deleted...]
-      <c r="I43" s="145"/>
+      <c r="B43" s="263"/>
+      <c r="C43" s="263"/>
+      <c r="D43" s="263"/>
+      <c r="E43" s="264"/>
+      <c r="F43" s="264"/>
+      <c r="G43" s="264"/>
+      <c r="H43" s="264"/>
+      <c r="I43" s="264"/>
       <c r="J43" s="9">
         <f>SUM(J20:J42)</f>
         <v>0</v>
       </c>
-      <c r="K43" s="146"/>
-[...8 lines deleted...]
-      <c r="T43" s="148"/>
+      <c r="K43" s="265"/>
+      <c r="L43" s="266"/>
+      <c r="M43" s="266"/>
+      <c r="N43" s="266"/>
+      <c r="O43" s="266"/>
+      <c r="P43" s="266"/>
+      <c r="Q43" s="266"/>
+      <c r="R43" s="266"/>
+      <c r="S43" s="266"/>
+      <c r="T43" s="267"/>
     </row>
     <row r="44" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="45" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="149" t="s">
+      <c r="A45" s="268" t="s">
         <v>59</v>
       </c>
-      <c r="B45" s="149"/>
-[...17 lines deleted...]
-      <c r="T45" s="149"/>
+      <c r="B45" s="268"/>
+      <c r="C45" s="268"/>
+      <c r="D45" s="268"/>
+      <c r="E45" s="268"/>
+      <c r="F45" s="268"/>
+      <c r="G45" s="268"/>
+      <c r="H45" s="268"/>
+      <c r="I45" s="268"/>
+      <c r="J45" s="268"/>
+      <c r="K45" s="268"/>
+      <c r="L45" s="268"/>
+      <c r="M45" s="268"/>
+      <c r="N45" s="268"/>
+      <c r="O45" s="268"/>
+      <c r="P45" s="268"/>
+      <c r="Q45" s="268"/>
+      <c r="R45" s="268"/>
+      <c r="S45" s="268"/>
+      <c r="T45" s="268"/>
     </row>
     <row r="46" spans="1:20" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="150" t="s">
+      <c r="A46" s="269" t="s">
         <v>105</v>
       </c>
-      <c r="B46" s="151"/>
-[...17 lines deleted...]
-      <c r="T46" s="152"/>
+      <c r="B46" s="270"/>
+      <c r="C46" s="270"/>
+      <c r="D46" s="270"/>
+      <c r="E46" s="270"/>
+      <c r="F46" s="270"/>
+      <c r="G46" s="270"/>
+      <c r="H46" s="270"/>
+      <c r="I46" s="270"/>
+      <c r="J46" s="270"/>
+      <c r="K46" s="270"/>
+      <c r="L46" s="270"/>
+      <c r="M46" s="270"/>
+      <c r="N46" s="270"/>
+      <c r="O46" s="270"/>
+      <c r="P46" s="270"/>
+      <c r="Q46" s="270"/>
+      <c r="R46" s="270"/>
+      <c r="S46" s="270"/>
+      <c r="T46" s="271"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="70">
-    <mergeCell ref="B5:D5"/>
-[...5 lines deleted...]
-    <mergeCell ref="F4:T4"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="K43:T43"/>
+    <mergeCell ref="A45:T45"/>
+    <mergeCell ref="A46:T46"/>
+    <mergeCell ref="A40:B41"/>
+    <mergeCell ref="C40:I40"/>
+    <mergeCell ref="Q40:T41"/>
+    <mergeCell ref="C41:I41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="C42:I42"/>
+    <mergeCell ref="Q42:T42"/>
+    <mergeCell ref="A35:B39"/>
+    <mergeCell ref="C35:I35"/>
+    <mergeCell ref="N35:P39"/>
+    <mergeCell ref="Q35:T39"/>
+    <mergeCell ref="C36:I36"/>
+    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="C38:I38"/>
+    <mergeCell ref="C39:I39"/>
+    <mergeCell ref="A27:B34"/>
+    <mergeCell ref="C27:I27"/>
+    <mergeCell ref="Q27:T34"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="C29:F29"/>
+    <mergeCell ref="C30:I30"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="C32:I32"/>
+    <mergeCell ref="C33:I33"/>
+    <mergeCell ref="C34:I34"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:I20"/>
+    <mergeCell ref="Q20:T20"/>
+    <mergeCell ref="A21:B26"/>
+    <mergeCell ref="C21:I21"/>
+    <mergeCell ref="Q21:T26"/>
+    <mergeCell ref="C22:I22"/>
+    <mergeCell ref="C23:I23"/>
+    <mergeCell ref="C24:I24"/>
+    <mergeCell ref="C25:I25"/>
+    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="K15:T15"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A18:I19"/>
+    <mergeCell ref="J18:J19"/>
+    <mergeCell ref="K18:M18"/>
+    <mergeCell ref="N18:P18"/>
+    <mergeCell ref="Q18:T19"/>
     <mergeCell ref="A12:B14"/>
     <mergeCell ref="C12:I12"/>
     <mergeCell ref="C13:I13"/>
     <mergeCell ref="C14:I14"/>
     <mergeCell ref="E6:H6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="F7:T7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="I8:T8"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A10:I11"/>
     <mergeCell ref="J10:J11"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="N10:P10"/>
     <mergeCell ref="Q10:S10"/>
-    <mergeCell ref="A15:I15"/>
-[...46 lines deleted...]
-    <mergeCell ref="Q42:T42"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="F5:T5"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="F3:T3"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="F4:T4"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.38645833333333335" top="0.82395833333333335" bottom="6.9791666666666669E-2" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L
 [별지 제 2호 서식]
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:T46"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="80" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="M42" sqref="M42"/>
+      <selection activeCell="F4" sqref="F4:T4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="18.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.375" style="1" customWidth="1"/>
     <col min="3" max="5" width="1.75" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1" style="1" customWidth="1"/>
     <col min="8" max="8" width="1.875" style="1" customWidth="1"/>
     <col min="9" max="9" width="5.75" style="1" customWidth="1"/>
     <col min="10" max="10" width="13.625" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.625" style="1" customWidth="1"/>
     <col min="12" max="12" width="9.375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="4.875" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.625" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="4.875" style="1" customWidth="1"/>
     <col min="17" max="17" width="5.625" style="1" customWidth="1"/>
     <col min="18" max="18" width="9.125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="4.625" style="1" customWidth="1"/>
     <col min="20" max="20" width="22.625" style="1" customWidth="1"/>
     <col min="21" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="272" t="s">
-[...20 lines deleted...]
-      <c r="T1" s="272"/>
+      <c r="A1" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B1" s="151"/>
+      <c r="C1" s="151"/>
+      <c r="D1" s="151"/>
+      <c r="E1" s="151"/>
+      <c r="F1" s="151"/>
+      <c r="G1" s="151"/>
+      <c r="H1" s="151"/>
+      <c r="I1" s="151"/>
+      <c r="J1" s="151"/>
+      <c r="K1" s="151"/>
+      <c r="L1" s="151"/>
+      <c r="M1" s="151"/>
+      <c r="N1" s="151"/>
+      <c r="O1" s="151"/>
+      <c r="P1" s="151"/>
+      <c r="Q1" s="151"/>
+      <c r="R1" s="151"/>
+      <c r="S1" s="151"/>
+      <c r="T1" s="151"/>
     </row>
     <row r="2" spans="1:20" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="B3" s="270" t="s">
+      <c r="B3" s="149" t="s">
         <v>107</v>
       </c>
-      <c r="C3" s="270"/>
-      <c r="D3" s="270"/>
+      <c r="C3" s="149"/>
+      <c r="D3" s="149"/>
       <c r="E3" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="F3" s="273"/>
-[...13 lines deleted...]
-      <c r="T3" s="273"/>
+      <c r="F3" s="150"/>
+      <c r="G3" s="150"/>
+      <c r="H3" s="150"/>
+      <c r="I3" s="150"/>
+      <c r="J3" s="150"/>
+      <c r="K3" s="150"/>
+      <c r="L3" s="150"/>
+      <c r="M3" s="150"/>
+      <c r="N3" s="150"/>
+      <c r="O3" s="150"/>
+      <c r="P3" s="150"/>
+      <c r="Q3" s="150"/>
+      <c r="R3" s="150"/>
+      <c r="S3" s="150"/>
+      <c r="T3" s="150"/>
     </row>
     <row r="4" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="270" t="s">
+      <c r="B4" s="149" t="s">
         <v>42</v>
       </c>
-      <c r="C4" s="270"/>
-      <c r="D4" s="270"/>
+      <c r="C4" s="149"/>
+      <c r="D4" s="149"/>
       <c r="E4" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="F4" s="273"/>
-[...13 lines deleted...]
-      <c r="T4" s="273"/>
+      <c r="F4" s="150"/>
+      <c r="G4" s="150"/>
+      <c r="H4" s="150"/>
+      <c r="I4" s="150"/>
+      <c r="J4" s="150"/>
+      <c r="K4" s="150"/>
+      <c r="L4" s="150"/>
+      <c r="M4" s="150"/>
+      <c r="N4" s="150"/>
+      <c r="O4" s="150"/>
+      <c r="P4" s="150"/>
+      <c r="Q4" s="150"/>
+      <c r="R4" s="150"/>
+      <c r="S4" s="150"/>
+      <c r="T4" s="150"/>
     </row>
     <row r="5" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="270" t="s">
+      <c r="B5" s="149" t="s">
         <v>43</v>
       </c>
-      <c r="C5" s="270"/>
-      <c r="D5" s="270"/>
+      <c r="C5" s="149"/>
+      <c r="D5" s="149"/>
       <c r="E5" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="F5" s="273"/>
-[...13 lines deleted...]
-      <c r="T5" s="273"/>
+      <c r="F5" s="150"/>
+      <c r="G5" s="150"/>
+      <c r="H5" s="150"/>
+      <c r="I5" s="150"/>
+      <c r="J5" s="150"/>
+      <c r="K5" s="150"/>
+      <c r="L5" s="150"/>
+      <c r="M5" s="150"/>
+      <c r="N5" s="150"/>
+      <c r="O5" s="150"/>
+      <c r="P5" s="150"/>
+      <c r="Q5" s="150"/>
+      <c r="R5" s="150"/>
+      <c r="S5" s="150"/>
+      <c r="T5" s="150"/>
     </row>
     <row r="6" spans="1:20" s="7" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
-      <c r="E6" s="269" t="s">
+      <c r="E6" s="167" t="s">
         <v>106</v>
       </c>
-      <c r="F6" s="269"/>
-[...1 lines deleted...]
-      <c r="H6" s="269"/>
+      <c r="F6" s="167"/>
+      <c r="G6" s="167"/>
+      <c r="H6" s="167"/>
       <c r="I6" s="142"/>
       <c r="J6" s="52"/>
       <c r="K6" s="48" t="s">
         <v>88</v>
       </c>
       <c r="L6" s="47"/>
       <c r="M6" s="47"/>
       <c r="N6" s="47"/>
       <c r="O6" s="47"/>
       <c r="P6" s="47"/>
       <c r="Q6" s="47"/>
       <c r="R6" s="47"/>
       <c r="S6" s="47"/>
       <c r="T6" s="47"/>
     </row>
     <row r="7" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B7" s="270" t="s">
+      <c r="B7" s="149" t="s">
         <v>49</v>
       </c>
-      <c r="C7" s="270"/>
-      <c r="D7" s="270"/>
+      <c r="C7" s="149"/>
+      <c r="D7" s="149"/>
       <c r="E7" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="F7" s="271" t="str">
+      <c r="F7" s="168" t="str">
         <f>TEXT(J15+J43, "###,###")&amp;" 원"</f>
         <v xml:space="preserve"> 원</v>
       </c>
-      <c r="G7" s="271"/>
-[...12 lines deleted...]
-      <c r="T7" s="271"/>
+      <c r="G7" s="168"/>
+      <c r="H7" s="168"/>
+      <c r="I7" s="168"/>
+      <c r="J7" s="168"/>
+      <c r="K7" s="168"/>
+      <c r="L7" s="168"/>
+      <c r="M7" s="168"/>
+      <c r="N7" s="168"/>
+      <c r="O7" s="168"/>
+      <c r="P7" s="168"/>
+      <c r="Q7" s="168"/>
+      <c r="R7" s="168"/>
+      <c r="S7" s="168"/>
+      <c r="T7" s="168"/>
     </row>
     <row r="8" spans="1:20" s="7" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="270" t="s">
+      <c r="B8" s="149" t="s">
         <v>44</v>
       </c>
-      <c r="C8" s="270"/>
-      <c r="D8" s="270"/>
+      <c r="C8" s="149"/>
+      <c r="D8" s="149"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
-      <c r="I8" s="271"/>
-[...10 lines deleted...]
-      <c r="T8" s="271"/>
+      <c r="I8" s="168"/>
+      <c r="J8" s="168"/>
+      <c r="K8" s="168"/>
+      <c r="L8" s="168"/>
+      <c r="M8" s="168"/>
+      <c r="N8" s="168"/>
+      <c r="O8" s="168"/>
+      <c r="P8" s="168"/>
+      <c r="Q8" s="168"/>
+      <c r="R8" s="168"/>
+      <c r="S8" s="168"/>
+      <c r="T8" s="168"/>
     </row>
     <row r="9" spans="1:20" s="2" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="237" t="s">
+      <c r="A9" s="169" t="s">
         <v>45</v>
       </c>
-      <c r="B9" s="238"/>
-[...6 lines deleted...]
-      <c r="I9" s="238"/>
+      <c r="B9" s="170"/>
+      <c r="C9" s="170"/>
+      <c r="D9" s="170"/>
+      <c r="E9" s="170"/>
+      <c r="F9" s="170"/>
+      <c r="G9" s="170"/>
+      <c r="H9" s="170"/>
+      <c r="I9" s="170"/>
     </row>
     <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="239" t="s">
+      <c r="A10" s="171" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="240"/>
-[...7 lines deleted...]
-      <c r="J10" s="245" t="s">
+      <c r="B10" s="172"/>
+      <c r="C10" s="172"/>
+      <c r="D10" s="173"/>
+      <c r="E10" s="173"/>
+      <c r="F10" s="173"/>
+      <c r="G10" s="173"/>
+      <c r="H10" s="173"/>
+      <c r="I10" s="173"/>
+      <c r="J10" s="177" t="s">
         <v>10</v>
       </c>
-      <c r="K10" s="247" t="s">
+      <c r="K10" s="179" t="s">
         <v>12</v>
       </c>
-      <c r="L10" s="248"/>
-[...1 lines deleted...]
-      <c r="N10" s="255" t="s">
+      <c r="L10" s="180"/>
+      <c r="M10" s="181"/>
+      <c r="N10" s="182" t="s">
         <v>116</v>
       </c>
-      <c r="O10" s="248"/>
-[...1 lines deleted...]
-      <c r="Q10" s="257" t="s">
+      <c r="O10" s="180"/>
+      <c r="P10" s="183"/>
+      <c r="Q10" s="184" t="s">
         <v>48</v>
       </c>
-      <c r="R10" s="248"/>
-      <c r="S10" s="249"/>
+      <c r="R10" s="180"/>
+      <c r="S10" s="181"/>
       <c r="T10" s="53" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="242"/>
-[...8 lines deleted...]
-      <c r="J11" s="246"/>
+      <c r="A11" s="174"/>
+      <c r="B11" s="175"/>
+      <c r="C11" s="175"/>
+      <c r="D11" s="176"/>
+      <c r="E11" s="176"/>
+      <c r="F11" s="176"/>
+      <c r="G11" s="176"/>
+      <c r="H11" s="176"/>
+      <c r="I11" s="176"/>
+      <c r="J11" s="178"/>
       <c r="K11" s="54" t="s">
         <v>3</v>
       </c>
       <c r="L11" s="55" t="s">
         <v>4</v>
       </c>
       <c r="M11" s="56" t="s">
         <v>5</v>
       </c>
       <c r="N11" s="57" t="s">
         <v>3</v>
       </c>
       <c r="O11" s="55" t="s">
         <v>4</v>
       </c>
       <c r="P11" s="58" t="s">
         <v>5</v>
       </c>
       <c r="Q11" s="54" t="s">
         <v>3</v>
       </c>
       <c r="R11" s="55" t="s">
         <v>4</v>
       </c>
       <c r="S11" s="56" t="s">
         <v>5</v>
       </c>
       <c r="T11" s="59"/>
     </row>
     <row r="12" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="258" t="s">
+      <c r="A12" s="152" t="s">
         <v>117</v>
       </c>
-      <c r="B12" s="259"/>
-      <c r="C12" s="264" t="s">
+      <c r="B12" s="153"/>
+      <c r="C12" s="158" t="s">
         <v>51</v>
       </c>
-      <c r="D12" s="265"/>
-[...4 lines deleted...]
-      <c r="I12" s="266"/>
+      <c r="D12" s="159"/>
+      <c r="E12" s="159"/>
+      <c r="F12" s="159"/>
+      <c r="G12" s="159"/>
+      <c r="H12" s="159"/>
+      <c r="I12" s="160"/>
       <c r="J12" s="60">
         <f t="shared" ref="J12:J14" si="0">L12*M12+O12*P12+R12*S12</f>
         <v>0</v>
       </c>
       <c r="K12" s="61" t="s">
         <v>0</v>
       </c>
       <c r="L12" s="123">
         <v>30000</v>
       </c>
       <c r="M12" s="62"/>
       <c r="N12" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="O12" s="123">
-        <v>20000</v>
+      <c r="O12" s="147">
+        <f>L12*0.7</f>
+        <v>21000</v>
       </c>
       <c r="P12" s="64"/>
       <c r="Q12" s="61" t="s">
         <v>0</v>
       </c>
       <c r="R12" s="123">
-        <f t="shared" ref="R12:R14" si="1">L12*0.3</f>
+        <f>L12*0.3</f>
         <v>9000</v>
       </c>
       <c r="S12" s="62"/>
       <c r="T12" s="65"/>
     </row>
     <row r="13" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="260"/>
-[...1 lines deleted...]
-      <c r="C13" s="180" t="s">
+      <c r="A13" s="154"/>
+      <c r="B13" s="155"/>
+      <c r="C13" s="161" t="s">
         <v>52</v>
       </c>
-      <c r="D13" s="211"/>
-[...4 lines deleted...]
-      <c r="I13" s="267"/>
+      <c r="D13" s="162"/>
+      <c r="E13" s="162"/>
+      <c r="F13" s="162"/>
+      <c r="G13" s="162"/>
+      <c r="H13" s="162"/>
+      <c r="I13" s="163"/>
       <c r="J13" s="66">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K13" s="67" t="s">
         <v>1</v>
       </c>
       <c r="L13" s="124">
-        <v>30000</v>
+        <v>50000</v>
       </c>
       <c r="M13" s="68"/>
       <c r="N13" s="69" t="s">
         <v>1</v>
       </c>
-      <c r="O13" s="124">
-        <v>20000</v>
+      <c r="O13" s="148">
+        <f>L13*0.7</f>
+        <v>35000</v>
       </c>
       <c r="P13" s="70"/>
       <c r="Q13" s="67" t="s">
         <v>1</v>
       </c>
       <c r="R13" s="124">
-        <f t="shared" si="1"/>
-        <v>9000</v>
+        <f t="shared" ref="R13:R14" si="1">L13*0.3</f>
+        <v>15000</v>
       </c>
       <c r="S13" s="68"/>
       <c r="T13" s="71"/>
     </row>
     <row r="14" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="262"/>
-[...1 lines deleted...]
-      <c r="C14" s="184" t="s">
+      <c r="A14" s="156"/>
+      <c r="B14" s="157"/>
+      <c r="C14" s="164" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="213"/>
-[...4 lines deleted...]
-      <c r="I14" s="268"/>
+      <c r="D14" s="165"/>
+      <c r="E14" s="165"/>
+      <c r="F14" s="165"/>
+      <c r="G14" s="165"/>
+      <c r="H14" s="165"/>
+      <c r="I14" s="166"/>
       <c r="J14" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K14" s="73" t="s">
         <v>2</v>
       </c>
       <c r="L14" s="125">
-        <v>30000</v>
+        <v>70000</v>
       </c>
       <c r="M14" s="74"/>
       <c r="N14" s="75" t="s">
         <v>2</v>
       </c>
-      <c r="O14" s="125">
-        <v>20000</v>
+      <c r="O14" s="126">
+        <f>L14*0.7</f>
+        <v>49000</v>
       </c>
       <c r="P14" s="76"/>
       <c r="Q14" s="73" t="s">
         <v>2</v>
       </c>
       <c r="R14" s="125">
         <f t="shared" si="1"/>
-        <v>9000</v>
+        <v>21000</v>
       </c>
       <c r="S14" s="74"/>
       <c r="T14" s="77"/>
     </row>
     <row r="15" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="233" t="s">
+      <c r="A15" s="185" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="234"/>
-[...6 lines deleted...]
-      <c r="I15" s="234"/>
+      <c r="B15" s="186"/>
+      <c r="C15" s="186"/>
+      <c r="D15" s="186"/>
+      <c r="E15" s="186"/>
+      <c r="F15" s="186"/>
+      <c r="G15" s="186"/>
+      <c r="H15" s="186"/>
+      <c r="I15" s="186"/>
       <c r="J15" s="3">
         <f>SUM(J12:J14)</f>
         <v>0</v>
       </c>
-      <c r="K15" s="235"/>
-[...8 lines deleted...]
-      <c r="T15" s="236"/>
+      <c r="K15" s="187"/>
+      <c r="L15" s="187"/>
+      <c r="M15" s="187"/>
+      <c r="N15" s="187"/>
+      <c r="O15" s="187"/>
+      <c r="P15" s="187"/>
+      <c r="Q15" s="187"/>
+      <c r="R15" s="187"/>
+      <c r="S15" s="187"/>
+      <c r="T15" s="188"/>
     </row>
     <row r="16" spans="1:20" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="5"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
       <c r="T16" s="6"/>
     </row>
     <row r="17" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="237" t="s">
+      <c r="A17" s="169" t="s">
         <v>46</v>
       </c>
-      <c r="B17" s="238"/>
-[...6 lines deleted...]
-      <c r="I17" s="238"/>
+      <c r="B17" s="170"/>
+      <c r="C17" s="170"/>
+      <c r="D17" s="170"/>
+      <c r="E17" s="170"/>
+      <c r="F17" s="170"/>
+      <c r="G17" s="170"/>
+      <c r="H17" s="170"/>
+      <c r="I17" s="170"/>
     </row>
     <row r="18" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="239" t="s">
+      <c r="A18" s="171" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="240"/>
-[...7 lines deleted...]
-      <c r="J18" s="245" t="s">
+      <c r="B18" s="172"/>
+      <c r="C18" s="172"/>
+      <c r="D18" s="173"/>
+      <c r="E18" s="173"/>
+      <c r="F18" s="173"/>
+      <c r="G18" s="173"/>
+      <c r="H18" s="173"/>
+      <c r="I18" s="173"/>
+      <c r="J18" s="177" t="s">
         <v>10</v>
       </c>
-      <c r="K18" s="247" t="s">
+      <c r="K18" s="179" t="s">
         <v>12</v>
       </c>
-      <c r="L18" s="248"/>
-[...1 lines deleted...]
-      <c r="N18" s="250" t="s">
+      <c r="L18" s="180"/>
+      <c r="M18" s="181"/>
+      <c r="N18" s="189" t="s">
         <v>13</v>
       </c>
-      <c r="O18" s="248"/>
-[...1 lines deleted...]
-      <c r="Q18" s="251" t="s">
+      <c r="O18" s="180"/>
+      <c r="P18" s="181"/>
+      <c r="Q18" s="190" t="s">
         <v>47</v>
       </c>
-      <c r="R18" s="240"/>
-[...1 lines deleted...]
-      <c r="T18" s="252"/>
+      <c r="R18" s="172"/>
+      <c r="S18" s="172"/>
+      <c r="T18" s="191"/>
     </row>
     <row r="19" spans="1:20" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="242"/>
-[...8 lines deleted...]
-      <c r="J19" s="246"/>
+      <c r="A19" s="174"/>
+      <c r="B19" s="175"/>
+      <c r="C19" s="175"/>
+      <c r="D19" s="176"/>
+      <c r="E19" s="176"/>
+      <c r="F19" s="176"/>
+      <c r="G19" s="176"/>
+      <c r="H19" s="176"/>
+      <c r="I19" s="176"/>
+      <c r="J19" s="178"/>
       <c r="K19" s="54" t="s">
         <v>3</v>
       </c>
       <c r="L19" s="55" t="s">
         <v>4</v>
       </c>
       <c r="M19" s="56" t="s">
         <v>5</v>
       </c>
       <c r="N19" s="57" t="s">
         <v>3</v>
       </c>
       <c r="O19" s="55" t="s">
         <v>4</v>
       </c>
       <c r="P19" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="Q19" s="253"/>
-[...2 lines deleted...]
-      <c r="T19" s="254"/>
+      <c r="Q19" s="192"/>
+      <c r="R19" s="175"/>
+      <c r="S19" s="175"/>
+      <c r="T19" s="193"/>
     </row>
     <row r="20" spans="1:20" ht="20.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="222" t="s">
+      <c r="A20" s="194" t="s">
         <v>8</v>
       </c>
-      <c r="B20" s="223"/>
-[...8 lines deleted...]
-      <c r="I20" s="168"/>
+      <c r="B20" s="195"/>
+      <c r="C20" s="196" t="s">
+        <v>120</v>
+      </c>
+      <c r="D20" s="197"/>
+      <c r="E20" s="197"/>
+      <c r="F20" s="197"/>
+      <c r="G20" s="197"/>
+      <c r="H20" s="197"/>
+      <c r="I20" s="198"/>
       <c r="J20" s="83">
         <f t="shared" ref="J20:J34" si="2">L20*M20+O20*P20</f>
         <v>0</v>
       </c>
       <c r="K20" s="84" t="s">
         <v>11</v>
       </c>
       <c r="L20" s="127">
         <v>10000</v>
       </c>
       <c r="M20" s="85"/>
       <c r="N20" s="86" t="s">
         <v>11</v>
       </c>
       <c r="O20" s="127">
         <v>5000</v>
       </c>
       <c r="P20" s="87"/>
-      <c r="Q20" s="224"/>
-[...2 lines deleted...]
-      <c r="T20" s="226"/>
+      <c r="Q20" s="199"/>
+      <c r="R20" s="200"/>
+      <c r="S20" s="200"/>
+      <c r="T20" s="201"/>
     </row>
     <row r="21" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="177" t="s">
+      <c r="A21" s="202" t="s">
         <v>31</v>
       </c>
-      <c r="B21" s="178"/>
-      <c r="C21" s="185" t="s">
+      <c r="B21" s="203"/>
+      <c r="C21" s="206" t="s">
         <v>14</v>
       </c>
-      <c r="D21" s="186"/>
-[...4 lines deleted...]
-      <c r="I21" s="187"/>
+      <c r="D21" s="207"/>
+      <c r="E21" s="207"/>
+      <c r="F21" s="207"/>
+      <c r="G21" s="207"/>
+      <c r="H21" s="207"/>
+      <c r="I21" s="208"/>
       <c r="J21" s="88">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K21" s="89" t="s">
         <v>11</v>
       </c>
       <c r="L21" s="128">
         <v>40000</v>
       </c>
       <c r="M21" s="90"/>
       <c r="N21" s="91" t="s">
         <v>11</v>
       </c>
       <c r="O21" s="128">
         <f t="shared" ref="O21:O34" si="3">L21*0.5</f>
         <v>20000</v>
       </c>
       <c r="P21" s="92"/>
-      <c r="Q21" s="227" t="s">
+      <c r="Q21" s="209" t="s">
         <v>37</v>
       </c>
-      <c r="R21" s="228"/>
-[...1 lines deleted...]
-      <c r="T21" s="229"/>
+      <c r="R21" s="210"/>
+      <c r="S21" s="210"/>
+      <c r="T21" s="211"/>
     </row>
     <row r="22" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="179"/>
-[...1 lines deleted...]
-      <c r="C22" s="203" t="s">
+      <c r="A22" s="204"/>
+      <c r="B22" s="161"/>
+      <c r="C22" s="218" t="s">
         <v>15</v>
       </c>
-      <c r="D22" s="211"/>
-[...4 lines deleted...]
-      <c r="I22" s="212"/>
+      <c r="D22" s="162"/>
+      <c r="E22" s="162"/>
+      <c r="F22" s="162"/>
+      <c r="G22" s="162"/>
+      <c r="H22" s="162"/>
+      <c r="I22" s="219"/>
       <c r="J22" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K22" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L22" s="124">
         <v>30000</v>
       </c>
       <c r="M22" s="95"/>
       <c r="N22" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O22" s="124">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P22" s="96"/>
-      <c r="Q22" s="217"/>
-[...2 lines deleted...]
-      <c r="T22" s="219"/>
+      <c r="Q22" s="212"/>
+      <c r="R22" s="213"/>
+      <c r="S22" s="213"/>
+      <c r="T22" s="214"/>
     </row>
     <row r="23" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="179"/>
-[...1 lines deleted...]
-      <c r="C23" s="203" t="s">
+      <c r="A23" s="204"/>
+      <c r="B23" s="161"/>
+      <c r="C23" s="218" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="211"/>
-[...4 lines deleted...]
-      <c r="I23" s="212"/>
+      <c r="D23" s="162"/>
+      <c r="E23" s="162"/>
+      <c r="F23" s="162"/>
+      <c r="G23" s="162"/>
+      <c r="H23" s="162"/>
+      <c r="I23" s="219"/>
       <c r="J23" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K23" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="124">
         <v>30000</v>
       </c>
       <c r="M23" s="95"/>
       <c r="N23" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O23" s="124">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P23" s="96"/>
-      <c r="Q23" s="217"/>
-[...2 lines deleted...]
-      <c r="T23" s="219"/>
+      <c r="Q23" s="212"/>
+      <c r="R23" s="213"/>
+      <c r="S23" s="213"/>
+      <c r="T23" s="214"/>
     </row>
     <row r="24" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="179"/>
-[...1 lines deleted...]
-      <c r="C24" s="203" t="s">
+      <c r="A24" s="204"/>
+      <c r="B24" s="161"/>
+      <c r="C24" s="218" t="s">
         <v>17</v>
       </c>
-      <c r="D24" s="211"/>
-[...4 lines deleted...]
-      <c r="I24" s="212"/>
+      <c r="D24" s="162"/>
+      <c r="E24" s="162"/>
+      <c r="F24" s="162"/>
+      <c r="G24" s="162"/>
+      <c r="H24" s="162"/>
+      <c r="I24" s="219"/>
       <c r="J24" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K24" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L24" s="124">
         <v>5000</v>
       </c>
       <c r="M24" s="95"/>
       <c r="N24" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O24" s="124">
         <f t="shared" si="3"/>
         <v>2500</v>
       </c>
       <c r="P24" s="96"/>
-      <c r="Q24" s="217"/>
-[...2 lines deleted...]
-      <c r="T24" s="219"/>
+      <c r="Q24" s="212"/>
+      <c r="R24" s="213"/>
+      <c r="S24" s="213"/>
+      <c r="T24" s="214"/>
     </row>
     <row r="25" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="179"/>
-[...1 lines deleted...]
-      <c r="C25" s="203" t="s">
+      <c r="A25" s="204"/>
+      <c r="B25" s="161"/>
+      <c r="C25" s="218" t="s">
         <v>29</v>
       </c>
-      <c r="D25" s="211"/>
-[...4 lines deleted...]
-      <c r="I25" s="212"/>
+      <c r="D25" s="162"/>
+      <c r="E25" s="162"/>
+      <c r="F25" s="162"/>
+      <c r="G25" s="162"/>
+      <c r="H25" s="162"/>
+      <c r="I25" s="219"/>
       <c r="J25" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K25" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L25" s="124">
         <v>30000</v>
       </c>
       <c r="M25" s="95"/>
       <c r="N25" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O25" s="124">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P25" s="96"/>
-      <c r="Q25" s="217"/>
-[...2 lines deleted...]
-      <c r="T25" s="219"/>
+      <c r="Q25" s="212"/>
+      <c r="R25" s="213"/>
+      <c r="S25" s="213"/>
+      <c r="T25" s="214"/>
     </row>
     <row r="26" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="183"/>
-[...1 lines deleted...]
-      <c r="C26" s="208" t="s">
+      <c r="A26" s="205"/>
+      <c r="B26" s="164"/>
+      <c r="C26" s="220" t="s">
         <v>18</v>
       </c>
-      <c r="D26" s="213"/>
-[...4 lines deleted...]
-      <c r="I26" s="214"/>
+      <c r="D26" s="165"/>
+      <c r="E26" s="165"/>
+      <c r="F26" s="165"/>
+      <c r="G26" s="165"/>
+      <c r="H26" s="165"/>
+      <c r="I26" s="221"/>
       <c r="J26" s="97">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K26" s="98" t="s">
         <v>11</v>
       </c>
       <c r="L26" s="125">
         <v>50000</v>
       </c>
       <c r="M26" s="99"/>
       <c r="N26" s="75" t="s">
         <v>11</v>
       </c>
       <c r="O26" s="125">
         <f t="shared" si="3"/>
         <v>25000</v>
       </c>
       <c r="P26" s="100"/>
-      <c r="Q26" s="230"/>
-[...2 lines deleted...]
-      <c r="T26" s="232"/>
+      <c r="Q26" s="215"/>
+      <c r="R26" s="216"/>
+      <c r="S26" s="216"/>
+      <c r="T26" s="217"/>
     </row>
     <row r="27" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="153" t="s">
+      <c r="A27" s="222" t="s">
         <v>32</v>
       </c>
-      <c r="B27" s="154"/>
-      <c r="C27" s="157" t="s">
+      <c r="B27" s="223"/>
+      <c r="C27" s="228" t="s">
         <v>19</v>
       </c>
-      <c r="D27" s="158"/>
-[...4 lines deleted...]
-      <c r="I27" s="159"/>
+      <c r="D27" s="229"/>
+      <c r="E27" s="229"/>
+      <c r="F27" s="229"/>
+      <c r="G27" s="229"/>
+      <c r="H27" s="229"/>
+      <c r="I27" s="230"/>
       <c r="J27" s="79">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K27" s="80" t="s">
         <v>11</v>
       </c>
       <c r="L27" s="126">
         <v>30000</v>
       </c>
       <c r="M27" s="81"/>
       <c r="N27" s="78" t="s">
         <v>11</v>
       </c>
       <c r="O27" s="126">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P27" s="82"/>
-      <c r="Q27" s="160" t="s">
+      <c r="Q27" s="231" t="s">
         <v>112</v>
       </c>
-      <c r="R27" s="161"/>
-[...1 lines deleted...]
-      <c r="T27" s="162"/>
+      <c r="R27" s="232"/>
+      <c r="S27" s="232"/>
+      <c r="T27" s="233"/>
     </row>
     <row r="28" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="215"/>
-[...1 lines deleted...]
-      <c r="C28" s="220" t="s">
+      <c r="A28" s="224"/>
+      <c r="B28" s="225"/>
+      <c r="C28" s="237" t="s">
         <v>55</v>
       </c>
-      <c r="D28" s="221"/>
-[...1 lines deleted...]
-      <c r="F28" s="221"/>
+      <c r="D28" s="238"/>
+      <c r="E28" s="238"/>
+      <c r="F28" s="238"/>
       <c r="G28" s="101" t="s">
         <v>57</v>
       </c>
       <c r="H28" s="102">
         <v>3</v>
       </c>
       <c r="I28" s="103" t="s">
         <v>58</v>
       </c>
       <c r="J28" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K28" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L28" s="124">
         <f>IF(H28&gt;3,10000+(H28-3)*5000,10000)</f>
         <v>10000</v>
       </c>
       <c r="M28" s="95"/>
       <c r="N28" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O28" s="124">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
       <c r="P28" s="96"/>
-      <c r="Q28" s="217"/>
-[...2 lines deleted...]
-      <c r="T28" s="219"/>
+      <c r="Q28" s="212"/>
+      <c r="R28" s="213"/>
+      <c r="S28" s="213"/>
+      <c r="T28" s="214"/>
     </row>
     <row r="29" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="215"/>
-[...1 lines deleted...]
-      <c r="C29" s="220" t="s">
+      <c r="A29" s="224"/>
+      <c r="B29" s="225"/>
+      <c r="C29" s="237" t="s">
         <v>56</v>
       </c>
-      <c r="D29" s="221"/>
-[...1 lines deleted...]
-      <c r="F29" s="221"/>
+      <c r="D29" s="238"/>
+      <c r="E29" s="238"/>
+      <c r="F29" s="238"/>
       <c r="G29" s="101" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="102">
         <v>2</v>
       </c>
       <c r="I29" s="103" t="s">
         <v>58</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L29" s="124">
         <f>IF(H29&gt;2,20000+(H29-2)*10000,20000)</f>
         <v>20000</v>
       </c>
       <c r="M29" s="95"/>
       <c r="N29" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O29" s="124">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
       <c r="P29" s="96"/>
-      <c r="Q29" s="217"/>
-[...2 lines deleted...]
-      <c r="T29" s="219"/>
+      <c r="Q29" s="212"/>
+      <c r="R29" s="213"/>
+      <c r="S29" s="213"/>
+      <c r="T29" s="214"/>
     </row>
     <row r="30" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="215"/>
-[...1 lines deleted...]
-      <c r="C30" s="203" t="s">
+      <c r="A30" s="224"/>
+      <c r="B30" s="225"/>
+      <c r="C30" s="218" t="s">
         <v>109</v>
       </c>
-      <c r="D30" s="211"/>
-[...4 lines deleted...]
-      <c r="I30" s="212"/>
+      <c r="D30" s="162"/>
+      <c r="E30" s="162"/>
+      <c r="F30" s="162"/>
+      <c r="G30" s="162"/>
+      <c r="H30" s="162"/>
+      <c r="I30" s="219"/>
       <c r="J30" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K30" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L30" s="124">
         <v>10000</v>
       </c>
       <c r="M30" s="95"/>
       <c r="N30" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O30" s="124">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
       <c r="P30" s="96"/>
-      <c r="Q30" s="217"/>
-[...2 lines deleted...]
-      <c r="T30" s="219"/>
+      <c r="Q30" s="212"/>
+      <c r="R30" s="213"/>
+      <c r="S30" s="213"/>
+      <c r="T30" s="214"/>
     </row>
     <row r="31" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="215"/>
-[...1 lines deleted...]
-      <c r="C31" s="203" t="s">
+      <c r="A31" s="224"/>
+      <c r="B31" s="225"/>
+      <c r="C31" s="218" t="s">
         <v>20</v>
       </c>
-      <c r="D31" s="211"/>
-[...4 lines deleted...]
-      <c r="I31" s="212"/>
+      <c r="D31" s="162"/>
+      <c r="E31" s="162"/>
+      <c r="F31" s="162"/>
+      <c r="G31" s="162"/>
+      <c r="H31" s="162"/>
+      <c r="I31" s="219"/>
       <c r="J31" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K31" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="124">
         <v>5000</v>
       </c>
       <c r="M31" s="95"/>
       <c r="N31" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O31" s="124">
         <f t="shared" si="3"/>
         <v>2500</v>
       </c>
       <c r="P31" s="96"/>
-      <c r="Q31" s="217"/>
-[...2 lines deleted...]
-      <c r="T31" s="219"/>
+      <c r="Q31" s="212"/>
+      <c r="R31" s="213"/>
+      <c r="S31" s="213"/>
+      <c r="T31" s="214"/>
     </row>
     <row r="32" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="215"/>
-[...1 lines deleted...]
-      <c r="C32" s="203" t="s">
+      <c r="A32" s="224"/>
+      <c r="B32" s="225"/>
+      <c r="C32" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="D32" s="211"/>
-[...4 lines deleted...]
-      <c r="I32" s="212"/>
+      <c r="D32" s="162"/>
+      <c r="E32" s="162"/>
+      <c r="F32" s="162"/>
+      <c r="G32" s="162"/>
+      <c r="H32" s="162"/>
+      <c r="I32" s="219"/>
       <c r="J32" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K32" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L32" s="124">
         <v>20000</v>
       </c>
       <c r="M32" s="95"/>
       <c r="N32" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O32" s="124">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
       <c r="P32" s="96"/>
-      <c r="Q32" s="217"/>
-[...2 lines deleted...]
-      <c r="T32" s="219"/>
+      <c r="Q32" s="212"/>
+      <c r="R32" s="213"/>
+      <c r="S32" s="213"/>
+      <c r="T32" s="214"/>
     </row>
     <row r="33" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="215"/>
-[...1 lines deleted...]
-      <c r="C33" s="203" t="s">
+      <c r="A33" s="224"/>
+      <c r="B33" s="225"/>
+      <c r="C33" s="218" t="s">
         <v>22</v>
       </c>
-      <c r="D33" s="211"/>
-[...4 lines deleted...]
-      <c r="I33" s="212"/>
+      <c r="D33" s="162"/>
+      <c r="E33" s="162"/>
+      <c r="F33" s="162"/>
+      <c r="G33" s="162"/>
+      <c r="H33" s="162"/>
+      <c r="I33" s="219"/>
       <c r="J33" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K33" s="94" t="s">
         <v>11</v>
       </c>
       <c r="L33" s="124">
         <v>20000</v>
       </c>
       <c r="M33" s="95"/>
       <c r="N33" s="69" t="s">
         <v>11</v>
       </c>
       <c r="O33" s="124">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
       <c r="P33" s="96"/>
-      <c r="Q33" s="217"/>
-[...2 lines deleted...]
-      <c r="T33" s="219"/>
+      <c r="Q33" s="212"/>
+      <c r="R33" s="213"/>
+      <c r="S33" s="213"/>
+      <c r="T33" s="214"/>
     </row>
     <row r="34" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="155"/>
-[...1 lines deleted...]
-      <c r="C34" s="166" t="s">
+      <c r="A34" s="226"/>
+      <c r="B34" s="227"/>
+      <c r="C34" s="196" t="s">
         <v>23</v>
       </c>
-      <c r="D34" s="167"/>
-[...4 lines deleted...]
-      <c r="I34" s="168"/>
+      <c r="D34" s="197"/>
+      <c r="E34" s="197"/>
+      <c r="F34" s="197"/>
+      <c r="G34" s="197"/>
+      <c r="H34" s="197"/>
+      <c r="I34" s="198"/>
       <c r="J34" s="83">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K34" s="84" t="s">
         <v>11</v>
       </c>
       <c r="L34" s="127">
         <v>30000</v>
       </c>
       <c r="M34" s="85"/>
       <c r="N34" s="86" t="s">
         <v>11</v>
       </c>
       <c r="O34" s="127">
         <f t="shared" si="3"/>
         <v>15000</v>
       </c>
       <c r="P34" s="87"/>
-      <c r="Q34" s="163"/>
-[...2 lines deleted...]
-      <c r="T34" s="165"/>
+      <c r="Q34" s="234"/>
+      <c r="R34" s="235"/>
+      <c r="S34" s="235"/>
+      <c r="T34" s="236"/>
     </row>
     <row r="35" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="177" t="s">
+      <c r="A35" s="202" t="s">
         <v>33</v>
       </c>
-      <c r="B35" s="178"/>
-      <c r="C35" s="185" t="s">
+      <c r="B35" s="203"/>
+      <c r="C35" s="206" t="s">
         <v>24</v>
       </c>
-      <c r="D35" s="186"/>
-[...4 lines deleted...]
-      <c r="I35" s="187"/>
+      <c r="D35" s="207"/>
+      <c r="E35" s="207"/>
+      <c r="F35" s="207"/>
+      <c r="G35" s="207"/>
+      <c r="H35" s="207"/>
+      <c r="I35" s="208"/>
       <c r="J35" s="88">
         <f>L35*M35</f>
         <v>0</v>
       </c>
       <c r="K35" s="89" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="128">
         <v>30000</v>
       </c>
       <c r="M35" s="90"/>
-      <c r="N35" s="188" t="s">
+      <c r="N35" s="241" t="s">
         <v>36</v>
       </c>
-      <c r="O35" s="189"/>
-[...1 lines deleted...]
-      <c r="Q35" s="200" t="s">
+      <c r="O35" s="242"/>
+      <c r="P35" s="243"/>
+      <c r="Q35" s="253" t="s">
         <v>50</v>
       </c>
-      <c r="R35" s="201"/>
-[...1 lines deleted...]
-      <c r="T35" s="202"/>
+      <c r="R35" s="254"/>
+      <c r="S35" s="254"/>
+      <c r="T35" s="255"/>
     </row>
     <row r="36" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="179"/>
-[...1 lines deleted...]
-      <c r="C36" s="203" t="s">
+      <c r="A36" s="204"/>
+      <c r="B36" s="161"/>
+      <c r="C36" s="218" t="s">
         <v>25</v>
       </c>
-      <c r="D36" s="211"/>
-[...4 lines deleted...]
-      <c r="I36" s="212"/>
+      <c r="D36" s="162"/>
+      <c r="E36" s="162"/>
+      <c r="F36" s="162"/>
+      <c r="G36" s="162"/>
+      <c r="H36" s="162"/>
+      <c r="I36" s="219"/>
       <c r="J36" s="93">
         <f>L36*M36</f>
         <v>0</v>
       </c>
       <c r="K36" s="94" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="124">
-        <v>50000</v>
+        <v>30000</v>
       </c>
       <c r="M36" s="95"/>
-      <c r="N36" s="191"/>
-[...5 lines deleted...]
-      <c r="T36" s="205"/>
+      <c r="N36" s="244"/>
+      <c r="O36" s="245"/>
+      <c r="P36" s="246"/>
+      <c r="Q36" s="218"/>
+      <c r="R36" s="256"/>
+      <c r="S36" s="256"/>
+      <c r="T36" s="257"/>
     </row>
     <row r="37" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="181"/>
-[...1 lines deleted...]
-      <c r="C37" s="203" t="s">
+      <c r="A37" s="239"/>
+      <c r="B37" s="240"/>
+      <c r="C37" s="218" t="s">
         <v>108</v>
       </c>
-      <c r="D37" s="211"/>
-[...4 lines deleted...]
-      <c r="I37" s="212"/>
+      <c r="D37" s="162"/>
+      <c r="E37" s="162"/>
+      <c r="F37" s="162"/>
+      <c r="G37" s="162"/>
+      <c r="H37" s="162"/>
+      <c r="I37" s="219"/>
       <c r="J37" s="93">
         <f t="shared" ref="J37:J38" si="4">L37*M37</f>
         <v>0</v>
       </c>
       <c r="K37" s="122" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="127">
         <v>10000</v>
       </c>
       <c r="M37" s="85"/>
-      <c r="N37" s="194"/>
-[...5 lines deleted...]
-      <c r="T37" s="207"/>
+      <c r="N37" s="247"/>
+      <c r="O37" s="248"/>
+      <c r="P37" s="249"/>
+      <c r="Q37" s="196"/>
+      <c r="R37" s="258"/>
+      <c r="S37" s="258"/>
+      <c r="T37" s="259"/>
     </row>
     <row r="38" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="181"/>
-[...1 lines deleted...]
-      <c r="C38" s="203" t="s">
+      <c r="A38" s="239"/>
+      <c r="B38" s="240"/>
+      <c r="C38" s="218" t="s">
         <v>110</v>
       </c>
-      <c r="D38" s="211"/>
-[...4 lines deleted...]
-      <c r="I38" s="212"/>
+      <c r="D38" s="162"/>
+      <c r="E38" s="162"/>
+      <c r="F38" s="162"/>
+      <c r="G38" s="162"/>
+      <c r="H38" s="162"/>
+      <c r="I38" s="219"/>
       <c r="J38" s="93">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K38" s="122" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="127">
         <v>30000</v>
       </c>
       <c r="M38" s="85"/>
-      <c r="N38" s="194"/>
-[...5 lines deleted...]
-      <c r="T38" s="207"/>
+      <c r="N38" s="247"/>
+      <c r="O38" s="248"/>
+      <c r="P38" s="249"/>
+      <c r="Q38" s="196"/>
+      <c r="R38" s="258"/>
+      <c r="S38" s="258"/>
+      <c r="T38" s="259"/>
     </row>
     <row r="39" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="183"/>
-[...1 lines deleted...]
-      <c r="C39" s="208" t="s">
+      <c r="A39" s="205"/>
+      <c r="B39" s="164"/>
+      <c r="C39" s="220" t="s">
         <v>111</v>
       </c>
-      <c r="D39" s="213"/>
-[...4 lines deleted...]
-      <c r="I39" s="214"/>
+      <c r="D39" s="165"/>
+      <c r="E39" s="165"/>
+      <c r="F39" s="165"/>
+      <c r="G39" s="165"/>
+      <c r="H39" s="165"/>
+      <c r="I39" s="221"/>
       <c r="J39" s="97">
         <f>L39*M39</f>
         <v>0</v>
       </c>
       <c r="K39" s="98" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="125">
         <v>30000</v>
       </c>
       <c r="M39" s="99"/>
-      <c r="N39" s="197"/>
-[...5 lines deleted...]
-      <c r="T39" s="210"/>
+      <c r="N39" s="250"/>
+      <c r="O39" s="251"/>
+      <c r="P39" s="252"/>
+      <c r="Q39" s="220"/>
+      <c r="R39" s="260"/>
+      <c r="S39" s="260"/>
+      <c r="T39" s="261"/>
     </row>
     <row r="40" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="153" t="s">
+      <c r="A40" s="222" t="s">
         <v>34</v>
       </c>
-      <c r="B40" s="154"/>
-      <c r="C40" s="157" t="s">
+      <c r="B40" s="223"/>
+      <c r="C40" s="228" t="s">
         <v>26</v>
       </c>
-      <c r="D40" s="158"/>
-[...4 lines deleted...]
-      <c r="I40" s="159"/>
+      <c r="D40" s="229"/>
+      <c r="E40" s="229"/>
+      <c r="F40" s="229"/>
+      <c r="G40" s="229"/>
+      <c r="H40" s="229"/>
+      <c r="I40" s="230"/>
       <c r="J40" s="79">
         <f>L40*M40+O40*P40</f>
         <v>0</v>
       </c>
       <c r="K40" s="80" t="s">
         <v>11</v>
       </c>
       <c r="L40" s="126">
         <v>25000</v>
       </c>
       <c r="M40" s="81"/>
       <c r="N40" s="104" t="s">
         <v>11</v>
       </c>
       <c r="O40" s="130">
         <f>L40</f>
         <v>25000</v>
       </c>
       <c r="P40" s="105"/>
-      <c r="Q40" s="160" t="s">
+      <c r="Q40" s="231" t="s">
         <v>39</v>
       </c>
-      <c r="R40" s="161"/>
-[...1 lines deleted...]
-      <c r="T40" s="162"/>
+      <c r="R40" s="232"/>
+      <c r="S40" s="232"/>
+      <c r="T40" s="233"/>
     </row>
     <row r="41" spans="1:20" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="155"/>
-[...1 lines deleted...]
-      <c r="C41" s="166" t="s">
+      <c r="A41" s="226"/>
+      <c r="B41" s="227"/>
+      <c r="C41" s="196" t="s">
         <v>27</v>
       </c>
-      <c r="D41" s="167"/>
-[...4 lines deleted...]
-      <c r="I41" s="168"/>
+      <c r="D41" s="197"/>
+      <c r="E41" s="197"/>
+      <c r="F41" s="197"/>
+      <c r="G41" s="197"/>
+      <c r="H41" s="197"/>
+      <c r="I41" s="198"/>
       <c r="J41" s="83">
         <f>L41*M41+O41*P41</f>
         <v>0</v>
       </c>
       <c r="K41" s="84" t="s">
         <v>11</v>
       </c>
       <c r="L41" s="127">
         <v>25000</v>
       </c>
       <c r="M41" s="85"/>
       <c r="N41" s="106" t="s">
         <v>11</v>
       </c>
       <c r="O41" s="131">
         <f>L41</f>
         <v>25000</v>
       </c>
       <c r="P41" s="107"/>
-      <c r="Q41" s="163"/>
-[...2 lines deleted...]
-      <c r="T41" s="165"/>
+      <c r="Q41" s="234"/>
+      <c r="R41" s="235"/>
+      <c r="S41" s="235"/>
+      <c r="T41" s="236"/>
     </row>
     <row r="42" spans="1:20" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="169" t="s">
+      <c r="A42" s="272" t="s">
         <v>35</v>
       </c>
-      <c r="B42" s="170"/>
-      <c r="C42" s="171" t="s">
+      <c r="B42" s="273"/>
+      <c r="C42" s="274" t="s">
         <v>28</v>
       </c>
-      <c r="D42" s="172"/>
-[...4 lines deleted...]
-      <c r="I42" s="173"/>
+      <c r="D42" s="275"/>
+      <c r="E42" s="275"/>
+      <c r="F42" s="275"/>
+      <c r="G42" s="275"/>
+      <c r="H42" s="275"/>
+      <c r="I42" s="276"/>
       <c r="J42" s="108">
         <f>L42*M42+O42*P42</f>
         <v>0</v>
       </c>
       <c r="K42" s="109" t="s">
         <v>11</v>
       </c>
       <c r="L42" s="129">
         <v>30000</v>
       </c>
       <c r="M42" s="110"/>
       <c r="N42" s="111" t="s">
         <v>11</v>
       </c>
       <c r="O42" s="132">
         <f>L42</f>
         <v>30000</v>
       </c>
       <c r="P42" s="112"/>
-      <c r="Q42" s="174" t="s">
+      <c r="Q42" s="277" t="s">
         <v>38</v>
       </c>
-      <c r="R42" s="175"/>
-[...1 lines deleted...]
-      <c r="T42" s="176"/>
+      <c r="R42" s="278"/>
+      <c r="S42" s="278"/>
+      <c r="T42" s="279"/>
     </row>
     <row r="43" spans="1:20" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="143" t="s">
+      <c r="A43" s="262" t="s">
         <v>7</v>
       </c>
-      <c r="B43" s="144"/>
-[...6 lines deleted...]
-      <c r="I43" s="145"/>
+      <c r="B43" s="263"/>
+      <c r="C43" s="263"/>
+      <c r="D43" s="263"/>
+      <c r="E43" s="264"/>
+      <c r="F43" s="264"/>
+      <c r="G43" s="264"/>
+      <c r="H43" s="264"/>
+      <c r="I43" s="264"/>
       <c r="J43" s="9">
         <f>SUM(J20:J42)</f>
         <v>0</v>
       </c>
-      <c r="K43" s="146"/>
-[...8 lines deleted...]
-      <c r="T43" s="148"/>
+      <c r="K43" s="265"/>
+      <c r="L43" s="266"/>
+      <c r="M43" s="266"/>
+      <c r="N43" s="266"/>
+      <c r="O43" s="266"/>
+      <c r="P43" s="266"/>
+      <c r="Q43" s="266"/>
+      <c r="R43" s="266"/>
+      <c r="S43" s="266"/>
+      <c r="T43" s="267"/>
     </row>
     <row r="44" spans="1:20" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="45" spans="1:20" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="149" t="s">
+      <c r="A45" s="268" t="s">
         <v>59</v>
       </c>
-      <c r="B45" s="149"/>
-[...17 lines deleted...]
-      <c r="T45" s="149"/>
+      <c r="B45" s="268"/>
+      <c r="C45" s="268"/>
+      <c r="D45" s="268"/>
+      <c r="E45" s="268"/>
+      <c r="F45" s="268"/>
+      <c r="G45" s="268"/>
+      <c r="H45" s="268"/>
+      <c r="I45" s="268"/>
+      <c r="J45" s="268"/>
+      <c r="K45" s="268"/>
+      <c r="L45" s="268"/>
+      <c r="M45" s="268"/>
+      <c r="N45" s="268"/>
+      <c r="O45" s="268"/>
+      <c r="P45" s="268"/>
+      <c r="Q45" s="268"/>
+      <c r="R45" s="268"/>
+      <c r="S45" s="268"/>
+      <c r="T45" s="268"/>
     </row>
     <row r="46" spans="1:20" ht="70.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="150" t="s">
-[...20 lines deleted...]
-      <c r="T46" s="152"/>
+      <c r="A46" s="269" t="s">
+        <v>125</v>
+      </c>
+      <c r="B46" s="270"/>
+      <c r="C46" s="270"/>
+      <c r="D46" s="270"/>
+      <c r="E46" s="270"/>
+      <c r="F46" s="270"/>
+      <c r="G46" s="270"/>
+      <c r="H46" s="270"/>
+      <c r="I46" s="270"/>
+      <c r="J46" s="270"/>
+      <c r="K46" s="270"/>
+      <c r="L46" s="270"/>
+      <c r="M46" s="270"/>
+      <c r="N46" s="270"/>
+      <c r="O46" s="270"/>
+      <c r="P46" s="270"/>
+      <c r="Q46" s="270"/>
+      <c r="R46" s="270"/>
+      <c r="S46" s="270"/>
+      <c r="T46" s="271"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="cOSQadbaYEI0kipD9JkxEuIMmzPE6FNoQm3p1s9dcauuZCYhhRZOx6bm7WmH75sLTUZ7FWe3CXs/wMw0FPdj7g==" saltValue="HIekEFm5u8wikgqH/PT+pA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="KS31g6M/zFxjCFTbW9eWkMvnVCWFBrPO1LPnwuykNndHqreTdEYhtasMoekqA/QwxWLTPP++vHXiLAei5PVo3Q==" saltValue="AlOOm9mdecRa8PbQmlzn0Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="70">
+    <mergeCell ref="A46:T46"/>
+    <mergeCell ref="A45:T45"/>
+    <mergeCell ref="K10:M10"/>
+    <mergeCell ref="N10:P10"/>
+    <mergeCell ref="Q10:S10"/>
+    <mergeCell ref="A12:B14"/>
+    <mergeCell ref="C12:I12"/>
+    <mergeCell ref="C13:I13"/>
+    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="Q35:T39"/>
+    <mergeCell ref="N35:P39"/>
+    <mergeCell ref="Q42:T42"/>
+    <mergeCell ref="Q40:T41"/>
+    <mergeCell ref="Q20:T20"/>
+    <mergeCell ref="Q21:T26"/>
+    <mergeCell ref="Q27:T34"/>
+    <mergeCell ref="Q18:T19"/>
+    <mergeCell ref="K18:M18"/>
+    <mergeCell ref="N18:P18"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="C29:F29"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A21:B26"/>
+    <mergeCell ref="A27:B34"/>
+    <mergeCell ref="C20:I20"/>
+    <mergeCell ref="C21:I21"/>
+    <mergeCell ref="C22:I22"/>
+    <mergeCell ref="C23:I23"/>
+    <mergeCell ref="C24:I24"/>
+    <mergeCell ref="C25:I25"/>
+    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="C27:I27"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A35:B39"/>
+    <mergeCell ref="A40:B41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="C30:I30"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="C32:I32"/>
+    <mergeCell ref="C33:I33"/>
+    <mergeCell ref="C34:I34"/>
+    <mergeCell ref="C35:I35"/>
+    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="C38:I38"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="F7:T7"/>
+    <mergeCell ref="F3:T3"/>
+    <mergeCell ref="F4:T4"/>
+    <mergeCell ref="F5:T5"/>
+    <mergeCell ref="E6:H6"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="K15:T15"/>
     <mergeCell ref="K43:T43"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A10:I11"/>
     <mergeCell ref="A18:I19"/>
     <mergeCell ref="J10:J11"/>
     <mergeCell ref="J18:J19"/>
     <mergeCell ref="C36:I36"/>
     <mergeCell ref="C39:I39"/>
     <mergeCell ref="C40:I40"/>
     <mergeCell ref="C41:I41"/>
     <mergeCell ref="C42:I42"/>
     <mergeCell ref="I8:T8"/>
-    <mergeCell ref="A1:T1"/>
-[...52 lines deleted...]
-    <mergeCell ref="Q21:T26"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.25" right="0.38645833333333335" top="0.82395833333333335" bottom="6.9791666666666669E-2" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="70" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;L
 [별지 제 2호 서식]
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AE52"/>
   <sheetViews>
-    <sheetView showWhiteSpace="0" view="pageLayout" workbookViewId="0">
-      <selection activeCell="B47" sqref="B47:AC47"/>
+    <sheetView showWhiteSpace="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G45" sqref="G45:AB45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="3.625" style="10" customWidth="1"/>
     <col min="2" max="2" width="2.375" style="10" customWidth="1"/>
     <col min="3" max="3" width="3.25" style="10" customWidth="1"/>
     <col min="4" max="4" width="1.875" style="10" customWidth="1"/>
     <col min="5" max="5" width="3.125" style="10" customWidth="1"/>
     <col min="6" max="6" width="1.5" style="10" customWidth="1"/>
     <col min="7" max="7" width="4.25" style="10" customWidth="1"/>
     <col min="8" max="8" width="1.375" style="10" customWidth="1"/>
     <col min="9" max="13" width="2.125" style="10" customWidth="1"/>
     <col min="14" max="14" width="3.25" style="10" customWidth="1"/>
     <col min="15" max="27" width="2.125" style="10" customWidth="1"/>
     <col min="28" max="28" width="2.75" style="10" customWidth="1"/>
     <col min="29" max="29" width="12.125" style="10" customWidth="1"/>
     <col min="30" max="30" width="4.5" style="10" customWidth="1"/>
     <col min="31" max="31" width="10.875" style="10" bestFit="1" customWidth="1"/>
     <col min="32" max="16384" width="8.75" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="297" t="s">
+      <c r="A1" s="280" t="s">
         <v>60</v>
       </c>
-      <c r="B1" s="298"/>
-[...27 lines deleted...]
-      <c r="AD1" s="299"/>
+      <c r="B1" s="281"/>
+      <c r="C1" s="281"/>
+      <c r="D1" s="281"/>
+      <c r="E1" s="281"/>
+      <c r="F1" s="281"/>
+      <c r="G1" s="281"/>
+      <c r="H1" s="281"/>
+      <c r="I1" s="281"/>
+      <c r="J1" s="281"/>
+      <c r="K1" s="281"/>
+      <c r="L1" s="281"/>
+      <c r="M1" s="281"/>
+      <c r="N1" s="281"/>
+      <c r="O1" s="281"/>
+      <c r="P1" s="281"/>
+      <c r="Q1" s="281"/>
+      <c r="R1" s="281"/>
+      <c r="S1" s="281"/>
+      <c r="T1" s="281"/>
+      <c r="U1" s="281"/>
+      <c r="V1" s="281"/>
+      <c r="W1" s="281"/>
+      <c r="X1" s="281"/>
+      <c r="Y1" s="281"/>
+      <c r="Z1" s="281"/>
+      <c r="AA1" s="281"/>
+      <c r="AB1" s="281"/>
+      <c r="AC1" s="281"/>
+      <c r="AD1" s="282"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="11"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="13"/>
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
       <c r="G2" s="13"/>
       <c r="H2" s="13"/>
       <c r="I2" s="13"/>
       <c r="J2" s="13"/>
       <c r="K2" s="13"/>
       <c r="L2" s="13"/>
       <c r="M2" s="13"/>
       <c r="N2" s="13"/>
       <c r="O2" s="13"/>
       <c r="P2" s="13"/>
       <c r="Q2" s="13"/>
       <c r="R2" s="13"/>
       <c r="S2" s="13"/>
       <c r="T2" s="13"/>
       <c r="U2" s="13"/>
       <c r="V2" s="13"/>
       <c r="W2" s="13"/>
       <c r="X2" s="13"/>
       <c r="Y2" s="13"/>
       <c r="Z2" s="13"/>
       <c r="AA2" s="13"/>
       <c r="AB2" s="13"/>
       <c r="AC2" s="13"/>
       <c r="AD2" s="14"/>
     </row>
     <row r="3" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="15"/>
       <c r="B3" s="16" t="s">
         <v>61</v>
       </c>
-      <c r="C3" s="300" t="s">
-[...3 lines deleted...]
-      <c r="E3" s="300"/>
+      <c r="C3" s="283" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" s="283"/>
+      <c r="E3" s="283"/>
       <c r="F3" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="G3" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G3" s="18"/>
       <c r="H3" s="19"/>
       <c r="I3" s="19"/>
       <c r="J3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="19"/>
       <c r="M3" s="19"/>
       <c r="N3" s="19"/>
       <c r="O3" s="19"/>
       <c r="P3" s="19"/>
       <c r="Q3" s="19"/>
       <c r="R3" s="19"/>
       <c r="S3" s="19"/>
       <c r="T3" s="19"/>
       <c r="U3" s="19"/>
       <c r="V3" s="19"/>
       <c r="W3" s="19"/>
       <c r="X3" s="19"/>
       <c r="Y3" s="19"/>
       <c r="Z3" s="19"/>
       <c r="AA3" s="19"/>
       <c r="AB3" s="19"/>
       <c r="AC3" s="19"/>
       <c r="AD3" s="20"/>
     </row>
     <row r="4" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="15"/>
       <c r="B4" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="C4" s="300" t="s">
+      <c r="C4" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="D4" s="300"/>
-      <c r="E4" s="300"/>
+      <c r="D4" s="283"/>
+      <c r="E4" s="283"/>
       <c r="F4" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="G4" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4" s="18"/>
       <c r="H4" s="19"/>
       <c r="I4" s="19"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="19"/>
       <c r="M4" s="19"/>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="19"/>
       <c r="Q4" s="19"/>
       <c r="R4" s="19"/>
       <c r="S4" s="19"/>
       <c r="T4" s="19"/>
       <c r="U4" s="19"/>
       <c r="V4" s="19"/>
       <c r="W4" s="19"/>
       <c r="X4" s="19"/>
       <c r="Y4" s="19"/>
       <c r="Z4" s="19"/>
       <c r="AA4" s="19"/>
       <c r="AB4" s="19"/>
       <c r="AC4" s="19"/>
       <c r="AD4" s="20"/>
     </row>
     <row r="5" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="15"/>
       <c r="B5" s="16" t="s">
         <v>65</v>
       </c>
-      <c r="C5" s="300" t="s">
+      <c r="C5" s="283" t="s">
         <v>66</v>
       </c>
-      <c r="D5" s="300"/>
-      <c r="E5" s="300"/>
+      <c r="D5" s="283"/>
+      <c r="E5" s="283"/>
       <c r="F5" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="G5" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G5" s="18"/>
       <c r="H5" s="19"/>
       <c r="I5" s="19"/>
       <c r="J5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
       <c r="N5" s="19"/>
       <c r="O5" s="19"/>
       <c r="P5" s="19"/>
       <c r="Q5" s="19"/>
       <c r="R5" s="19"/>
       <c r="S5" s="19"/>
       <c r="T5" s="19"/>
       <c r="U5" s="19"/>
       <c r="V5" s="19"/>
       <c r="W5" s="19"/>
       <c r="X5" s="19"/>
       <c r="Y5" s="19"/>
       <c r="Z5" s="19"/>
       <c r="AA5" s="19"/>
       <c r="AB5" s="19"/>
       <c r="AC5" s="19"/>
       <c r="AD5" s="20"/>
     </row>
     <row r="6" spans="1:30" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11"/>
       <c r="B6" s="22"/>
       <c r="C6" s="23"/>
       <c r="D6" s="23"/>
       <c r="E6" s="23"/>
       <c r="F6" s="12"/>
-      <c r="G6" s="289" t="str">
+      <c r="G6" s="299" t="str">
         <f>'공연,행사'!E6</f>
         <v>( 공연시간 :</v>
       </c>
-      <c r="H6" s="289"/>
-[...10 lines deleted...]
-      <c r="P6" s="291"/>
+      <c r="H6" s="299"/>
+      <c r="I6" s="299"/>
+      <c r="J6" s="299"/>
+      <c r="K6" s="299"/>
+      <c r="L6" s="299"/>
+      <c r="M6" s="300"/>
+      <c r="N6" s="301"/>
+      <c r="O6" s="301"/>
+      <c r="P6" s="301"/>
       <c r="Q6" s="13"/>
       <c r="R6" s="13"/>
       <c r="S6" s="13"/>
       <c r="T6" s="13"/>
       <c r="U6" s="13"/>
       <c r="V6" s="13"/>
       <c r="W6" s="13"/>
       <c r="X6" s="13"/>
       <c r="Y6" s="13"/>
       <c r="Z6" s="13"/>
       <c r="AA6" s="13"/>
       <c r="AB6" s="13"/>
       <c r="AC6" s="13"/>
       <c r="AD6" s="14"/>
     </row>
     <row r="7" spans="1:30" ht="9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11"/>
       <c r="B7" s="22"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
@@ -7352,1708 +7392,1681 @@
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
       <c r="Y8" s="13"/>
       <c r="Z8" s="13"/>
       <c r="AA8" s="13"/>
       <c r="AB8" s="13"/>
       <c r="AC8" s="13"/>
       <c r="AD8" s="14"/>
     </row>
     <row r="9" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A9" s="11"/>
       <c r="B9" s="13"/>
       <c r="C9" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="D9" s="278" t="s">
+      <c r="D9" s="285" t="s">
         <v>70</v>
       </c>
-      <c r="E9" s="278"/>
-[...1 lines deleted...]
-      <c r="G9" s="278"/>
+      <c r="E9" s="285"/>
+      <c r="F9" s="285"/>
+      <c r="G9" s="285"/>
       <c r="H9" s="25"/>
       <c r="I9" s="25"/>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="25"/>
       <c r="Q9" s="25"/>
       <c r="R9" s="25"/>
       <c r="S9" s="25"/>
       <c r="T9" s="25"/>
       <c r="U9" s="25"/>
       <c r="V9" s="25"/>
       <c r="W9" s="25"/>
       <c r="X9" s="25"/>
       <c r="Y9" s="25"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
-      <c r="AB9" s="279">
+      <c r="AB9" s="286">
         <f>SUM(AC10:AD22)</f>
-        <v>20000</v>
-[...2 lines deleted...]
-      <c r="AD9" s="280"/>
+        <v>0</v>
+      </c>
+      <c r="AC9" s="286"/>
+      <c r="AD9" s="287"/>
     </row>
     <row r="10" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26"/>
       <c r="B10" s="27"/>
       <c r="C10" s="27"/>
       <c r="D10" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E10" s="295" t="s">
+      <c r="E10" s="289" t="s">
         <v>72</v>
       </c>
-      <c r="F10" s="295"/>
-      <c r="G10" s="295"/>
+      <c r="F10" s="289"/>
+      <c r="G10" s="289"/>
       <c r="H10" s="27" t="s">
         <v>73</v>
       </c>
       <c r="I10" s="29" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J10" s="29"/>
       <c r="K10" s="29"/>
-      <c r="L10" s="281" t="s">
+      <c r="L10" s="290" t="s">
         <v>104</v>
       </c>
-      <c r="M10" s="281"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M10" s="290"/>
+      <c r="N10" s="27"/>
       <c r="O10" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q10" s="277">
+      <c r="Q10" s="291">
         <v>20000</v>
       </c>
-      <c r="R10" s="277"/>
-[...2 lines deleted...]
-      <c r="U10" s="277"/>
+      <c r="R10" s="291"/>
+      <c r="S10" s="291"/>
+      <c r="T10" s="291"/>
+      <c r="U10" s="291"/>
       <c r="V10" s="30"/>
-      <c r="W10" s="282"/>
-      <c r="X10" s="282"/>
+      <c r="W10" s="292"/>
+      <c r="X10" s="292"/>
       <c r="Y10" s="27"/>
       <c r="Z10" s="30"/>
       <c r="AA10" s="31"/>
       <c r="AB10" s="27"/>
-      <c r="AC10" s="275">
+      <c r="AC10" s="293">
         <f>N10*Q10</f>
-        <v>20000</v>
-[...1 lines deleted...]
-      <c r="AD10" s="276"/>
+        <v>0</v>
+      </c>
+      <c r="AD10" s="294"/>
     </row>
     <row r="11" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26"/>
       <c r="B11" s="27"/>
       <c r="C11" s="27"/>
       <c r="D11" s="28"/>
       <c r="E11" s="33"/>
       <c r="F11" s="33"/>
       <c r="G11" s="33"/>
       <c r="H11" s="27"/>
       <c r="I11" s="31"/>
       <c r="J11" s="34"/>
       <c r="K11" s="34"/>
       <c r="L11" s="31"/>
       <c r="M11" s="30"/>
       <c r="N11" s="27"/>
       <c r="O11" s="27"/>
       <c r="P11" s="30"/>
-      <c r="Q11" s="281"/>
-[...3 lines deleted...]
-      <c r="U11" s="281"/>
+      <c r="Q11" s="290"/>
+      <c r="R11" s="290"/>
+      <c r="S11" s="290"/>
+      <c r="T11" s="290"/>
+      <c r="U11" s="290"/>
       <c r="V11" s="29"/>
       <c r="W11" s="27"/>
       <c r="X11" s="27"/>
       <c r="Y11" s="27"/>
       <c r="Z11" s="30"/>
       <c r="AA11" s="31"/>
       <c r="AB11" s="27"/>
       <c r="AC11" s="27"/>
       <c r="AD11" s="35"/>
     </row>
-    <row r="12" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="26"/>
       <c r="B12" s="27"/>
       <c r="C12" s="27"/>
       <c r="D12" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E12" s="274" t="s">
+      <c r="E12" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F12" s="274"/>
-      <c r="G12" s="274"/>
+      <c r="F12" s="288"/>
+      <c r="G12" s="288"/>
       <c r="H12" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I12" s="274" t="s">
-[...5 lines deleted...]
-      <c r="M12" s="274"/>
+      <c r="I12" s="288" t="s">
+        <v>121</v>
+      </c>
+      <c r="J12" s="288"/>
+      <c r="K12" s="288"/>
+      <c r="L12" s="288"/>
+      <c r="M12" s="288"/>
       <c r="N12" s="51">
-        <f>'공연,행사'!$P$20</f>
         <v>0</v>
       </c>
       <c r="O12" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q12" s="277">
+      <c r="Q12" s="291">
         <f>'공연,행사'!O20</f>
         <v>5000</v>
       </c>
-      <c r="R12" s="277"/>
-[...2 lines deleted...]
-      <c r="U12" s="277"/>
+      <c r="R12" s="291"/>
+      <c r="S12" s="291"/>
+      <c r="T12" s="291"/>
+      <c r="U12" s="291"/>
       <c r="V12" s="30"/>
       <c r="W12" s="31"/>
       <c r="X12" s="31"/>
       <c r="Y12" s="29"/>
       <c r="Z12" s="27"/>
       <c r="AA12" s="27"/>
       <c r="AB12" s="27"/>
-      <c r="AC12" s="275">
+      <c r="AC12" s="293">
         <f t="shared" ref="AC12:AC21" si="0">N12*Q12</f>
         <v>0</v>
       </c>
-      <c r="AD12" s="276"/>
+      <c r="AD12" s="294"/>
     </row>
     <row r="13" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="26"/>
       <c r="B13" s="27"/>
       <c r="C13" s="27"/>
       <c r="D13" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E13" s="274" t="s">
+      <c r="E13" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F13" s="274"/>
-      <c r="G13" s="274"/>
+      <c r="F13" s="288"/>
+      <c r="G13" s="288"/>
       <c r="H13" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I13" s="274" t="s">
+      <c r="I13" s="288" t="s">
         <v>91</v>
       </c>
-      <c r="J13" s="274"/>
-[...2 lines deleted...]
-      <c r="M13" s="274"/>
+      <c r="J13" s="288"/>
+      <c r="K13" s="288"/>
+      <c r="L13" s="288"/>
+      <c r="M13" s="288"/>
       <c r="N13" s="51">
-        <f>'공연,행사'!$P$21</f>
         <v>0</v>
       </c>
       <c r="O13" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P13" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q13" s="277">
+      <c r="Q13" s="291">
         <f>'공연,행사'!O21</f>
         <v>20000</v>
       </c>
-      <c r="R13" s="277"/>
-[...2 lines deleted...]
-      <c r="U13" s="277"/>
+      <c r="R13" s="291"/>
+      <c r="S13" s="291"/>
+      <c r="T13" s="291"/>
+      <c r="U13" s="291"/>
       <c r="V13" s="30"/>
       <c r="W13" s="31"/>
       <c r="X13" s="31"/>
       <c r="Y13" s="29"/>
       <c r="Z13" s="27"/>
       <c r="AA13" s="27"/>
       <c r="AB13" s="27"/>
-      <c r="AC13" s="275">
+      <c r="AC13" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD13" s="276"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD13" s="294"/>
+    </row>
+    <row r="14" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="26"/>
       <c r="B14" s="27"/>
       <c r="C14" s="27"/>
       <c r="D14" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E14" s="274" t="s">
+      <c r="E14" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F14" s="274"/>
-      <c r="G14" s="274"/>
+      <c r="F14" s="288"/>
+      <c r="G14" s="288"/>
       <c r="H14" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I14" s="274" t="s">
+      <c r="I14" s="288" t="s">
         <v>92</v>
       </c>
-      <c r="J14" s="274"/>
-[...2 lines deleted...]
-      <c r="M14" s="274"/>
+      <c r="J14" s="288"/>
+      <c r="K14" s="288"/>
+      <c r="L14" s="288"/>
+      <c r="M14" s="288"/>
       <c r="N14" s="51">
-        <f>'공연,행사'!$P$27</f>
         <v>0</v>
       </c>
       <c r="O14" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P14" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q14" s="277">
+      <c r="Q14" s="291">
         <f>'공연,행사'!O27</f>
         <v>15000</v>
       </c>
-      <c r="R14" s="277"/>
-[...2 lines deleted...]
-      <c r="U14" s="277"/>
+      <c r="R14" s="291"/>
+      <c r="S14" s="291"/>
+      <c r="T14" s="291"/>
+      <c r="U14" s="291"/>
       <c r="V14" s="30"/>
       <c r="W14" s="31"/>
       <c r="X14" s="31"/>
       <c r="Y14" s="29"/>
       <c r="Z14" s="27"/>
       <c r="AA14" s="27"/>
       <c r="AB14" s="27"/>
-      <c r="AC14" s="275">
+      <c r="AC14" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD14" s="276"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD14" s="294"/>
+    </row>
+    <row r="15" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="26"/>
       <c r="B15" s="27"/>
       <c r="C15" s="27"/>
       <c r="D15" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E15" s="274" t="s">
+      <c r="E15" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F15" s="274"/>
-      <c r="G15" s="274"/>
+      <c r="F15" s="288"/>
+      <c r="G15" s="288"/>
       <c r="H15" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I15" s="274" t="s">
+      <c r="I15" s="290" t="s">
         <v>94</v>
       </c>
-      <c r="J15" s="274"/>
-[...2 lines deleted...]
-      <c r="M15" s="274"/>
+      <c r="J15" s="290"/>
+      <c r="K15" s="290"/>
+      <c r="L15" s="290"/>
+      <c r="M15" s="290"/>
       <c r="N15" s="51">
-        <f>'공연,행사'!$P$28</f>
         <v>0</v>
       </c>
       <c r="O15" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P15" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q15" s="277">
+      <c r="Q15" s="291">
         <f>'공연,행사'!O28</f>
         <v>5000</v>
       </c>
-      <c r="R15" s="277"/>
-[...2 lines deleted...]
-      <c r="U15" s="277"/>
+      <c r="R15" s="291"/>
+      <c r="S15" s="291"/>
+      <c r="T15" s="291"/>
+      <c r="U15" s="291"/>
       <c r="V15" s="50" t="s">
         <v>100</v>
       </c>
       <c r="W15" s="31">
         <f>'공연,행사'!H28</f>
         <v>3</v>
       </c>
       <c r="X15" s="31" t="s">
         <v>101</v>
       </c>
       <c r="Y15" s="29"/>
       <c r="Z15" s="27"/>
       <c r="AA15" s="27"/>
       <c r="AB15" s="27"/>
-      <c r="AC15" s="275">
+      <c r="AC15" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD15" s="276"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD15" s="294"/>
+    </row>
+    <row r="16" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="27"/>
       <c r="C16" s="27"/>
       <c r="D16" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E16" s="274" t="s">
+      <c r="E16" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F16" s="274"/>
-      <c r="G16" s="274"/>
+      <c r="F16" s="288"/>
+      <c r="G16" s="288"/>
       <c r="H16" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I16" s="274" t="s">
+      <c r="I16" s="288" t="s">
         <v>93</v>
       </c>
-      <c r="J16" s="274"/>
-[...2 lines deleted...]
-      <c r="M16" s="274"/>
+      <c r="J16" s="288"/>
+      <c r="K16" s="288"/>
+      <c r="L16" s="288"/>
+      <c r="M16" s="288"/>
       <c r="N16" s="51">
-        <f>'공연,행사'!$P$29</f>
         <v>0</v>
       </c>
       <c r="O16" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P16" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q16" s="277">
+      <c r="Q16" s="291">
         <f>'공연,행사'!O29</f>
         <v>10000</v>
       </c>
-      <c r="R16" s="277"/>
-[...2 lines deleted...]
-      <c r="U16" s="277"/>
+      <c r="R16" s="291"/>
+      <c r="S16" s="291"/>
+      <c r="T16" s="291"/>
+      <c r="U16" s="291"/>
       <c r="V16" s="50" t="s">
         <v>100</v>
       </c>
       <c r="W16" s="31">
         <f>'공연,행사'!H29</f>
         <v>2</v>
       </c>
       <c r="X16" s="31" t="s">
         <v>101</v>
       </c>
       <c r="Y16" s="29"/>
       <c r="Z16" s="27"/>
       <c r="AA16" s="27"/>
       <c r="AB16" s="27"/>
-      <c r="AC16" s="275">
+      <c r="AC16" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD16" s="276"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD16" s="294"/>
+    </row>
+    <row r="17" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26"/>
       <c r="B17" s="27"/>
       <c r="C17" s="27"/>
       <c r="D17" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E17" s="274" t="s">
+      <c r="E17" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F17" s="274"/>
-      <c r="G17" s="274"/>
+      <c r="F17" s="288"/>
+      <c r="G17" s="288"/>
       <c r="H17" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I17" s="274" t="s">
+      <c r="I17" s="288" t="s">
         <v>95</v>
       </c>
-      <c r="J17" s="274"/>
-[...2 lines deleted...]
-      <c r="M17" s="274"/>
+      <c r="J17" s="288"/>
+      <c r="K17" s="288"/>
+      <c r="L17" s="288"/>
+      <c r="M17" s="288"/>
       <c r="N17" s="51">
-        <f>'공연,행사'!$P$30</f>
         <v>0</v>
       </c>
       <c r="O17" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P17" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q17" s="277">
+      <c r="Q17" s="291">
         <f>'공연,행사'!O30</f>
         <v>5000</v>
       </c>
-      <c r="R17" s="277"/>
-[...2 lines deleted...]
-      <c r="U17" s="277"/>
+      <c r="R17" s="291"/>
+      <c r="S17" s="291"/>
+      <c r="T17" s="291"/>
+      <c r="U17" s="291"/>
       <c r="V17" s="30"/>
       <c r="W17" s="31"/>
       <c r="X17" s="31"/>
       <c r="Y17" s="29"/>
       <c r="Z17" s="27"/>
       <c r="AA17" s="27"/>
       <c r="AB17" s="27"/>
-      <c r="AC17" s="275">
+      <c r="AC17" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD17" s="276"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD17" s="294"/>
+    </row>
+    <row r="18" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26"/>
       <c r="B18" s="27"/>
       <c r="C18" s="27"/>
       <c r="D18" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E18" s="274" t="s">
+      <c r="E18" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F18" s="274"/>
-      <c r="G18" s="274"/>
+      <c r="F18" s="288"/>
+      <c r="G18" s="288"/>
       <c r="H18" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I18" s="283" t="s">
+      <c r="I18" s="308" t="s">
         <v>20</v>
       </c>
-      <c r="J18" s="283"/>
-[...2 lines deleted...]
-      <c r="M18" s="283"/>
+      <c r="J18" s="308"/>
+      <c r="K18" s="308"/>
+      <c r="L18" s="308"/>
+      <c r="M18" s="308"/>
       <c r="N18" s="51">
-        <f>'공연,행사'!$P$31</f>
         <v>0</v>
       </c>
       <c r="O18" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P18" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q18" s="277">
+      <c r="Q18" s="291">
         <f>'공연,행사'!O31</f>
         <v>2500</v>
       </c>
-      <c r="R18" s="277"/>
-[...2 lines deleted...]
-      <c r="U18" s="277"/>
+      <c r="R18" s="291"/>
+      <c r="S18" s="291"/>
+      <c r="T18" s="291"/>
+      <c r="U18" s="291"/>
       <c r="V18" s="30"/>
       <c r="W18" s="31"/>
       <c r="X18" s="31"/>
       <c r="Y18" s="29"/>
       <c r="Z18" s="27"/>
       <c r="AA18" s="27"/>
       <c r="AB18" s="27"/>
-      <c r="AC18" s="275">
+      <c r="AC18" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD18" s="276"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD18" s="294"/>
+    </row>
+    <row r="19" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26"/>
       <c r="B19" s="27"/>
       <c r="C19" s="27"/>
       <c r="D19" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E19" s="274" t="s">
+      <c r="E19" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F19" s="274"/>
-      <c r="G19" s="274"/>
+      <c r="F19" s="288"/>
+      <c r="G19" s="288"/>
       <c r="H19" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I19" s="283" t="s">
+      <c r="I19" s="306" t="s">
         <v>96</v>
       </c>
-      <c r="J19" s="283"/>
-[...2 lines deleted...]
-      <c r="M19" s="283"/>
+      <c r="J19" s="306"/>
+      <c r="K19" s="306"/>
+      <c r="L19" s="306"/>
+      <c r="M19" s="306"/>
       <c r="N19" s="51">
-        <f>'공연,행사'!$P$33</f>
         <v>0</v>
       </c>
       <c r="O19" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P19" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q19" s="277">
+      <c r="Q19" s="291">
         <f>'공연,행사'!O33</f>
         <v>10000</v>
       </c>
-      <c r="R19" s="277"/>
-[...2 lines deleted...]
-      <c r="U19" s="277"/>
+      <c r="R19" s="291"/>
+      <c r="S19" s="291"/>
+      <c r="T19" s="291"/>
+      <c r="U19" s="291"/>
       <c r="V19" s="30"/>
       <c r="W19" s="31"/>
       <c r="X19" s="31"/>
       <c r="Y19" s="29"/>
       <c r="Z19" s="27"/>
       <c r="AA19" s="27"/>
       <c r="AB19" s="27"/>
-      <c r="AC19" s="275">
+      <c r="AC19" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD19" s="276"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD19" s="294"/>
+    </row>
+    <row r="20" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
       <c r="B20" s="27"/>
       <c r="C20" s="27"/>
       <c r="D20" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E20" s="274" t="s">
+      <c r="E20" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F20" s="274"/>
-      <c r="G20" s="274"/>
+      <c r="F20" s="288"/>
+      <c r="G20" s="288"/>
       <c r="H20" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I20" s="274" t="s">
+      <c r="I20" s="288" t="s">
         <v>26</v>
       </c>
-      <c r="J20" s="274"/>
-[...2 lines deleted...]
-      <c r="M20" s="274"/>
+      <c r="J20" s="288"/>
+      <c r="K20" s="288"/>
+      <c r="L20" s="288"/>
+      <c r="M20" s="288"/>
       <c r="N20" s="51">
-        <f>'공연,행사'!$P$40</f>
         <v>0</v>
       </c>
       <c r="O20" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P20" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q20" s="277">
+      <c r="Q20" s="291">
         <f>'공연,행사'!O40</f>
         <v>25000</v>
       </c>
-      <c r="R20" s="277"/>
-[...2 lines deleted...]
-      <c r="U20" s="277"/>
+      <c r="R20" s="291"/>
+      <c r="S20" s="291"/>
+      <c r="T20" s="291"/>
+      <c r="U20" s="291"/>
       <c r="V20" s="30"/>
       <c r="W20" s="31"/>
       <c r="X20" s="31"/>
       <c r="Y20" s="29"/>
       <c r="Z20" s="27"/>
       <c r="AA20" s="27"/>
       <c r="AB20" s="27"/>
-      <c r="AC20" s="275">
+      <c r="AC20" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD20" s="276"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD20" s="294"/>
+    </row>
+    <row r="21" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="26"/>
       <c r="B21" s="27"/>
       <c r="C21" s="27"/>
       <c r="D21" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E21" s="274" t="s">
+      <c r="E21" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F21" s="274"/>
-      <c r="G21" s="274"/>
+      <c r="F21" s="288"/>
+      <c r="G21" s="288"/>
       <c r="H21" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I21" s="274" t="s">
+      <c r="I21" s="288" t="s">
         <v>27</v>
       </c>
-      <c r="J21" s="274"/>
-[...2 lines deleted...]
-      <c r="M21" s="274"/>
+      <c r="J21" s="288"/>
+      <c r="K21" s="288"/>
+      <c r="L21" s="288"/>
+      <c r="M21" s="288"/>
       <c r="N21" s="51">
-        <f>'공연,행사'!$P$41</f>
         <v>0</v>
       </c>
       <c r="O21" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P21" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q21" s="277">
+      <c r="Q21" s="291">
         <f>'공연,행사'!O41</f>
         <v>25000</v>
       </c>
-      <c r="R21" s="277"/>
-[...2 lines deleted...]
-      <c r="U21" s="277"/>
+      <c r="R21" s="291"/>
+      <c r="S21" s="291"/>
+      <c r="T21" s="291"/>
+      <c r="U21" s="291"/>
       <c r="V21" s="30"/>
       <c r="W21" s="31"/>
       <c r="X21" s="31"/>
       <c r="Y21" s="29"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="27"/>
       <c r="AB21" s="27"/>
-      <c r="AC21" s="275">
+      <c r="AC21" s="293">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AD21" s="276"/>
+      <c r="AD21" s="294"/>
     </row>
     <row r="22" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A22" s="11"/>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="13"/>
       <c r="G22" s="13"/>
       <c r="H22" s="13"/>
       <c r="I22" s="13"/>
       <c r="J22" s="13"/>
       <c r="K22" s="13"/>
       <c r="L22" s="13"/>
       <c r="M22" s="13"/>
       <c r="N22" s="13"/>
       <c r="O22" s="13"/>
       <c r="P22" s="13"/>
       <c r="Q22" s="13"/>
       <c r="R22" s="13"/>
       <c r="S22" s="13"/>
       <c r="T22" s="13"/>
       <c r="U22" s="13"/>
       <c r="V22" s="13"/>
       <c r="W22" s="13"/>
       <c r="X22" s="13"/>
       <c r="Y22" s="13"/>
       <c r="Z22" s="13"/>
       <c r="AA22" s="13"/>
       <c r="AB22" s="13"/>
       <c r="AC22" s="13"/>
       <c r="AD22" s="14"/>
     </row>
     <row r="23" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A23" s="11"/>
       <c r="B23" s="13"/>
       <c r="C23" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="D23" s="278" t="s">
+      <c r="D23" s="285" t="s">
         <v>78</v>
       </c>
-      <c r="E23" s="278"/>
-[...1 lines deleted...]
-      <c r="G23" s="278"/>
+      <c r="E23" s="285"/>
+      <c r="F23" s="285"/>
+      <c r="G23" s="285"/>
       <c r="H23" s="25"/>
       <c r="I23" s="25"/>
       <c r="J23" s="25"/>
       <c r="K23" s="25"/>
       <c r="L23" s="25"/>
       <c r="M23" s="25"/>
       <c r="N23" s="25"/>
       <c r="O23" s="25"/>
       <c r="P23" s="25"/>
       <c r="Q23" s="25"/>
       <c r="R23" s="25"/>
       <c r="S23" s="25"/>
       <c r="T23" s="25"/>
       <c r="U23" s="25"/>
       <c r="V23" s="25"/>
       <c r="W23" s="25"/>
       <c r="X23" s="25"/>
       <c r="Y23" s="25"/>
       <c r="Z23" s="25"/>
       <c r="AA23" s="25"/>
-      <c r="AB23" s="279">
+      <c r="AB23" s="286">
         <f>SUM(AB24:AD39)</f>
-        <v>30000</v>
-[...2 lines deleted...]
-      <c r="AD23" s="280"/>
+        <v>0</v>
+      </c>
+      <c r="AC23" s="286"/>
+      <c r="AD23" s="287"/>
     </row>
     <row r="24" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26"/>
       <c r="B24" s="27"/>
       <c r="C24" s="27"/>
       <c r="D24" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E24" s="274" t="s">
+      <c r="E24" s="288" t="s">
         <v>72</v>
       </c>
-      <c r="F24" s="274"/>
-      <c r="G24" s="274"/>
+      <c r="F24" s="288"/>
+      <c r="G24" s="288"/>
       <c r="H24" s="27" t="s">
         <v>73</v>
       </c>
       <c r="I24" s="29" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J24" s="29"/>
       <c r="K24" s="29"/>
-      <c r="L24" s="281" t="s">
+      <c r="L24" s="290" t="s">
         <v>79</v>
       </c>
-      <c r="M24" s="281"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M24" s="290"/>
+      <c r="N24" s="27"/>
       <c r="O24" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P24" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q24" s="277">
+      <c r="Q24" s="291">
         <v>30000</v>
       </c>
-      <c r="R24" s="277"/>
-[...2 lines deleted...]
-      <c r="U24" s="277"/>
+      <c r="R24" s="291"/>
+      <c r="S24" s="291"/>
+      <c r="T24" s="291"/>
+      <c r="U24" s="291"/>
       <c r="V24" s="30"/>
-      <c r="W24" s="282"/>
-      <c r="X24" s="282"/>
+      <c r="W24" s="292"/>
+      <c r="X24" s="292"/>
       <c r="Y24" s="27"/>
       <c r="Z24" s="30"/>
       <c r="AA24" s="31"/>
       <c r="AB24" s="27"/>
-      <c r="AC24" s="275">
+      <c r="AC24" s="293">
         <f>N24*Q24</f>
-        <v>30000</v>
-[...1 lines deleted...]
-      <c r="AD24" s="276"/>
+        <v>0</v>
+      </c>
+      <c r="AD24" s="294"/>
     </row>
     <row r="25" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="26"/>
       <c r="B25" s="27"/>
       <c r="C25" s="27"/>
       <c r="D25" s="28"/>
       <c r="E25" s="36"/>
       <c r="F25" s="36"/>
       <c r="G25" s="36"/>
       <c r="H25" s="27"/>
       <c r="I25" s="29"/>
       <c r="J25" s="29"/>
       <c r="K25" s="29"/>
       <c r="L25" s="34"/>
       <c r="M25" s="34"/>
       <c r="N25" s="27"/>
       <c r="O25" s="27"/>
       <c r="P25" s="30"/>
       <c r="Q25" s="37"/>
       <c r="R25" s="37"/>
       <c r="S25" s="37"/>
       <c r="T25" s="37"/>
       <c r="U25" s="37"/>
       <c r="V25" s="30"/>
       <c r="W25" s="31"/>
       <c r="X25" s="31"/>
       <c r="Y25" s="27"/>
       <c r="Z25" s="30"/>
       <c r="AA25" s="31"/>
       <c r="AB25" s="27"/>
       <c r="AC25" s="38"/>
       <c r="AD25" s="39"/>
     </row>
-    <row r="26" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="26"/>
       <c r="B26" s="27"/>
       <c r="C26" s="27"/>
       <c r="D26" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E26" s="274" t="s">
+      <c r="E26" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F26" s="274"/>
-      <c r="G26" s="274"/>
+      <c r="F26" s="288"/>
+      <c r="G26" s="288"/>
       <c r="H26" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I26" s="274" t="s">
-[...5 lines deleted...]
-      <c r="M26" s="274"/>
+      <c r="I26" s="288" t="s">
+        <v>121</v>
+      </c>
+      <c r="J26" s="288"/>
+      <c r="K26" s="288"/>
+      <c r="L26" s="288"/>
+      <c r="M26" s="288"/>
       <c r="N26" s="49">
-        <f>'공연,행사'!M20</f>
         <v>0</v>
       </c>
       <c r="O26" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P26" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q26" s="277">
+      <c r="Q26" s="291">
         <f>'공연,행사'!L20</f>
         <v>10000</v>
       </c>
-      <c r="R26" s="277"/>
-[...2 lines deleted...]
-      <c r="U26" s="277"/>
+      <c r="R26" s="291"/>
+      <c r="S26" s="291"/>
+      <c r="T26" s="291"/>
+      <c r="U26" s="291"/>
       <c r="V26" s="30"/>
       <c r="W26" s="31"/>
       <c r="X26" s="31"/>
       <c r="Y26" s="27"/>
       <c r="Z26" s="27"/>
       <c r="AA26" s="27"/>
       <c r="AB26" s="27"/>
-      <c r="AC26" s="275">
+      <c r="AC26" s="293">
         <f t="shared" ref="AC26:AC37" si="1">N26*Q26</f>
         <v>0</v>
       </c>
-      <c r="AD26" s="276"/>
+      <c r="AD26" s="294"/>
     </row>
     <row r="27" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="26"/>
       <c r="B27" s="27"/>
       <c r="C27" s="27"/>
       <c r="D27" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E27" s="274" t="s">
+      <c r="E27" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F27" s="274"/>
-      <c r="G27" s="274"/>
+      <c r="F27" s="288"/>
+      <c r="G27" s="288"/>
       <c r="H27" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I27" s="274" t="s">
+      <c r="I27" s="288" t="s">
         <v>91</v>
       </c>
-      <c r="J27" s="274"/>
-[...2 lines deleted...]
-      <c r="M27" s="274"/>
+      <c r="J27" s="288"/>
+      <c r="K27" s="288"/>
+      <c r="L27" s="288"/>
+      <c r="M27" s="288"/>
       <c r="N27" s="49">
-        <f>'공연,행사'!M21</f>
         <v>0</v>
       </c>
       <c r="O27" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P27" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q27" s="277">
+      <c r="Q27" s="291">
         <f>'공연,행사'!L21</f>
         <v>40000</v>
       </c>
-      <c r="R27" s="277"/>
-[...2 lines deleted...]
-      <c r="U27" s="277"/>
+      <c r="R27" s="291"/>
+      <c r="S27" s="291"/>
+      <c r="T27" s="291"/>
+      <c r="U27" s="291"/>
       <c r="V27" s="30"/>
       <c r="W27" s="31"/>
       <c r="X27" s="31"/>
       <c r="Y27" s="27"/>
       <c r="Z27" s="27"/>
       <c r="AA27" s="27"/>
       <c r="AB27" s="27"/>
-      <c r="AC27" s="275">
+      <c r="AC27" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD27" s="276"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD27" s="294"/>
+    </row>
+    <row r="28" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="26"/>
       <c r="B28" s="27"/>
       <c r="C28" s="27"/>
       <c r="D28" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E28" s="274" t="s">
+      <c r="E28" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F28" s="274"/>
-      <c r="G28" s="274"/>
+      <c r="F28" s="288"/>
+      <c r="G28" s="288"/>
       <c r="H28" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I28" s="274" t="s">
+      <c r="I28" s="288" t="s">
         <v>92</v>
       </c>
-      <c r="J28" s="274"/>
-[...2 lines deleted...]
-      <c r="M28" s="274"/>
+      <c r="J28" s="288"/>
+      <c r="K28" s="288"/>
+      <c r="L28" s="288"/>
+      <c r="M28" s="288"/>
       <c r="N28" s="49">
-        <f>'공연,행사'!M27</f>
         <v>0</v>
       </c>
       <c r="O28" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P28" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q28" s="277">
+      <c r="Q28" s="291">
         <f>'공연,행사'!L27</f>
         <v>30000</v>
       </c>
-      <c r="R28" s="277"/>
-[...2 lines deleted...]
-      <c r="U28" s="277"/>
+      <c r="R28" s="291"/>
+      <c r="S28" s="291"/>
+      <c r="T28" s="291"/>
+      <c r="U28" s="291"/>
       <c r="V28" s="30"/>
       <c r="W28" s="31"/>
       <c r="X28" s="31"/>
       <c r="Y28" s="27"/>
       <c r="Z28" s="27"/>
       <c r="AA28" s="27"/>
       <c r="AB28" s="27"/>
-      <c r="AC28" s="275">
+      <c r="AC28" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD28" s="276"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD28" s="294"/>
+    </row>
+    <row r="29" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="26"/>
       <c r="B29" s="27"/>
       <c r="C29" s="27"/>
       <c r="D29" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E29" s="274" t="s">
+      <c r="E29" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F29" s="274"/>
-      <c r="G29" s="274"/>
+      <c r="F29" s="288"/>
+      <c r="G29" s="288"/>
       <c r="H29" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I29" s="274" t="s">
+      <c r="I29" s="288" t="s">
         <v>94</v>
       </c>
-      <c r="J29" s="274"/>
-[...2 lines deleted...]
-      <c r="M29" s="274"/>
+      <c r="J29" s="288"/>
+      <c r="K29" s="288"/>
+      <c r="L29" s="288"/>
+      <c r="M29" s="288"/>
       <c r="N29" s="49">
-        <f>'공연,행사'!M28</f>
         <v>0</v>
       </c>
       <c r="O29" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P29" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q29" s="277">
+      <c r="Q29" s="291">
         <f>'공연,행사'!L28</f>
         <v>10000</v>
       </c>
-      <c r="R29" s="277"/>
-[...2 lines deleted...]
-      <c r="U29" s="277"/>
+      <c r="R29" s="291"/>
+      <c r="S29" s="291"/>
+      <c r="T29" s="291"/>
+      <c r="U29" s="291"/>
       <c r="V29" s="50" t="s">
         <v>100</v>
       </c>
       <c r="W29" s="31">
         <f>'공연,행사'!H28</f>
         <v>3</v>
       </c>
       <c r="X29" s="31" t="s">
         <v>101</v>
       </c>
       <c r="Y29" s="29"/>
       <c r="Z29" s="27"/>
       <c r="AA29" s="27"/>
       <c r="AB29" s="27"/>
-      <c r="AC29" s="275">
+      <c r="AC29" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD29" s="276"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD29" s="294"/>
+    </row>
+    <row r="30" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="26"/>
       <c r="B30" s="27"/>
       <c r="C30" s="27"/>
       <c r="D30" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E30" s="274" t="s">
+      <c r="E30" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F30" s="274"/>
-      <c r="G30" s="274"/>
+      <c r="F30" s="288"/>
+      <c r="G30" s="288"/>
       <c r="H30" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I30" s="274" t="s">
+      <c r="I30" s="288" t="s">
         <v>93</v>
       </c>
-      <c r="J30" s="274"/>
-[...2 lines deleted...]
-      <c r="M30" s="274"/>
+      <c r="J30" s="288"/>
+      <c r="K30" s="288"/>
+      <c r="L30" s="288"/>
+      <c r="M30" s="288"/>
       <c r="N30" s="49">
-        <f>'공연,행사'!M29</f>
         <v>0</v>
       </c>
       <c r="O30" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P30" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q30" s="277">
+      <c r="Q30" s="291">
         <f>'공연,행사'!L29</f>
         <v>20000</v>
       </c>
-      <c r="R30" s="277"/>
-[...2 lines deleted...]
-      <c r="U30" s="277"/>
+      <c r="R30" s="291"/>
+      <c r="S30" s="291"/>
+      <c r="T30" s="291"/>
+      <c r="U30" s="291"/>
       <c r="V30" s="50" t="s">
         <v>100</v>
       </c>
       <c r="W30" s="31">
         <f>'공연,행사'!H29</f>
         <v>2</v>
       </c>
       <c r="X30" s="31" t="s">
         <v>101</v>
       </c>
       <c r="Y30" s="29"/>
       <c r="Z30" s="27"/>
       <c r="AA30" s="27"/>
       <c r="AB30" s="27"/>
-      <c r="AC30" s="275">
+      <c r="AC30" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD30" s="276"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD30" s="294"/>
+    </row>
+    <row r="31" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="26"/>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E31" s="274" t="s">
+      <c r="E31" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F31" s="274"/>
-      <c r="G31" s="274"/>
+      <c r="F31" s="288"/>
+      <c r="G31" s="288"/>
       <c r="H31" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I31" s="274" t="s">
+      <c r="I31" s="288" t="s">
         <v>95</v>
       </c>
-      <c r="J31" s="274"/>
-[...2 lines deleted...]
-      <c r="M31" s="274"/>
+      <c r="J31" s="288"/>
+      <c r="K31" s="288"/>
+      <c r="L31" s="288"/>
+      <c r="M31" s="288"/>
       <c r="N31" s="49">
-        <f>'공연,행사'!M30</f>
         <v>0</v>
       </c>
       <c r="O31" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P31" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q31" s="277">
+      <c r="Q31" s="291">
         <f>'공연,행사'!L30</f>
         <v>10000</v>
       </c>
-      <c r="R31" s="277"/>
-[...2 lines deleted...]
-      <c r="U31" s="277"/>
+      <c r="R31" s="291"/>
+      <c r="S31" s="291"/>
+      <c r="T31" s="291"/>
+      <c r="U31" s="291"/>
       <c r="V31" s="30"/>
       <c r="W31" s="31"/>
       <c r="X31" s="31"/>
       <c r="Y31" s="27"/>
       <c r="Z31" s="27"/>
       <c r="AA31" s="27"/>
       <c r="AB31" s="27"/>
-      <c r="AC31" s="275">
+      <c r="AC31" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD31" s="276"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:30" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD31" s="294"/>
+    </row>
+    <row r="32" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="26"/>
       <c r="B32" s="27"/>
       <c r="C32" s="27"/>
       <c r="D32" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E32" s="274" t="s">
+      <c r="E32" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F32" s="274"/>
-      <c r="G32" s="274"/>
+      <c r="F32" s="288"/>
+      <c r="G32" s="288"/>
       <c r="H32" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I32" s="283" t="s">
+      <c r="I32" s="307" t="s">
         <v>20</v>
       </c>
-      <c r="J32" s="283"/>
-[...2 lines deleted...]
-      <c r="M32" s="283"/>
+      <c r="J32" s="307"/>
+      <c r="K32" s="307"/>
+      <c r="L32" s="307"/>
+      <c r="M32" s="307"/>
       <c r="N32" s="49">
-        <f>'공연,행사'!M31</f>
         <v>0</v>
       </c>
       <c r="O32" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P32" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q32" s="277">
+      <c r="Q32" s="145">
         <f>'공연,행사'!L31</f>
         <v>5000</v>
       </c>
-      <c r="R32" s="277"/>
-[...2 lines deleted...]
-      <c r="U32" s="277"/>
+      <c r="R32" s="144"/>
+      <c r="S32" s="144"/>
+      <c r="T32" s="144"/>
+      <c r="U32" s="144"/>
       <c r="V32" s="30"/>
       <c r="W32" s="31"/>
       <c r="X32" s="31"/>
       <c r="Y32" s="27"/>
       <c r="Z32" s="27"/>
       <c r="AA32" s="27"/>
       <c r="AB32" s="27"/>
-      <c r="AC32" s="275">
+      <c r="AC32" s="143">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD32" s="276"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:31" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD32" s="146"/>
+    </row>
+    <row r="33" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="26"/>
       <c r="B33" s="27"/>
       <c r="C33" s="27"/>
       <c r="D33" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E33" s="274" t="s">
+      <c r="E33" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F33" s="274"/>
-      <c r="G33" s="274"/>
+      <c r="F33" s="288"/>
+      <c r="G33" s="288"/>
       <c r="H33" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I33" s="283" t="s">
+      <c r="I33" s="306" t="s">
         <v>96</v>
       </c>
-      <c r="J33" s="283"/>
-[...2 lines deleted...]
-      <c r="M33" s="283"/>
+      <c r="J33" s="306"/>
+      <c r="K33" s="306"/>
+      <c r="L33" s="306"/>
+      <c r="M33" s="306"/>
       <c r="N33" s="49">
-        <f>'공연,행사'!M33</f>
         <v>0</v>
       </c>
       <c r="O33" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P33" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q33" s="277">
+      <c r="Q33" s="291">
         <f>'공연,행사'!L33</f>
         <v>20000</v>
       </c>
-      <c r="R33" s="277"/>
-[...2 lines deleted...]
-      <c r="U33" s="277"/>
+      <c r="R33" s="291"/>
+      <c r="S33" s="291"/>
+      <c r="T33" s="291"/>
+      <c r="U33" s="291"/>
       <c r="V33" s="30"/>
       <c r="W33" s="31"/>
       <c r="X33" s="31"/>
       <c r="Y33" s="27"/>
       <c r="Z33" s="27"/>
       <c r="AA33" s="27"/>
       <c r="AB33" s="27"/>
-      <c r="AC33" s="275">
+      <c r="AC33" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD33" s="276"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:31" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD33" s="294"/>
+    </row>
+    <row r="34" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="26"/>
       <c r="B34" s="27"/>
       <c r="C34" s="27"/>
       <c r="D34" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E34" s="274" t="s">
+      <c r="E34" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F34" s="274"/>
-      <c r="G34" s="274"/>
+      <c r="F34" s="288"/>
+      <c r="G34" s="288"/>
       <c r="H34" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I34" s="274" t="s">
+      <c r="I34" s="288" t="s">
         <v>97</v>
       </c>
-      <c r="J34" s="274"/>
-[...2 lines deleted...]
-      <c r="M34" s="274"/>
+      <c r="J34" s="288"/>
+      <c r="K34" s="288"/>
+      <c r="L34" s="288"/>
+      <c r="M34" s="288"/>
       <c r="N34" s="49">
-        <f>'공연,행사'!M35</f>
         <v>0</v>
       </c>
       <c r="O34" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P34" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q34" s="277">
+      <c r="Q34" s="291">
         <f>'공연,행사'!L35</f>
         <v>30000</v>
       </c>
-      <c r="R34" s="277"/>
-[...2 lines deleted...]
-      <c r="U34" s="277"/>
+      <c r="R34" s="291"/>
+      <c r="S34" s="291"/>
+      <c r="T34" s="291"/>
+      <c r="U34" s="291"/>
       <c r="V34" s="30"/>
       <c r="W34" s="31"/>
       <c r="X34" s="31"/>
       <c r="Y34" s="27"/>
       <c r="Z34" s="27"/>
       <c r="AA34" s="27"/>
       <c r="AB34" s="27"/>
-      <c r="AC34" s="275">
+      <c r="AC34" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD34" s="276"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:31" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD34" s="294"/>
+    </row>
+    <row r="35" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="26"/>
       <c r="B35" s="27"/>
       <c r="C35" s="27"/>
       <c r="D35" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E35" s="274" t="s">
+      <c r="E35" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F35" s="274"/>
-      <c r="G35" s="274"/>
+      <c r="F35" s="288"/>
+      <c r="G35" s="288"/>
       <c r="H35" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I35" s="274" t="s">
+      <c r="I35" s="288" t="s">
         <v>98</v>
       </c>
-      <c r="J35" s="274"/>
-[...2 lines deleted...]
-      <c r="M35" s="274"/>
+      <c r="J35" s="288"/>
+      <c r="K35" s="288"/>
+      <c r="L35" s="288"/>
+      <c r="M35" s="288"/>
       <c r="N35" s="49">
-        <f>'공연,행사'!M36</f>
         <v>0</v>
       </c>
       <c r="O35" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P35" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q35" s="277">
+      <c r="Q35" s="291">
         <f>'공연,행사'!L36</f>
-        <v>50000</v>
-[...4 lines deleted...]
-      <c r="U35" s="277"/>
+        <v>30000</v>
+      </c>
+      <c r="R35" s="291"/>
+      <c r="S35" s="291"/>
+      <c r="T35" s="291"/>
+      <c r="U35" s="291"/>
       <c r="V35" s="30"/>
       <c r="W35" s="31"/>
       <c r="X35" s="31"/>
       <c r="Y35" s="27"/>
       <c r="Z35" s="27"/>
       <c r="AA35" s="27"/>
       <c r="AB35" s="27"/>
-      <c r="AC35" s="275">
+      <c r="AC35" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD35" s="276"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:31" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD35" s="294"/>
+    </row>
+    <row r="36" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="26"/>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E36" s="274" t="s">
+      <c r="E36" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F36" s="274"/>
-      <c r="G36" s="274"/>
+      <c r="F36" s="288"/>
+      <c r="G36" s="288"/>
       <c r="H36" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I36" s="274" t="s">
-[...5 lines deleted...]
-      <c r="M36" s="274"/>
+      <c r="I36" s="288" t="s">
+        <v>108</v>
+      </c>
+      <c r="J36" s="288"/>
+      <c r="K36" s="288"/>
+      <c r="L36" s="288"/>
+      <c r="M36" s="288"/>
       <c r="N36" s="49">
-        <f>'공연,행사'!M39</f>
         <v>0</v>
       </c>
       <c r="O36" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P36" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q36" s="277">
+      <c r="Q36" s="291">
         <f>'공연,행사'!L39</f>
         <v>30000</v>
       </c>
-      <c r="R36" s="277"/>
-[...2 lines deleted...]
-      <c r="U36" s="277"/>
+      <c r="R36" s="291"/>
+      <c r="S36" s="291"/>
+      <c r="T36" s="291"/>
+      <c r="U36" s="291"/>
       <c r="V36" s="30"/>
       <c r="W36" s="31"/>
       <c r="X36" s="31"/>
       <c r="Y36" s="27"/>
       <c r="Z36" s="27"/>
       <c r="AA36" s="27"/>
       <c r="AB36" s="27"/>
-      <c r="AC36" s="275">
+      <c r="AC36" s="293">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD36" s="276"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:31" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD36" s="294"/>
+    </row>
+    <row r="37" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="26"/>
       <c r="B37" s="27"/>
       <c r="C37" s="27"/>
       <c r="D37" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E37" s="274" t="s">
+      <c r="E37" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F37" s="274"/>
-      <c r="G37" s="274"/>
+      <c r="F37" s="288"/>
+      <c r="G37" s="288"/>
       <c r="H37" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I37" s="274" t="s">
+      <c r="I37" s="288" t="s">
         <v>26</v>
       </c>
-      <c r="J37" s="274"/>
-[...2 lines deleted...]
-      <c r="M37" s="274"/>
+      <c r="J37" s="288"/>
+      <c r="K37" s="288"/>
+      <c r="L37" s="288"/>
+      <c r="M37" s="288"/>
       <c r="N37" s="49">
-        <f>'공연,행사'!M40</f>
         <v>0</v>
       </c>
       <c r="O37" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P37" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q37" s="277">
+      <c r="Q37" s="144">
         <f>'공연,행사'!L40</f>
         <v>25000</v>
       </c>
-      <c r="R37" s="277"/>
-[...2 lines deleted...]
-      <c r="U37" s="277"/>
+      <c r="R37" s="144"/>
+      <c r="S37" s="144"/>
+      <c r="T37" s="144"/>
+      <c r="U37" s="144"/>
       <c r="V37" s="30"/>
       <c r="W37" s="31"/>
       <c r="X37" s="31"/>
       <c r="Y37" s="27"/>
       <c r="Z37" s="27"/>
       <c r="AA37" s="27"/>
       <c r="AB37" s="27"/>
-      <c r="AC37" s="275">
+      <c r="AC37" s="143">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AD37" s="276"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:31" s="32" customFormat="1" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AD37" s="146"/>
+    </row>
+    <row r="38" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="26"/>
       <c r="B38" s="27"/>
       <c r="C38" s="27"/>
       <c r="D38" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E38" s="274" t="s">
+      <c r="E38" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F38" s="274"/>
-      <c r="G38" s="274"/>
+      <c r="F38" s="288"/>
+      <c r="G38" s="288"/>
       <c r="H38" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I38" s="274" t="s">
+      <c r="I38" s="288" t="s">
         <v>27</v>
       </c>
-      <c r="J38" s="274"/>
-[...2 lines deleted...]
-      <c r="M38" s="274"/>
+      <c r="J38" s="288"/>
+      <c r="K38" s="288"/>
+      <c r="L38" s="288"/>
+      <c r="M38" s="288"/>
       <c r="N38" s="49">
-        <f>'공연,행사'!M41</f>
         <v>0</v>
       </c>
       <c r="O38" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P38" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q38" s="277">
+      <c r="Q38" s="291">
         <f>'공연,행사'!L41</f>
         <v>25000</v>
       </c>
-      <c r="R38" s="277"/>
-[...2 lines deleted...]
-      <c r="U38" s="277"/>
+      <c r="R38" s="291"/>
+      <c r="S38" s="291"/>
+      <c r="T38" s="291"/>
+      <c r="U38" s="291"/>
       <c r="V38" s="30"/>
       <c r="W38" s="31"/>
       <c r="X38" s="29"/>
       <c r="Y38" s="27"/>
       <c r="Z38" s="27"/>
       <c r="AA38" s="27"/>
       <c r="AB38" s="27"/>
-      <c r="AC38" s="275">
+      <c r="AC38" s="293">
         <f>N38*Q38</f>
         <v>0</v>
       </c>
-      <c r="AD38" s="276"/>
+      <c r="AD38" s="294"/>
     </row>
     <row r="39" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A39" s="11"/>
       <c r="B39" s="13"/>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="13"/>
       <c r="G39" s="13"/>
       <c r="H39" s="13"/>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="13"/>
       <c r="L39" s="13"/>
       <c r="M39" s="13"/>
       <c r="N39" s="13"/>
       <c r="O39" s="13"/>
       <c r="P39" s="13"/>
       <c r="Q39" s="13"/>
       <c r="R39" s="13"/>
       <c r="S39" s="13"/>
       <c r="T39" s="13"/>
       <c r="U39" s="13"/>
       <c r="V39" s="13"/>
       <c r="W39" s="13"/>
       <c r="X39" s="13"/>
       <c r="Y39" s="13"/>
       <c r="Z39" s="13"/>
       <c r="AA39" s="13"/>
       <c r="AB39" s="13"/>
       <c r="AC39" s="13"/>
       <c r="AD39" s="14"/>
       <c r="AE39" s="40"/>
     </row>
     <row r="40" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A40" s="11"/>
       <c r="B40" s="13"/>
       <c r="C40" s="41" t="s">
         <v>113</v>
       </c>
-      <c r="D40" s="292" t="s">
+      <c r="D40" s="302" t="s">
         <v>114</v>
       </c>
-      <c r="E40" s="292"/>
-[...7 lines deleted...]
-      <c r="M40" s="292"/>
+      <c r="E40" s="302"/>
+      <c r="F40" s="302"/>
+      <c r="G40" s="302"/>
+      <c r="H40" s="302"/>
+      <c r="I40" s="302"/>
+      <c r="J40" s="302"/>
+      <c r="K40" s="302"/>
+      <c r="L40" s="302"/>
+      <c r="M40" s="302"/>
       <c r="N40" s="41"/>
       <c r="O40" s="41"/>
       <c r="P40" s="41"/>
       <c r="Q40" s="41"/>
       <c r="R40" s="41"/>
       <c r="S40" s="41"/>
       <c r="T40" s="41"/>
       <c r="U40" s="41"/>
       <c r="V40" s="41"/>
       <c r="W40" s="41"/>
       <c r="X40" s="41"/>
       <c r="Y40" s="41"/>
       <c r="Z40" s="41"/>
-      <c r="AA40" s="293">
+      <c r="AA40" s="303">
         <f>AB9+AB23</f>
-        <v>50000</v>
-[...3 lines deleted...]
-      <c r="AD40" s="294"/>
+        <v>0</v>
+      </c>
+      <c r="AB40" s="303"/>
+      <c r="AC40" s="303"/>
+      <c r="AD40" s="304"/>
       <c r="AE40" s="40"/>
     </row>
     <row r="41" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
       <c r="A41" s="26"/>
       <c r="B41" s="27"/>
       <c r="C41" s="27"/>
       <c r="D41" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E41" s="295" t="s">
+      <c r="E41" s="289" t="s">
         <v>72</v>
       </c>
-      <c r="F41" s="295"/>
-      <c r="G41" s="295"/>
+      <c r="F41" s="289"/>
+      <c r="G41" s="289"/>
       <c r="H41" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I41" s="296">
+      <c r="I41" s="305">
         <f>SUM(AC10:AD11)+SUM(AC24:AD25)</f>
-        <v>50000</v>
-[...4 lines deleted...]
-      <c r="M41" s="296"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="305"/>
+      <c r="K41" s="305"/>
+      <c r="L41" s="305"/>
+      <c r="M41" s="305"/>
       <c r="N41" s="29"/>
       <c r="O41" s="34"/>
       <c r="P41" s="34"/>
       <c r="Q41" s="34"/>
       <c r="R41" s="34"/>
       <c r="S41" s="34"/>
       <c r="T41" s="34"/>
       <c r="U41" s="34"/>
       <c r="V41" s="27"/>
       <c r="W41" s="27"/>
       <c r="X41" s="27"/>
       <c r="Y41" s="27"/>
       <c r="Z41" s="27"/>
       <c r="AA41" s="27"/>
       <c r="AB41" s="27"/>
       <c r="AC41" s="27"/>
       <c r="AD41" s="42"/>
     </row>
     <row r="42" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
       <c r="A42" s="26"/>
       <c r="B42" s="27"/>
       <c r="C42" s="27"/>
       <c r="D42" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E42" s="274" t="s">
+      <c r="E42" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F42" s="274"/>
-      <c r="G42" s="274"/>
+      <c r="F42" s="288"/>
+      <c r="G42" s="288"/>
       <c r="H42" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="I42" s="296">
+      <c r="I42" s="305">
         <f>SUM(AC12:AD22)+SUM(AC26:AD39)</f>
         <v>0</v>
       </c>
-      <c r="J42" s="296"/>
-[...2 lines deleted...]
-      <c r="M42" s="296"/>
+      <c r="J42" s="305"/>
+      <c r="K42" s="305"/>
+      <c r="L42" s="305"/>
+      <c r="M42" s="305"/>
       <c r="N42" s="29"/>
       <c r="O42" s="34"/>
       <c r="P42" s="34"/>
       <c r="Q42" s="34"/>
       <c r="R42" s="34"/>
       <c r="S42" s="34"/>
       <c r="T42" s="34"/>
       <c r="U42" s="34"/>
       <c r="V42" s="27"/>
       <c r="W42" s="27"/>
       <c r="X42" s="27"/>
       <c r="Y42" s="27"/>
       <c r="Z42" s="27"/>
       <c r="AA42" s="27"/>
       <c r="AB42" s="27"/>
       <c r="AC42" s="27"/>
       <c r="AD42" s="42"/>
     </row>
     <row r="43" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A43" s="11"/>
       <c r="B43" s="13"/>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="13"/>
@@ -9074,582 +9087,578 @@
       <c r="U43" s="13"/>
       <c r="V43" s="13"/>
       <c r="W43" s="13"/>
       <c r="X43" s="13"/>
       <c r="Y43" s="13"/>
       <c r="Z43" s="13"/>
       <c r="AA43" s="13"/>
       <c r="AB43" s="13"/>
       <c r="AC43" s="13"/>
       <c r="AD43" s="14"/>
     </row>
     <row r="44" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A44" s="11"/>
       <c r="B44" s="22" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="284" t="s">
         <v>83</v>
       </c>
       <c r="D44" s="284"/>
       <c r="E44" s="284"/>
       <c r="F44" s="13" t="s">
         <v>73</v>
       </c>
       <c r="G44" s="13" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="13"/>
       <c r="S44" s="13"/>
       <c r="T44" s="13"/>
       <c r="U44" s="13"/>
       <c r="V44" s="13"/>
       <c r="W44" s="13"/>
       <c r="X44" s="13"/>
       <c r="Y44" s="13"/>
       <c r="Z44" s="13"/>
       <c r="AA44" s="13"/>
       <c r="AB44" s="13"/>
       <c r="AC44" s="13"/>
       <c r="AD44" s="14"/>
     </row>
     <row r="45" spans="1:31" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="11"/>
       <c r="B45" s="13"/>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="13"/>
-      <c r="G45" s="285"/>
-[...20 lines deleted...]
-      <c r="AB45" s="285"/>
+      <c r="G45" s="295"/>
+      <c r="H45" s="295"/>
+      <c r="I45" s="295"/>
+      <c r="J45" s="295"/>
+      <c r="K45" s="295"/>
+      <c r="L45" s="295"/>
+      <c r="M45" s="295"/>
+      <c r="N45" s="295"/>
+      <c r="O45" s="295"/>
+      <c r="P45" s="295"/>
+      <c r="Q45" s="295"/>
+      <c r="R45" s="295"/>
+      <c r="S45" s="295"/>
+      <c r="T45" s="295"/>
+      <c r="U45" s="295"/>
+      <c r="V45" s="295"/>
+      <c r="W45" s="295"/>
+      <c r="X45" s="295"/>
+      <c r="Y45" s="295"/>
+      <c r="Z45" s="295"/>
+      <c r="AA45" s="295"/>
+      <c r="AB45" s="295"/>
       <c r="AC45" s="43"/>
       <c r="AD45" s="14"/>
     </row>
     <row r="46" spans="1:31" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="11"/>
       <c r="B46" s="13"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="13"/>
       <c r="G46" s="43"/>
       <c r="H46" s="43"/>
       <c r="I46" s="43"/>
       <c r="J46" s="43"/>
       <c r="K46" s="43"/>
       <c r="L46" s="43"/>
       <c r="M46" s="43"/>
       <c r="N46" s="43"/>
       <c r="O46" s="43"/>
       <c r="P46" s="43"/>
       <c r="Q46" s="43"/>
       <c r="R46" s="43"/>
       <c r="S46" s="43"/>
       <c r="T46" s="43"/>
       <c r="U46" s="43"/>
       <c r="V46" s="43"/>
       <c r="W46" s="43"/>
       <c r="X46" s="43"/>
       <c r="Y46" s="43"/>
       <c r="Z46" s="43"/>
       <c r="AA46" s="43"/>
       <c r="AB46" s="43"/>
       <c r="AC46" s="43"/>
       <c r="AD46" s="14"/>
     </row>
     <row r="47" spans="1:31" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="11"/>
-      <c r="B47" s="286" t="s">
-[...28 lines deleted...]
-      <c r="AC47" s="288"/>
+      <c r="B47" s="296" t="s">
+        <v>122</v>
+      </c>
+      <c r="C47" s="297"/>
+      <c r="D47" s="297"/>
+      <c r="E47" s="297"/>
+      <c r="F47" s="297"/>
+      <c r="G47" s="297"/>
+      <c r="H47" s="297"/>
+      <c r="I47" s="297"/>
+      <c r="J47" s="297"/>
+      <c r="K47" s="297"/>
+      <c r="L47" s="297"/>
+      <c r="M47" s="297"/>
+      <c r="N47" s="297"/>
+      <c r="O47" s="297"/>
+      <c r="P47" s="297"/>
+      <c r="Q47" s="297"/>
+      <c r="R47" s="297"/>
+      <c r="S47" s="297"/>
+      <c r="T47" s="297"/>
+      <c r="U47" s="297"/>
+      <c r="V47" s="297"/>
+      <c r="W47" s="297"/>
+      <c r="X47" s="297"/>
+      <c r="Y47" s="297"/>
+      <c r="Z47" s="297"/>
+      <c r="AA47" s="297"/>
+      <c r="AB47" s="297"/>
+      <c r="AC47" s="298"/>
       <c r="AD47" s="14"/>
     </row>
     <row r="48" spans="1:31" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="44"/>
       <c r="B48" s="45"/>
       <c r="C48" s="45"/>
       <c r="D48" s="45"/>
       <c r="E48" s="45"/>
       <c r="F48" s="45"/>
       <c r="G48" s="45"/>
       <c r="H48" s="45"/>
       <c r="I48" s="45"/>
       <c r="J48" s="45"/>
       <c r="K48" s="45"/>
       <c r="L48" s="45"/>
       <c r="M48" s="45"/>
       <c r="N48" s="45"/>
       <c r="O48" s="45"/>
       <c r="P48" s="45"/>
       <c r="Q48" s="45"/>
       <c r="R48" s="45"/>
       <c r="S48" s="45"/>
       <c r="T48" s="45"/>
       <c r="U48" s="45"/>
       <c r="V48" s="45"/>
       <c r="W48" s="45"/>
       <c r="X48" s="45"/>
       <c r="Y48" s="45"/>
       <c r="Z48" s="45"/>
       <c r="AA48" s="45"/>
       <c r="AB48" s="45"/>
       <c r="AC48" s="45"/>
       <c r="AD48" s="46"/>
     </row>
     <row r="49" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="50" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="51" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="52" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <mergeCells count="123">
-[...6 lines deleted...]
-    <mergeCell ref="AB9:AD9"/>
+  <mergeCells count="119">
+    <mergeCell ref="AC26:AD26"/>
+    <mergeCell ref="I26:M26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="AC19:AD19"/>
+    <mergeCell ref="AC20:AD20"/>
+    <mergeCell ref="AC21:AD21"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="I36:M36"/>
+    <mergeCell ref="I37:M37"/>
+    <mergeCell ref="AC29:AD29"/>
+    <mergeCell ref="Q29:U29"/>
+    <mergeCell ref="I29:M29"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="AC28:AD28"/>
+    <mergeCell ref="Q28:U28"/>
+    <mergeCell ref="I28:M28"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="Q35:U35"/>
+    <mergeCell ref="Q36:U36"/>
+    <mergeCell ref="AC27:AD27"/>
+    <mergeCell ref="AC30:AD30"/>
+    <mergeCell ref="Q30:U30"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="E14:G14"/>
+    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="E16:G16"/>
+    <mergeCell ref="D23:G23"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="AC15:AD15"/>
+    <mergeCell ref="Q15:U15"/>
+    <mergeCell ref="AC17:AD17"/>
     <mergeCell ref="Q17:U17"/>
-    <mergeCell ref="E28:G28"/>
-[...9 lines deleted...]
-    <mergeCell ref="Q11:U11"/>
+    <mergeCell ref="I17:M17"/>
+    <mergeCell ref="I14:M14"/>
+    <mergeCell ref="I15:M15"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="Q13:U13"/>
+    <mergeCell ref="Q16:U16"/>
+    <mergeCell ref="AB23:AD23"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="Q24:U24"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="AC24:AD24"/>
+    <mergeCell ref="AC18:AD18"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="I18:M18"/>
+    <mergeCell ref="AC33:AD33"/>
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="AC35:AD35"/>
+    <mergeCell ref="AC36:AD36"/>
+    <mergeCell ref="I35:M35"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="AC34:AD34"/>
+    <mergeCell ref="Q34:U34"/>
+    <mergeCell ref="I34:M34"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="AC31:AD31"/>
+    <mergeCell ref="Q31:U31"/>
+    <mergeCell ref="I31:M31"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="I32:M32"/>
+    <mergeCell ref="Q26:U26"/>
+    <mergeCell ref="Q27:U27"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="E20:G20"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="I19:M19"/>
+    <mergeCell ref="I20:M20"/>
+    <mergeCell ref="I21:M21"/>
+    <mergeCell ref="Q33:U33"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="G45:AB45"/>
     <mergeCell ref="B47:AC47"/>
     <mergeCell ref="G6:L6"/>
     <mergeCell ref="M6:P6"/>
-    <mergeCell ref="I14:M14"/>
     <mergeCell ref="I13:M13"/>
-    <mergeCell ref="I15:M15"/>
     <mergeCell ref="D40:M40"/>
     <mergeCell ref="AA40:AD40"/>
     <mergeCell ref="E41:G41"/>
     <mergeCell ref="I41:M41"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I42:M42"/>
-    <mergeCell ref="I37:M37"/>
-[...1 lines deleted...]
-    <mergeCell ref="AC37:AD37"/>
     <mergeCell ref="I38:M38"/>
     <mergeCell ref="Q38:U38"/>
     <mergeCell ref="AC38:AD38"/>
-    <mergeCell ref="I32:M32"/>
-[...1 lines deleted...]
-    <mergeCell ref="AC32:AD32"/>
     <mergeCell ref="I33:M33"/>
-    <mergeCell ref="E37:G37"/>
     <mergeCell ref="E38:G38"/>
     <mergeCell ref="I27:M27"/>
     <mergeCell ref="I30:M30"/>
     <mergeCell ref="Q18:U18"/>
     <mergeCell ref="Q19:U19"/>
     <mergeCell ref="Q20:U20"/>
     <mergeCell ref="Q21:U21"/>
     <mergeCell ref="E27:G27"/>
-    <mergeCell ref="Q26:U26"/>
-[...34 lines deleted...]
-    <mergeCell ref="AC34:AD34"/>
+    <mergeCell ref="A1:AD1"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="C8:E8"/>
+    <mergeCell ref="D9:G9"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="I16:M16"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="Q10:U10"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="AC10:AD10"/>
+    <mergeCell ref="Q11:U11"/>
     <mergeCell ref="AC14:AD14"/>
     <mergeCell ref="AC13:AD13"/>
     <mergeCell ref="AC16:AD16"/>
-    <mergeCell ref="AC18:AD18"/>
     <mergeCell ref="Q14:U14"/>
-    <mergeCell ref="Q13:U13"/>
-[...6 lines deleted...]
-    <mergeCell ref="AC24:AD24"/>
     <mergeCell ref="E12:G12"/>
-    <mergeCell ref="AC29:AD29"/>
-[...16 lines deleted...]
-    <mergeCell ref="Q15:U15"/>
     <mergeCell ref="AC12:AD12"/>
     <mergeCell ref="Q12:U12"/>
     <mergeCell ref="I12:M12"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:AE56"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A2" workbookViewId="0">
       <selection activeCell="Q40" sqref="Q40:U40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.5" style="10" customWidth="1"/>
     <col min="2" max="2" width="2.375" style="10" customWidth="1"/>
     <col min="3" max="3" width="3.25" style="10" customWidth="1"/>
     <col min="4" max="4" width="1.875" style="10" customWidth="1"/>
     <col min="5" max="5" width="3.125" style="10" customWidth="1"/>
     <col min="6" max="6" width="1.5" style="10" customWidth="1"/>
     <col min="7" max="7" width="4.25" style="10" customWidth="1"/>
     <col min="8" max="8" width="1.375" style="10" customWidth="1"/>
     <col min="9" max="13" width="2.125" style="10" customWidth="1"/>
     <col min="14" max="14" width="3.25" style="10" customWidth="1"/>
     <col min="15" max="27" width="2.125" style="10" customWidth="1"/>
     <col min="28" max="28" width="2.75" style="10" customWidth="1"/>
     <col min="29" max="29" width="12.125" style="10" customWidth="1"/>
     <col min="30" max="30" width="4.5" style="10" customWidth="1"/>
     <col min="31" max="31" width="10.875" style="10" bestFit="1" customWidth="1"/>
     <col min="32" max="16384" width="8.75" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="297" t="s">
+      <c r="A1" s="280" t="s">
         <v>60</v>
       </c>
-      <c r="B1" s="298"/>
-[...27 lines deleted...]
-      <c r="AD1" s="299"/>
+      <c r="B1" s="281"/>
+      <c r="C1" s="281"/>
+      <c r="D1" s="281"/>
+      <c r="E1" s="281"/>
+      <c r="F1" s="281"/>
+      <c r="G1" s="281"/>
+      <c r="H1" s="281"/>
+      <c r="I1" s="281"/>
+      <c r="J1" s="281"/>
+      <c r="K1" s="281"/>
+      <c r="L1" s="281"/>
+      <c r="M1" s="281"/>
+      <c r="N1" s="281"/>
+      <c r="O1" s="281"/>
+      <c r="P1" s="281"/>
+      <c r="Q1" s="281"/>
+      <c r="R1" s="281"/>
+      <c r="S1" s="281"/>
+      <c r="T1" s="281"/>
+      <c r="U1" s="281"/>
+      <c r="V1" s="281"/>
+      <c r="W1" s="281"/>
+      <c r="X1" s="281"/>
+      <c r="Y1" s="281"/>
+      <c r="Z1" s="281"/>
+      <c r="AA1" s="281"/>
+      <c r="AB1" s="281"/>
+      <c r="AC1" s="281"/>
+      <c r="AD1" s="282"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="11"/>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="13"/>
       <c r="E2" s="13"/>
       <c r="F2" s="13"/>
       <c r="G2" s="13"/>
       <c r="H2" s="13"/>
       <c r="I2" s="13"/>
       <c r="J2" s="13"/>
       <c r="K2" s="13"/>
       <c r="L2" s="13"/>
       <c r="M2" s="13"/>
       <c r="N2" s="13"/>
       <c r="O2" s="13"/>
       <c r="P2" s="13"/>
       <c r="Q2" s="13"/>
       <c r="R2" s="13"/>
       <c r="S2" s="13"/>
       <c r="T2" s="13"/>
       <c r="U2" s="13"/>
       <c r="V2" s="13"/>
       <c r="W2" s="13"/>
       <c r="X2" s="13"/>
       <c r="Y2" s="13"/>
       <c r="Z2" s="13"/>
       <c r="AA2" s="13"/>
       <c r="AB2" s="13"/>
       <c r="AC2" s="13"/>
       <c r="AD2" s="14"/>
     </row>
     <row r="3" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="15"/>
       <c r="B3" s="16" t="s">
         <v>61</v>
       </c>
-      <c r="C3" s="300" t="s">
+      <c r="C3" s="283" t="s">
         <v>87</v>
       </c>
-      <c r="D3" s="300"/>
-      <c r="E3" s="300"/>
+      <c r="D3" s="283"/>
+      <c r="E3" s="283"/>
       <c r="F3" s="17" t="s">
         <v>62</v>
       </c>
       <c r="G3" s="18" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="H3" s="19"/>
       <c r="I3" s="19"/>
       <c r="J3" s="19"/>
       <c r="K3" s="19"/>
       <c r="L3" s="19"/>
       <c r="M3" s="19"/>
       <c r="N3" s="19"/>
       <c r="O3" s="19"/>
       <c r="P3" s="19"/>
       <c r="Q3" s="19"/>
       <c r="R3" s="19"/>
       <c r="S3" s="19"/>
       <c r="T3" s="19"/>
       <c r="U3" s="19"/>
       <c r="V3" s="19"/>
       <c r="W3" s="19"/>
       <c r="X3" s="19"/>
       <c r="Y3" s="19"/>
       <c r="Z3" s="19"/>
       <c r="AA3" s="19"/>
       <c r="AB3" s="19"/>
       <c r="AC3" s="19"/>
       <c r="AD3" s="20"/>
     </row>
     <row r="4" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="15"/>
       <c r="B4" s="16" t="s">
         <v>63</v>
       </c>
-      <c r="C4" s="300" t="s">
+      <c r="C4" s="283" t="s">
         <v>64</v>
       </c>
-      <c r="D4" s="300"/>
-      <c r="E4" s="300"/>
+      <c r="D4" s="283"/>
+      <c r="E4" s="283"/>
       <c r="F4" s="17" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="18">
         <f>'공연,행사'!F4</f>
         <v>0</v>
       </c>
       <c r="H4" s="19"/>
       <c r="I4" s="19"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="19"/>
       <c r="M4" s="19"/>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="19"/>
       <c r="Q4" s="19"/>
       <c r="R4" s="19"/>
       <c r="S4" s="19"/>
       <c r="T4" s="19"/>
       <c r="U4" s="19"/>
       <c r="V4" s="19"/>
       <c r="W4" s="19"/>
       <c r="X4" s="19"/>
       <c r="Y4" s="19"/>
       <c r="Z4" s="19"/>
       <c r="AA4" s="19"/>
       <c r="AB4" s="19"/>
       <c r="AC4" s="19"/>
       <c r="AD4" s="20"/>
     </row>
     <row r="5" spans="1:30" s="21" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="15"/>
       <c r="B5" s="16" t="s">
         <v>65</v>
       </c>
-      <c r="C5" s="300" t="s">
+      <c r="C5" s="283" t="s">
         <v>66</v>
       </c>
-      <c r="D5" s="300"/>
-      <c r="E5" s="300"/>
+      <c r="D5" s="283"/>
+      <c r="E5" s="283"/>
       <c r="F5" s="17" t="s">
         <v>62</v>
       </c>
       <c r="G5" s="18">
         <f>'공연,행사'!F5</f>
         <v>0</v>
       </c>
       <c r="H5" s="19"/>
       <c r="I5" s="19"/>
       <c r="J5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
       <c r="N5" s="19"/>
       <c r="O5" s="19"/>
       <c r="P5" s="19"/>
       <c r="Q5" s="19"/>
       <c r="R5" s="19"/>
       <c r="S5" s="19"/>
       <c r="T5" s="19"/>
       <c r="U5" s="19"/>
       <c r="V5" s="19"/>
       <c r="W5" s="19"/>
       <c r="X5" s="19"/>
       <c r="Y5" s="19"/>
       <c r="Z5" s="19"/>
       <c r="AA5" s="19"/>
       <c r="AB5" s="19"/>
       <c r="AC5" s="19"/>
       <c r="AD5" s="20"/>
     </row>
     <row r="6" spans="1:30" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11"/>
       <c r="B6" s="22"/>
       <c r="C6" s="23"/>
       <c r="D6" s="23"/>
       <c r="E6" s="23"/>
       <c r="F6" s="12"/>
-      <c r="G6" s="289" t="str">
+      <c r="G6" s="299" t="str">
         <f>'공연,행사'!E6</f>
         <v>( 공연시간 :</v>
       </c>
-      <c r="H6" s="289"/>
-[...4 lines deleted...]
-      <c r="M6" s="290" t="e">
+      <c r="H6" s="299"/>
+      <c r="I6" s="299"/>
+      <c r="J6" s="299"/>
+      <c r="K6" s="299"/>
+      <c r="L6" s="299"/>
+      <c r="M6" s="300" t="e">
         <f>#REF!&amp;" )"</f>
         <v>#REF!</v>
       </c>
-      <c r="N6" s="291"/>
-[...1 lines deleted...]
-      <c r="P6" s="291"/>
+      <c r="N6" s="301"/>
+      <c r="O6" s="301"/>
+      <c r="P6" s="301"/>
       <c r="Q6" s="13"/>
       <c r="R6" s="13"/>
       <c r="S6" s="13"/>
       <c r="T6" s="13"/>
       <c r="U6" s="13"/>
       <c r="V6" s="13"/>
       <c r="W6" s="13"/>
       <c r="X6" s="13"/>
       <c r="Y6" s="13"/>
       <c r="Z6" s="13"/>
       <c r="AA6" s="13"/>
       <c r="AB6" s="13"/>
       <c r="AC6" s="13"/>
       <c r="AD6" s="14"/>
     </row>
     <row r="7" spans="1:30" ht="9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="11"/>
       <c r="B7" s="22"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
@@ -9695,1897 +9704,1897 @@
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
       <c r="Y8" s="13"/>
       <c r="Z8" s="13"/>
       <c r="AA8" s="13"/>
       <c r="AB8" s="13"/>
       <c r="AC8" s="13"/>
       <c r="AD8" s="14"/>
     </row>
     <row r="9" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A9" s="11"/>
       <c r="B9" s="13"/>
       <c r="C9" s="24" t="s">
         <v>69</v>
       </c>
-      <c r="D9" s="278" t="s">
+      <c r="D9" s="285" t="s">
         <v>70</v>
       </c>
-      <c r="E9" s="278"/>
-[...1 lines deleted...]
-      <c r="G9" s="278"/>
+      <c r="E9" s="285"/>
+      <c r="F9" s="285"/>
+      <c r="G9" s="285"/>
       <c r="H9" s="25"/>
       <c r="I9" s="25"/>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="25"/>
       <c r="Q9" s="25"/>
       <c r="R9" s="25"/>
       <c r="S9" s="25"/>
       <c r="T9" s="25"/>
       <c r="U9" s="25"/>
       <c r="V9" s="25"/>
       <c r="W9" s="25"/>
       <c r="X9" s="25"/>
       <c r="Y9" s="25"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
-      <c r="AB9" s="279" t="e">
+      <c r="AB9" s="286" t="e">
         <f>SUM(AC10:AD25)</f>
         <v>#REF!</v>
       </c>
-      <c r="AC9" s="279"/>
-      <c r="AD9" s="280"/>
+      <c r="AC9" s="286"/>
+      <c r="AD9" s="287"/>
     </row>
     <row r="10" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26"/>
       <c r="B10" s="27"/>
       <c r="C10" s="27"/>
       <c r="D10" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E10" s="295" t="s">
+      <c r="E10" s="289" t="s">
         <v>72</v>
       </c>
-      <c r="F10" s="295"/>
-      <c r="G10" s="295"/>
+      <c r="F10" s="289"/>
+      <c r="G10" s="289"/>
       <c r="H10" s="27" t="s">
         <v>62</v>
       </c>
       <c r="I10" s="29" t="s">
         <v>102</v>
       </c>
       <c r="J10" s="29"/>
       <c r="K10" s="29"/>
-      <c r="L10" s="281" t="s">
+      <c r="L10" s="290" t="s">
         <v>103</v>
       </c>
-      <c r="M10" s="281"/>
+      <c r="M10" s="290"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q10" s="277">
+      <c r="Q10" s="291">
         <v>99000</v>
       </c>
-      <c r="R10" s="277"/>
-[...2 lines deleted...]
-      <c r="U10" s="277"/>
+      <c r="R10" s="291"/>
+      <c r="S10" s="291"/>
+      <c r="T10" s="291"/>
+      <c r="U10" s="291"/>
       <c r="V10" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="W10" s="282">
+      <c r="W10" s="292">
         <v>0.5</v>
       </c>
-      <c r="X10" s="282"/>
+      <c r="X10" s="292"/>
       <c r="Y10" s="27"/>
       <c r="Z10" s="30"/>
       <c r="AA10" s="117"/>
       <c r="AB10" s="27"/>
-      <c r="AC10" s="275">
+      <c r="AC10" s="293">
         <f>N10*Q10*W10</f>
         <v>0</v>
       </c>
-      <c r="AD10" s="276"/>
+      <c r="AD10" s="294"/>
     </row>
     <row r="11" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26"/>
       <c r="B11" s="27"/>
       <c r="C11" s="27"/>
       <c r="D11" s="28"/>
       <c r="E11" s="118"/>
       <c r="F11" s="118"/>
       <c r="G11" s="118"/>
       <c r="H11" s="27"/>
       <c r="I11" s="29"/>
       <c r="J11" s="29"/>
       <c r="K11" s="29"/>
-      <c r="L11" s="281" t="s">
+      <c r="L11" s="290" t="s">
         <v>104</v>
       </c>
-      <c r="M11" s="281"/>
+      <c r="M11" s="290"/>
       <c r="N11" s="27"/>
       <c r="O11" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q11" s="277">
+      <c r="Q11" s="291">
         <v>143000</v>
       </c>
-      <c r="R11" s="277"/>
-[...2 lines deleted...]
-      <c r="U11" s="277"/>
+      <c r="R11" s="291"/>
+      <c r="S11" s="291"/>
+      <c r="T11" s="291"/>
+      <c r="U11" s="291"/>
       <c r="V11" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="W11" s="282">
+      <c r="W11" s="292">
         <v>0.5</v>
       </c>
-      <c r="X11" s="282"/>
+      <c r="X11" s="292"/>
       <c r="Y11" s="27"/>
       <c r="Z11" s="30"/>
       <c r="AA11" s="117"/>
       <c r="AB11" s="27"/>
-      <c r="AC11" s="275">
+      <c r="AC11" s="293">
         <f>N11*Q11*W11</f>
         <v>0</v>
       </c>
-      <c r="AD11" s="276"/>
+      <c r="AD11" s="294"/>
     </row>
     <row r="12" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="26"/>
       <c r="B12" s="27"/>
       <c r="C12" s="27"/>
       <c r="D12" s="28"/>
       <c r="E12" s="118"/>
       <c r="F12" s="118"/>
       <c r="G12" s="118"/>
       <c r="H12" s="27"/>
       <c r="I12" s="29"/>
       <c r="J12" s="29"/>
       <c r="K12" s="29"/>
       <c r="L12" s="119"/>
       <c r="M12" s="119"/>
       <c r="N12" s="27"/>
       <c r="O12" s="27"/>
       <c r="P12" s="30"/>
       <c r="Q12" s="113"/>
       <c r="R12" s="113"/>
       <c r="S12" s="113"/>
       <c r="T12" s="113"/>
       <c r="U12" s="113"/>
       <c r="V12" s="30"/>
       <c r="W12" s="117"/>
       <c r="X12" s="117"/>
       <c r="Y12" s="27"/>
       <c r="Z12" s="30"/>
       <c r="AA12" s="117"/>
       <c r="AB12" s="27"/>
       <c r="AC12" s="115"/>
       <c r="AD12" s="116"/>
     </row>
     <row r="13" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="26"/>
       <c r="B13" s="27"/>
       <c r="C13" s="27"/>
       <c r="D13" s="28"/>
       <c r="E13" s="118"/>
       <c r="F13" s="118"/>
       <c r="G13" s="118"/>
       <c r="H13" s="27"/>
       <c r="I13" s="117"/>
       <c r="J13" s="119"/>
       <c r="K13" s="119"/>
       <c r="L13" s="117"/>
       <c r="M13" s="30"/>
       <c r="N13" s="27"/>
       <c r="O13" s="27"/>
       <c r="P13" s="30"/>
-      <c r="Q13" s="281"/>
-[...3 lines deleted...]
-      <c r="U13" s="281"/>
+      <c r="Q13" s="290"/>
+      <c r="R13" s="290"/>
+      <c r="S13" s="290"/>
+      <c r="T13" s="290"/>
+      <c r="U13" s="290"/>
       <c r="V13" s="29"/>
       <c r="W13" s="27"/>
       <c r="X13" s="27"/>
       <c r="Y13" s="27"/>
       <c r="Z13" s="30"/>
       <c r="AA13" s="117"/>
       <c r="AB13" s="27"/>
       <c r="AC13" s="27"/>
       <c r="AD13" s="35"/>
     </row>
     <row r="14" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="26"/>
       <c r="B14" s="27"/>
       <c r="C14" s="27"/>
       <c r="D14" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E14" s="274" t="s">
+      <c r="E14" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F14" s="274"/>
-      <c r="G14" s="274"/>
+      <c r="F14" s="288"/>
+      <c r="G14" s="288"/>
       <c r="H14" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I14" s="274" t="e">
+      <c r="I14" s="288" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J14" s="274"/>
-[...2 lines deleted...]
-      <c r="M14" s="274"/>
+      <c r="J14" s="288"/>
+      <c r="K14" s="288"/>
+      <c r="L14" s="288"/>
+      <c r="M14" s="288"/>
       <c r="N14" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O14" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P14" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q14" s="277" t="e">
+      <c r="Q14" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R14" s="277"/>
-[...2 lines deleted...]
-      <c r="U14" s="277"/>
+      <c r="R14" s="291"/>
+      <c r="S14" s="291"/>
+      <c r="T14" s="291"/>
+      <c r="U14" s="291"/>
       <c r="V14" s="30"/>
-      <c r="W14" s="282"/>
-      <c r="X14" s="282"/>
+      <c r="W14" s="292"/>
+      <c r="X14" s="292"/>
       <c r="Y14" s="29"/>
       <c r="Z14" s="27"/>
       <c r="AA14" s="27"/>
       <c r="AB14" s="27"/>
-      <c r="AC14" s="275" t="e">
+      <c r="AC14" s="293" t="e">
         <f>N14*Q14</f>
         <v>#REF!</v>
       </c>
-      <c r="AD14" s="276"/>
+      <c r="AD14" s="294"/>
     </row>
     <row r="15" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="26"/>
       <c r="B15" s="27"/>
       <c r="C15" s="27"/>
       <c r="D15" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E15" s="274" t="s">
+      <c r="E15" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F15" s="274"/>
-      <c r="G15" s="274"/>
+      <c r="F15" s="288"/>
+      <c r="G15" s="288"/>
       <c r="H15" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I15" s="274" t="e">
+      <c r="I15" s="288" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J15" s="274"/>
-[...2 lines deleted...]
-      <c r="M15" s="274"/>
+      <c r="J15" s="288"/>
+      <c r="K15" s="288"/>
+      <c r="L15" s="288"/>
+      <c r="M15" s="288"/>
       <c r="N15" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O15" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P15" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q15" s="277" t="e">
+      <c r="Q15" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R15" s="277"/>
-[...2 lines deleted...]
-      <c r="U15" s="277"/>
+      <c r="R15" s="291"/>
+      <c r="S15" s="291"/>
+      <c r="T15" s="291"/>
+      <c r="U15" s="291"/>
       <c r="V15" s="30"/>
       <c r="W15" s="117"/>
       <c r="X15" s="117"/>
       <c r="Y15" s="29"/>
       <c r="Z15" s="27"/>
       <c r="AA15" s="27"/>
       <c r="AB15" s="27"/>
-      <c r="AC15" s="275" t="e">
+      <c r="AC15" s="293" t="e">
         <f t="shared" ref="AC15:AC24" si="0">N15*Q15</f>
         <v>#REF!</v>
       </c>
-      <c r="AD15" s="276"/>
+      <c r="AD15" s="294"/>
     </row>
     <row r="16" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26"/>
       <c r="B16" s="27"/>
       <c r="C16" s="27"/>
       <c r="D16" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E16" s="274" t="s">
+      <c r="E16" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F16" s="274"/>
-      <c r="G16" s="274"/>
+      <c r="F16" s="288"/>
+      <c r="G16" s="288"/>
       <c r="H16" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I16" s="274" t="s">
+      <c r="I16" s="288" t="s">
         <v>91</v>
       </c>
-      <c r="J16" s="274"/>
-[...2 lines deleted...]
-      <c r="M16" s="274"/>
+      <c r="J16" s="288"/>
+      <c r="K16" s="288"/>
+      <c r="L16" s="288"/>
+      <c r="M16" s="288"/>
       <c r="N16" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O16" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P16" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q16" s="277" t="e">
+      <c r="Q16" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R16" s="277"/>
-[...2 lines deleted...]
-      <c r="U16" s="277"/>
+      <c r="R16" s="291"/>
+      <c r="S16" s="291"/>
+      <c r="T16" s="291"/>
+      <c r="U16" s="291"/>
       <c r="V16" s="30"/>
       <c r="W16" s="117"/>
       <c r="X16" s="117"/>
       <c r="Y16" s="29"/>
       <c r="Z16" s="27"/>
       <c r="AA16" s="27"/>
       <c r="AB16" s="27"/>
-      <c r="AC16" s="275" t="e">
+      <c r="AC16" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD16" s="276"/>
+      <c r="AD16" s="294"/>
     </row>
     <row r="17" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26"/>
       <c r="B17" s="27"/>
       <c r="C17" s="27"/>
       <c r="D17" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E17" s="274" t="s">
+      <c r="E17" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F17" s="274"/>
-      <c r="G17" s="274"/>
+      <c r="F17" s="288"/>
+      <c r="G17" s="288"/>
       <c r="H17" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I17" s="274" t="s">
+      <c r="I17" s="288" t="s">
         <v>92</v>
       </c>
-      <c r="J17" s="274"/>
-[...2 lines deleted...]
-      <c r="M17" s="274"/>
+      <c r="J17" s="288"/>
+      <c r="K17" s="288"/>
+      <c r="L17" s="288"/>
+      <c r="M17" s="288"/>
       <c r="N17" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O17" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P17" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q17" s="277" t="e">
+      <c r="Q17" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R17" s="277"/>
-[...2 lines deleted...]
-      <c r="U17" s="277"/>
+      <c r="R17" s="291"/>
+      <c r="S17" s="291"/>
+      <c r="T17" s="291"/>
+      <c r="U17" s="291"/>
       <c r="V17" s="30"/>
       <c r="W17" s="117"/>
       <c r="X17" s="117"/>
       <c r="Y17" s="29"/>
       <c r="Z17" s="27"/>
       <c r="AA17" s="27"/>
       <c r="AB17" s="27"/>
-      <c r="AC17" s="275" t="e">
+      <c r="AC17" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD17" s="276"/>
+      <c r="AD17" s="294"/>
     </row>
     <row r="18" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26"/>
       <c r="B18" s="27"/>
       <c r="C18" s="27"/>
       <c r="D18" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E18" s="274" t="s">
+      <c r="E18" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F18" s="274"/>
-      <c r="G18" s="274"/>
+      <c r="F18" s="288"/>
+      <c r="G18" s="288"/>
       <c r="H18" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I18" s="274" t="s">
+      <c r="I18" s="288" t="s">
         <v>94</v>
       </c>
-      <c r="J18" s="274"/>
-[...2 lines deleted...]
-      <c r="M18" s="274"/>
+      <c r="J18" s="288"/>
+      <c r="K18" s="288"/>
+      <c r="L18" s="288"/>
+      <c r="M18" s="288"/>
       <c r="N18" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O18" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P18" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q18" s="277" t="e">
+      <c r="Q18" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R18" s="277"/>
-[...2 lines deleted...]
-      <c r="U18" s="277"/>
+      <c r="R18" s="291"/>
+      <c r="S18" s="291"/>
+      <c r="T18" s="291"/>
+      <c r="U18" s="291"/>
       <c r="V18" s="50" t="s">
         <v>57</v>
       </c>
       <c r="W18" s="117" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="X18" s="117" t="s">
         <v>101</v>
       </c>
       <c r="Y18" s="29"/>
       <c r="Z18" s="27"/>
       <c r="AA18" s="27"/>
       <c r="AB18" s="27"/>
-      <c r="AC18" s="275" t="e">
+      <c r="AC18" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD18" s="276"/>
+      <c r="AD18" s="294"/>
     </row>
     <row r="19" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26"/>
       <c r="B19" s="27"/>
       <c r="C19" s="27"/>
       <c r="D19" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E19" s="274" t="s">
+      <c r="E19" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F19" s="274"/>
-      <c r="G19" s="274"/>
+      <c r="F19" s="288"/>
+      <c r="G19" s="288"/>
       <c r="H19" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I19" s="274" t="s">
+      <c r="I19" s="288" t="s">
         <v>93</v>
       </c>
-      <c r="J19" s="274"/>
-[...2 lines deleted...]
-      <c r="M19" s="274"/>
+      <c r="J19" s="288"/>
+      <c r="K19" s="288"/>
+      <c r="L19" s="288"/>
+      <c r="M19" s="288"/>
       <c r="N19" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O19" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P19" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q19" s="277" t="e">
+      <c r="Q19" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R19" s="277"/>
-[...2 lines deleted...]
-      <c r="U19" s="277"/>
+      <c r="R19" s="291"/>
+      <c r="S19" s="291"/>
+      <c r="T19" s="291"/>
+      <c r="U19" s="291"/>
       <c r="V19" s="50" t="s">
         <v>57</v>
       </c>
       <c r="W19" s="117" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="X19" s="117" t="s">
         <v>101</v>
       </c>
       <c r="Y19" s="29"/>
       <c r="Z19" s="27"/>
       <c r="AA19" s="27"/>
       <c r="AB19" s="27"/>
-      <c r="AC19" s="275" t="e">
+      <c r="AC19" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD19" s="276"/>
+      <c r="AD19" s="294"/>
     </row>
     <row r="20" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
       <c r="B20" s="27"/>
       <c r="C20" s="27"/>
       <c r="D20" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E20" s="274" t="s">
+      <c r="E20" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F20" s="274"/>
-      <c r="G20" s="274"/>
+      <c r="F20" s="288"/>
+      <c r="G20" s="288"/>
       <c r="H20" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I20" s="274" t="e">
+      <c r="I20" s="288" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J20" s="274"/>
-[...2 lines deleted...]
-      <c r="M20" s="274"/>
+      <c r="J20" s="288"/>
+      <c r="K20" s="288"/>
+      <c r="L20" s="288"/>
+      <c r="M20" s="288"/>
       <c r="N20" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O20" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P20" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q20" s="277">
+      <c r="Q20" s="291">
         <f>'공연,행사'!O30</f>
         <v>5000</v>
       </c>
-      <c r="R20" s="277"/>
-[...2 lines deleted...]
-      <c r="U20" s="277"/>
+      <c r="R20" s="291"/>
+      <c r="S20" s="291"/>
+      <c r="T20" s="291"/>
+      <c r="U20" s="291"/>
       <c r="V20" s="30"/>
       <c r="W20" s="117"/>
       <c r="X20" s="117"/>
       <c r="Y20" s="29"/>
       <c r="Z20" s="27"/>
       <c r="AA20" s="27"/>
       <c r="AB20" s="27"/>
-      <c r="AC20" s="275" t="e">
+      <c r="AC20" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD20" s="276"/>
+      <c r="AD20" s="294"/>
     </row>
     <row r="21" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="26"/>
       <c r="B21" s="27"/>
       <c r="C21" s="27"/>
       <c r="D21" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E21" s="274" t="s">
+      <c r="E21" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F21" s="274"/>
-      <c r="G21" s="274"/>
+      <c r="F21" s="288"/>
+      <c r="G21" s="288"/>
       <c r="H21" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I21" s="283" t="e">
+      <c r="I21" s="306" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="J21" s="283"/>
-[...2 lines deleted...]
-      <c r="M21" s="283"/>
+      <c r="J21" s="306"/>
+      <c r="K21" s="306"/>
+      <c r="L21" s="306"/>
+      <c r="M21" s="306"/>
       <c r="N21" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O21" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P21" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q21" s="277" t="e">
+      <c r="Q21" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R21" s="277"/>
-[...2 lines deleted...]
-      <c r="U21" s="277"/>
+      <c r="R21" s="291"/>
+      <c r="S21" s="291"/>
+      <c r="T21" s="291"/>
+      <c r="U21" s="291"/>
       <c r="V21" s="30"/>
       <c r="W21" s="117"/>
       <c r="X21" s="117"/>
       <c r="Y21" s="29"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="27"/>
       <c r="AB21" s="27"/>
-      <c r="AC21" s="275" t="e">
+      <c r="AC21" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD21" s="276"/>
+      <c r="AD21" s="294"/>
     </row>
     <row r="22" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="26"/>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E22" s="274" t="s">
+      <c r="E22" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F22" s="274"/>
-      <c r="G22" s="274"/>
+      <c r="F22" s="288"/>
+      <c r="G22" s="288"/>
       <c r="H22" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I22" s="283" t="s">
+      <c r="I22" s="306" t="s">
         <v>96</v>
       </c>
-      <c r="J22" s="283"/>
-[...2 lines deleted...]
-      <c r="M22" s="283"/>
+      <c r="J22" s="306"/>
+      <c r="K22" s="306"/>
+      <c r="L22" s="306"/>
+      <c r="M22" s="306"/>
       <c r="N22" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O22" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P22" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q22" s="277" t="e">
+      <c r="Q22" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R22" s="277"/>
-[...2 lines deleted...]
-      <c r="U22" s="277"/>
+      <c r="R22" s="291"/>
+      <c r="S22" s="291"/>
+      <c r="T22" s="291"/>
+      <c r="U22" s="291"/>
       <c r="V22" s="30"/>
       <c r="W22" s="117"/>
       <c r="X22" s="117"/>
       <c r="Y22" s="29"/>
       <c r="Z22" s="27"/>
       <c r="AA22" s="27"/>
       <c r="AB22" s="27"/>
-      <c r="AC22" s="275" t="e">
+      <c r="AC22" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD22" s="276"/>
+      <c r="AD22" s="294"/>
     </row>
     <row r="23" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="26"/>
       <c r="B23" s="27"/>
       <c r="C23" s="27"/>
       <c r="D23" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E23" s="274" t="s">
+      <c r="E23" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F23" s="274"/>
-      <c r="G23" s="274"/>
+      <c r="F23" s="288"/>
+      <c r="G23" s="288"/>
       <c r="H23" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I23" s="274" t="s">
+      <c r="I23" s="288" t="s">
         <v>26</v>
       </c>
-      <c r="J23" s="274"/>
-[...2 lines deleted...]
-      <c r="M23" s="274"/>
+      <c r="J23" s="288"/>
+      <c r="K23" s="288"/>
+      <c r="L23" s="288"/>
+      <c r="M23" s="288"/>
       <c r="N23" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O23" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P23" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q23" s="277" t="e">
+      <c r="Q23" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R23" s="277"/>
-[...2 lines deleted...]
-      <c r="U23" s="277"/>
+      <c r="R23" s="291"/>
+      <c r="S23" s="291"/>
+      <c r="T23" s="291"/>
+      <c r="U23" s="291"/>
       <c r="V23" s="30"/>
       <c r="W23" s="117"/>
       <c r="X23" s="117"/>
       <c r="Y23" s="29"/>
       <c r="Z23" s="27"/>
       <c r="AA23" s="27"/>
       <c r="AB23" s="27"/>
-      <c r="AC23" s="275" t="e">
+      <c r="AC23" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD23" s="276"/>
+      <c r="AD23" s="294"/>
     </row>
     <row r="24" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26"/>
       <c r="B24" s="27"/>
       <c r="C24" s="27"/>
       <c r="D24" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E24" s="274" t="s">
+      <c r="E24" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F24" s="274"/>
-      <c r="G24" s="274"/>
+      <c r="F24" s="288"/>
+      <c r="G24" s="288"/>
       <c r="H24" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I24" s="274" t="s">
+      <c r="I24" s="288" t="s">
         <v>27</v>
       </c>
-      <c r="J24" s="274"/>
-[...2 lines deleted...]
-      <c r="M24" s="274"/>
+      <c r="J24" s="288"/>
+      <c r="K24" s="288"/>
+      <c r="L24" s="288"/>
+      <c r="M24" s="288"/>
       <c r="N24" s="51" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O24" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P24" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q24" s="277" t="e">
+      <c r="Q24" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R24" s="277"/>
-[...2 lines deleted...]
-      <c r="U24" s="277"/>
+      <c r="R24" s="291"/>
+      <c r="S24" s="291"/>
+      <c r="T24" s="291"/>
+      <c r="U24" s="291"/>
       <c r="V24" s="30"/>
       <c r="W24" s="117"/>
       <c r="X24" s="117"/>
       <c r="Y24" s="29"/>
       <c r="Z24" s="27"/>
       <c r="AA24" s="27"/>
       <c r="AB24" s="27"/>
-      <c r="AC24" s="275" t="e">
+      <c r="AC24" s="293" t="e">
         <f t="shared" si="0"/>
         <v>#REF!</v>
       </c>
-      <c r="AD24" s="276"/>
+      <c r="AD24" s="294"/>
     </row>
     <row r="25" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A25" s="11"/>
       <c r="B25" s="13"/>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="13"/>
       <c r="G25" s="13"/>
       <c r="H25" s="13"/>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="13"/>
       <c r="L25" s="13"/>
       <c r="M25" s="13"/>
       <c r="N25" s="13"/>
       <c r="O25" s="13"/>
       <c r="P25" s="13"/>
       <c r="Q25" s="13"/>
       <c r="R25" s="13"/>
       <c r="S25" s="13"/>
       <c r="T25" s="13"/>
       <c r="U25" s="13"/>
       <c r="V25" s="13"/>
       <c r="W25" s="13"/>
       <c r="X25" s="13"/>
       <c r="Y25" s="13"/>
       <c r="Z25" s="13"/>
       <c r="AA25" s="13"/>
       <c r="AB25" s="13"/>
       <c r="AC25" s="13"/>
       <c r="AD25" s="14"/>
     </row>
     <row r="26" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A26" s="11"/>
       <c r="B26" s="13"/>
       <c r="C26" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="D26" s="278" t="s">
+      <c r="D26" s="285" t="s">
         <v>78</v>
       </c>
-      <c r="E26" s="278"/>
-[...1 lines deleted...]
-      <c r="G26" s="278"/>
+      <c r="E26" s="285"/>
+      <c r="F26" s="285"/>
+      <c r="G26" s="285"/>
       <c r="H26" s="25"/>
       <c r="I26" s="25"/>
       <c r="J26" s="25"/>
       <c r="K26" s="25"/>
       <c r="L26" s="25"/>
       <c r="M26" s="25"/>
       <c r="N26" s="25"/>
       <c r="O26" s="25"/>
       <c r="P26" s="25"/>
       <c r="Q26" s="25"/>
       <c r="R26" s="25"/>
       <c r="S26" s="25"/>
       <c r="T26" s="25"/>
       <c r="U26" s="25"/>
       <c r="V26" s="25"/>
       <c r="W26" s="25"/>
       <c r="X26" s="25"/>
       <c r="Y26" s="25"/>
       <c r="Z26" s="25"/>
       <c r="AA26" s="25"/>
-      <c r="AB26" s="279" t="e">
+      <c r="AB26" s="286" t="e">
         <f>SUM(AB27:AD43)</f>
         <v>#REF!</v>
       </c>
-      <c r="AC26" s="279"/>
-      <c r="AD26" s="280"/>
+      <c r="AC26" s="286"/>
+      <c r="AD26" s="287"/>
     </row>
     <row r="27" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="26"/>
       <c r="B27" s="27"/>
       <c r="C27" s="27"/>
       <c r="D27" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E27" s="274" t="s">
+      <c r="E27" s="288" t="s">
         <v>72</v>
       </c>
-      <c r="F27" s="274"/>
-      <c r="G27" s="274"/>
+      <c r="F27" s="288"/>
+      <c r="G27" s="288"/>
       <c r="H27" s="27" t="s">
         <v>62</v>
       </c>
       <c r="I27" s="29" t="s">
         <v>102</v>
       </c>
       <c r="J27" s="29"/>
       <c r="K27" s="29"/>
-      <c r="L27" s="281" t="s">
+      <c r="L27" s="290" t="s">
         <v>79</v>
       </c>
-      <c r="M27" s="281"/>
+      <c r="M27" s="290"/>
       <c r="N27" s="27"/>
       <c r="O27" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P27" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q27" s="277">
+      <c r="Q27" s="291">
         <v>165000</v>
       </c>
-      <c r="R27" s="277"/>
-[...2 lines deleted...]
-      <c r="U27" s="277"/>
+      <c r="R27" s="291"/>
+      <c r="S27" s="291"/>
+      <c r="T27" s="291"/>
+      <c r="U27" s="291"/>
       <c r="V27" s="30"/>
-      <c r="W27" s="282"/>
-      <c r="X27" s="282"/>
+      <c r="W27" s="292"/>
+      <c r="X27" s="292"/>
       <c r="Y27" s="27"/>
       <c r="Z27" s="30"/>
       <c r="AA27" s="117"/>
       <c r="AB27" s="27"/>
-      <c r="AC27" s="275">
+      <c r="AC27" s="293">
         <f>N27*Q27</f>
         <v>0</v>
       </c>
-      <c r="AD27" s="276"/>
+      <c r="AD27" s="294"/>
     </row>
     <row r="28" spans="1:30" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="26"/>
       <c r="B28" s="27"/>
       <c r="C28" s="27"/>
       <c r="D28" s="28"/>
       <c r="E28" s="114"/>
       <c r="F28" s="114"/>
       <c r="G28" s="114"/>
       <c r="H28" s="27"/>
       <c r="I28" s="29"/>
       <c r="J28" s="29"/>
       <c r="K28" s="29"/>
       <c r="L28" s="119"/>
       <c r="M28" s="119"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="113"/>
       <c r="R28" s="113"/>
       <c r="S28" s="113"/>
       <c r="T28" s="113"/>
       <c r="U28" s="113"/>
       <c r="V28" s="30"/>
       <c r="W28" s="117"/>
       <c r="X28" s="117"/>
       <c r="Y28" s="27"/>
       <c r="Z28" s="30"/>
       <c r="AA28" s="117"/>
       <c r="AB28" s="27"/>
       <c r="AC28" s="115"/>
       <c r="AD28" s="116"/>
     </row>
     <row r="29" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="26"/>
       <c r="B29" s="27"/>
       <c r="C29" s="27"/>
       <c r="D29" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E29" s="274" t="s">
+      <c r="E29" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F29" s="274"/>
-      <c r="G29" s="274"/>
+      <c r="F29" s="288"/>
+      <c r="G29" s="288"/>
       <c r="H29" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I29" s="274" t="s">
+      <c r="I29" s="288" t="s">
         <v>90</v>
       </c>
-      <c r="J29" s="274"/>
-[...2 lines deleted...]
-      <c r="M29" s="274"/>
+      <c r="J29" s="288"/>
+      <c r="K29" s="288"/>
+      <c r="L29" s="288"/>
+      <c r="M29" s="288"/>
       <c r="N29" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O29" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P29" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q29" s="277" t="e">
+      <c r="Q29" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R29" s="277"/>
-[...2 lines deleted...]
-      <c r="U29" s="277"/>
+      <c r="R29" s="291"/>
+      <c r="S29" s="291"/>
+      <c r="T29" s="291"/>
+      <c r="U29" s="291"/>
       <c r="V29" s="30"/>
       <c r="W29" s="117"/>
       <c r="X29" s="117"/>
       <c r="Y29" s="27"/>
       <c r="Z29" s="27"/>
       <c r="AA29" s="27"/>
       <c r="AB29" s="27"/>
-      <c r="AC29" s="275" t="e">
+      <c r="AC29" s="293" t="e">
         <f>N29*Q29</f>
         <v>#REF!</v>
       </c>
-      <c r="AD29" s="276"/>
+      <c r="AD29" s="294"/>
     </row>
     <row r="30" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="26"/>
       <c r="B30" s="27"/>
       <c r="C30" s="27"/>
       <c r="D30" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E30" s="274" t="s">
+      <c r="E30" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F30" s="274"/>
-      <c r="G30" s="274"/>
+      <c r="F30" s="288"/>
+      <c r="G30" s="288"/>
       <c r="H30" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I30" s="274" t="s">
+      <c r="I30" s="288" t="s">
         <v>89</v>
       </c>
-      <c r="J30" s="274"/>
-[...2 lines deleted...]
-      <c r="M30" s="274"/>
+      <c r="J30" s="288"/>
+      <c r="K30" s="288"/>
+      <c r="L30" s="288"/>
+      <c r="M30" s="288"/>
       <c r="N30" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O30" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P30" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q30" s="277" t="e">
+      <c r="Q30" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R30" s="277"/>
-[...2 lines deleted...]
-      <c r="U30" s="277"/>
+      <c r="R30" s="291"/>
+      <c r="S30" s="291"/>
+      <c r="T30" s="291"/>
+      <c r="U30" s="291"/>
       <c r="V30" s="30"/>
       <c r="W30" s="117"/>
       <c r="X30" s="117"/>
       <c r="Y30" s="27"/>
       <c r="Z30" s="27"/>
       <c r="AA30" s="27"/>
       <c r="AB30" s="27"/>
-      <c r="AC30" s="275" t="e">
+      <c r="AC30" s="293" t="e">
         <f t="shared" ref="AC30:AC41" si="1">N30*Q30</f>
         <v>#REF!</v>
       </c>
-      <c r="AD30" s="276"/>
+      <c r="AD30" s="294"/>
     </row>
     <row r="31" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="26"/>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E31" s="274" t="s">
+      <c r="E31" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F31" s="274"/>
-      <c r="G31" s="274"/>
+      <c r="F31" s="288"/>
+      <c r="G31" s="288"/>
       <c r="H31" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I31" s="274" t="s">
+      <c r="I31" s="288" t="s">
         <v>91</v>
       </c>
-      <c r="J31" s="274"/>
-[...2 lines deleted...]
-      <c r="M31" s="274"/>
+      <c r="J31" s="288"/>
+      <c r="K31" s="288"/>
+      <c r="L31" s="288"/>
+      <c r="M31" s="288"/>
       <c r="N31" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O31" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P31" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q31" s="277" t="e">
+      <c r="Q31" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R31" s="277"/>
-[...2 lines deleted...]
-      <c r="U31" s="277"/>
+      <c r="R31" s="291"/>
+      <c r="S31" s="291"/>
+      <c r="T31" s="291"/>
+      <c r="U31" s="291"/>
       <c r="V31" s="30"/>
       <c r="W31" s="117"/>
       <c r="X31" s="117"/>
       <c r="Y31" s="27"/>
       <c r="Z31" s="27"/>
       <c r="AA31" s="27"/>
       <c r="AB31" s="27"/>
-      <c r="AC31" s="275" t="e">
+      <c r="AC31" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD31" s="276"/>
+      <c r="AD31" s="294"/>
     </row>
     <row r="32" spans="1:30" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="26"/>
       <c r="B32" s="27"/>
       <c r="C32" s="27"/>
       <c r="D32" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E32" s="274" t="s">
+      <c r="E32" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F32" s="274"/>
-      <c r="G32" s="274"/>
+      <c r="F32" s="288"/>
+      <c r="G32" s="288"/>
       <c r="H32" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I32" s="274" t="s">
+      <c r="I32" s="288" t="s">
         <v>92</v>
       </c>
-      <c r="J32" s="274"/>
-[...2 lines deleted...]
-      <c r="M32" s="274"/>
+      <c r="J32" s="288"/>
+      <c r="K32" s="288"/>
+      <c r="L32" s="288"/>
+      <c r="M32" s="288"/>
       <c r="N32" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O32" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P32" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q32" s="277" t="e">
+      <c r="Q32" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R32" s="277"/>
-[...2 lines deleted...]
-      <c r="U32" s="277"/>
+      <c r="R32" s="291"/>
+      <c r="S32" s="291"/>
+      <c r="T32" s="291"/>
+      <c r="U32" s="291"/>
       <c r="V32" s="30"/>
       <c r="W32" s="117"/>
       <c r="X32" s="117"/>
       <c r="Y32" s="27"/>
       <c r="Z32" s="27"/>
       <c r="AA32" s="27"/>
       <c r="AB32" s="27"/>
-      <c r="AC32" s="275" t="e">
+      <c r="AC32" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD32" s="276"/>
+      <c r="AD32" s="294"/>
     </row>
     <row r="33" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="26"/>
       <c r="B33" s="27"/>
       <c r="C33" s="27"/>
       <c r="D33" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E33" s="274" t="s">
+      <c r="E33" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F33" s="274"/>
-      <c r="G33" s="274"/>
+      <c r="F33" s="288"/>
+      <c r="G33" s="288"/>
       <c r="H33" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I33" s="274" t="s">
+      <c r="I33" s="288" t="s">
         <v>94</v>
       </c>
-      <c r="J33" s="274"/>
-[...2 lines deleted...]
-      <c r="M33" s="274"/>
+      <c r="J33" s="288"/>
+      <c r="K33" s="288"/>
+      <c r="L33" s="288"/>
+      <c r="M33" s="288"/>
       <c r="N33" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O33" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P33" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q33" s="277" t="e">
+      <c r="Q33" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R33" s="277"/>
-[...2 lines deleted...]
-      <c r="U33" s="277"/>
+      <c r="R33" s="291"/>
+      <c r="S33" s="291"/>
+      <c r="T33" s="291"/>
+      <c r="U33" s="291"/>
       <c r="V33" s="50" t="s">
         <v>57</v>
       </c>
       <c r="W33" s="117" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="X33" s="117" t="s">
         <v>101</v>
       </c>
       <c r="Y33" s="29"/>
       <c r="Z33" s="27"/>
       <c r="AA33" s="27"/>
       <c r="AB33" s="27"/>
-      <c r="AC33" s="275" t="e">
+      <c r="AC33" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD33" s="276"/>
+      <c r="AD33" s="294"/>
     </row>
     <row r="34" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="26"/>
       <c r="B34" s="27"/>
       <c r="C34" s="27"/>
       <c r="D34" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E34" s="274" t="s">
+      <c r="E34" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F34" s="274"/>
-      <c r="G34" s="274"/>
+      <c r="F34" s="288"/>
+      <c r="G34" s="288"/>
       <c r="H34" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I34" s="274" t="s">
+      <c r="I34" s="288" t="s">
         <v>93</v>
       </c>
-      <c r="J34" s="274"/>
-[...2 lines deleted...]
-      <c r="M34" s="274"/>
+      <c r="J34" s="288"/>
+      <c r="K34" s="288"/>
+      <c r="L34" s="288"/>
+      <c r="M34" s="288"/>
       <c r="N34" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O34" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P34" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q34" s="277" t="e">
+      <c r="Q34" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R34" s="277"/>
-[...2 lines deleted...]
-      <c r="U34" s="277"/>
+      <c r="R34" s="291"/>
+      <c r="S34" s="291"/>
+      <c r="T34" s="291"/>
+      <c r="U34" s="291"/>
       <c r="V34" s="50" t="s">
         <v>57</v>
       </c>
       <c r="W34" s="117" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="X34" s="117" t="s">
         <v>101</v>
       </c>
       <c r="Y34" s="29"/>
       <c r="Z34" s="27"/>
       <c r="AA34" s="27"/>
       <c r="AB34" s="27"/>
-      <c r="AC34" s="275" t="e">
+      <c r="AC34" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD34" s="276"/>
+      <c r="AD34" s="294"/>
     </row>
     <row r="35" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="26"/>
       <c r="B35" s="27"/>
       <c r="C35" s="27"/>
       <c r="D35" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E35" s="274" t="s">
+      <c r="E35" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F35" s="274"/>
-      <c r="G35" s="274"/>
+      <c r="F35" s="288"/>
+      <c r="G35" s="288"/>
       <c r="H35" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I35" s="274" t="s">
+      <c r="I35" s="288" t="s">
         <v>95</v>
       </c>
-      <c r="J35" s="274"/>
-[...2 lines deleted...]
-      <c r="M35" s="274"/>
+      <c r="J35" s="288"/>
+      <c r="K35" s="288"/>
+      <c r="L35" s="288"/>
+      <c r="M35" s="288"/>
       <c r="N35" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O35" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P35" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q35" s="277" t="e">
+      <c r="Q35" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R35" s="277"/>
-[...2 lines deleted...]
-      <c r="U35" s="277"/>
+      <c r="R35" s="291"/>
+      <c r="S35" s="291"/>
+      <c r="T35" s="291"/>
+      <c r="U35" s="291"/>
       <c r="V35" s="30"/>
       <c r="W35" s="117"/>
       <c r="X35" s="117"/>
       <c r="Y35" s="27"/>
       <c r="Z35" s="27"/>
       <c r="AA35" s="27"/>
       <c r="AB35" s="27"/>
-      <c r="AC35" s="275" t="e">
+      <c r="AC35" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD35" s="276"/>
+      <c r="AD35" s="294"/>
     </row>
     <row r="36" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="26"/>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E36" s="274" t="s">
+      <c r="E36" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F36" s="274"/>
-      <c r="G36" s="274"/>
+      <c r="F36" s="288"/>
+      <c r="G36" s="288"/>
       <c r="H36" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I36" s="283" t="s">
+      <c r="I36" s="306" t="s">
         <v>20</v>
       </c>
-      <c r="J36" s="283"/>
-[...2 lines deleted...]
-      <c r="M36" s="283"/>
+      <c r="J36" s="306"/>
+      <c r="K36" s="306"/>
+      <c r="L36" s="306"/>
+      <c r="M36" s="306"/>
       <c r="N36" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O36" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P36" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q36" s="277" t="e">
+      <c r="Q36" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R36" s="277"/>
-[...2 lines deleted...]
-      <c r="U36" s="277"/>
+      <c r="R36" s="291"/>
+      <c r="S36" s="291"/>
+      <c r="T36" s="291"/>
+      <c r="U36" s="291"/>
       <c r="V36" s="30"/>
       <c r="W36" s="117"/>
       <c r="X36" s="117"/>
       <c r="Y36" s="27"/>
       <c r="Z36" s="27"/>
       <c r="AA36" s="27"/>
       <c r="AB36" s="27"/>
-      <c r="AC36" s="275" t="e">
+      <c r="AC36" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD36" s="276"/>
+      <c r="AD36" s="294"/>
     </row>
     <row r="37" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="26"/>
       <c r="B37" s="27"/>
       <c r="C37" s="27"/>
       <c r="D37" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E37" s="274" t="s">
+      <c r="E37" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F37" s="274"/>
-      <c r="G37" s="274"/>
+      <c r="F37" s="288"/>
+      <c r="G37" s="288"/>
       <c r="H37" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I37" s="283" t="s">
+      <c r="I37" s="306" t="s">
         <v>96</v>
       </c>
-      <c r="J37" s="283"/>
-[...2 lines deleted...]
-      <c r="M37" s="283"/>
+      <c r="J37" s="306"/>
+      <c r="K37" s="306"/>
+      <c r="L37" s="306"/>
+      <c r="M37" s="306"/>
       <c r="N37" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O37" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P37" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q37" s="277" t="e">
+      <c r="Q37" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R37" s="277"/>
-[...2 lines deleted...]
-      <c r="U37" s="277"/>
+      <c r="R37" s="291"/>
+      <c r="S37" s="291"/>
+      <c r="T37" s="291"/>
+      <c r="U37" s="291"/>
       <c r="V37" s="30"/>
       <c r="W37" s="117"/>
       <c r="X37" s="117"/>
       <c r="Y37" s="27"/>
       <c r="Z37" s="27"/>
       <c r="AA37" s="27"/>
       <c r="AB37" s="27"/>
-      <c r="AC37" s="275" t="e">
+      <c r="AC37" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD37" s="276"/>
+      <c r="AD37" s="294"/>
     </row>
     <row r="38" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="26"/>
       <c r="B38" s="27"/>
       <c r="C38" s="27"/>
       <c r="D38" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E38" s="274" t="s">
+      <c r="E38" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F38" s="274"/>
-      <c r="G38" s="274"/>
+      <c r="F38" s="288"/>
+      <c r="G38" s="288"/>
       <c r="H38" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I38" s="274" t="s">
+      <c r="I38" s="288" t="s">
         <v>97</v>
       </c>
-      <c r="J38" s="274"/>
-[...2 lines deleted...]
-      <c r="M38" s="274"/>
+      <c r="J38" s="288"/>
+      <c r="K38" s="288"/>
+      <c r="L38" s="288"/>
+      <c r="M38" s="288"/>
       <c r="N38" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O38" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P38" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q38" s="277" t="e">
+      <c r="Q38" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R38" s="277"/>
-[...2 lines deleted...]
-      <c r="U38" s="277"/>
+      <c r="R38" s="291"/>
+      <c r="S38" s="291"/>
+      <c r="T38" s="291"/>
+      <c r="U38" s="291"/>
       <c r="V38" s="30"/>
       <c r="W38" s="117"/>
       <c r="X38" s="117"/>
       <c r="Y38" s="27"/>
       <c r="Z38" s="27"/>
       <c r="AA38" s="27"/>
       <c r="AB38" s="27"/>
-      <c r="AC38" s="275" t="e">
+      <c r="AC38" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD38" s="276"/>
+      <c r="AD38" s="294"/>
     </row>
     <row r="39" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="26"/>
       <c r="B39" s="27"/>
       <c r="C39" s="27"/>
       <c r="D39" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E39" s="274" t="s">
+      <c r="E39" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F39" s="274"/>
-      <c r="G39" s="274"/>
+      <c r="F39" s="288"/>
+      <c r="G39" s="288"/>
       <c r="H39" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I39" s="274" t="s">
+      <c r="I39" s="288" t="s">
         <v>98</v>
       </c>
-      <c r="J39" s="274"/>
-[...2 lines deleted...]
-      <c r="M39" s="274"/>
+      <c r="J39" s="288"/>
+      <c r="K39" s="288"/>
+      <c r="L39" s="288"/>
+      <c r="M39" s="288"/>
       <c r="N39" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O39" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P39" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q39" s="277" t="e">
+      <c r="Q39" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R39" s="277"/>
-[...2 lines deleted...]
-      <c r="U39" s="277"/>
+      <c r="R39" s="291"/>
+      <c r="S39" s="291"/>
+      <c r="T39" s="291"/>
+      <c r="U39" s="291"/>
       <c r="V39" s="30"/>
       <c r="W39" s="117"/>
       <c r="X39" s="117"/>
       <c r="Y39" s="27"/>
       <c r="Z39" s="27"/>
       <c r="AA39" s="27"/>
       <c r="AB39" s="27"/>
-      <c r="AC39" s="275" t="e">
+      <c r="AC39" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD39" s="276"/>
+      <c r="AD39" s="294"/>
     </row>
     <row r="40" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="26"/>
       <c r="B40" s="27"/>
       <c r="C40" s="27"/>
       <c r="D40" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E40" s="274" t="s">
+      <c r="E40" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F40" s="274"/>
-      <c r="G40" s="274"/>
+      <c r="F40" s="288"/>
+      <c r="G40" s="288"/>
       <c r="H40" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I40" s="274" t="s">
+      <c r="I40" s="288" t="s">
         <v>99</v>
       </c>
-      <c r="J40" s="274"/>
-[...2 lines deleted...]
-      <c r="M40" s="274"/>
+      <c r="J40" s="288"/>
+      <c r="K40" s="288"/>
+      <c r="L40" s="288"/>
+      <c r="M40" s="288"/>
       <c r="N40" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O40" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P40" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q40" s="277" t="e">
+      <c r="Q40" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R40" s="277"/>
-[...2 lines deleted...]
-      <c r="U40" s="277"/>
+      <c r="R40" s="291"/>
+      <c r="S40" s="291"/>
+      <c r="T40" s="291"/>
+      <c r="U40" s="291"/>
       <c r="V40" s="30"/>
       <c r="W40" s="117"/>
       <c r="X40" s="117"/>
       <c r="Y40" s="27"/>
       <c r="Z40" s="27"/>
       <c r="AA40" s="27"/>
       <c r="AB40" s="27"/>
-      <c r="AC40" s="275" t="e">
+      <c r="AC40" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD40" s="276"/>
+      <c r="AD40" s="294"/>
     </row>
     <row r="41" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="26"/>
       <c r="B41" s="27"/>
       <c r="C41" s="27"/>
       <c r="D41" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E41" s="274" t="s">
+      <c r="E41" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F41" s="274"/>
-      <c r="G41" s="274"/>
+      <c r="F41" s="288"/>
+      <c r="G41" s="288"/>
       <c r="H41" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I41" s="274" t="s">
+      <c r="I41" s="288" t="s">
         <v>26</v>
       </c>
-      <c r="J41" s="274"/>
-[...2 lines deleted...]
-      <c r="M41" s="274"/>
+      <c r="J41" s="288"/>
+      <c r="K41" s="288"/>
+      <c r="L41" s="288"/>
+      <c r="M41" s="288"/>
       <c r="N41" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O41" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P41" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q41" s="277" t="e">
+      <c r="Q41" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R41" s="277"/>
-[...2 lines deleted...]
-      <c r="U41" s="277"/>
+      <c r="R41" s="291"/>
+      <c r="S41" s="291"/>
+      <c r="T41" s="291"/>
+      <c r="U41" s="291"/>
       <c r="V41" s="30"/>
       <c r="W41" s="117"/>
       <c r="X41" s="117"/>
       <c r="Y41" s="27"/>
       <c r="Z41" s="27"/>
       <c r="AA41" s="27"/>
       <c r="AB41" s="27"/>
-      <c r="AC41" s="275" t="e">
+      <c r="AC41" s="293" t="e">
         <f t="shared" si="1"/>
         <v>#REF!</v>
       </c>
-      <c r="AD41" s="276"/>
+      <c r="AD41" s="294"/>
     </row>
     <row r="42" spans="1:31" s="32" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="26"/>
       <c r="B42" s="27"/>
       <c r="C42" s="27"/>
       <c r="D42" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E42" s="274" t="s">
+      <c r="E42" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F42" s="274"/>
-      <c r="G42" s="274"/>
+      <c r="F42" s="288"/>
+      <c r="G42" s="288"/>
       <c r="H42" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I42" s="274" t="s">
+      <c r="I42" s="288" t="s">
         <v>27</v>
       </c>
-      <c r="J42" s="274"/>
-[...2 lines deleted...]
-      <c r="M42" s="274"/>
+      <c r="J42" s="288"/>
+      <c r="K42" s="288"/>
+      <c r="L42" s="288"/>
+      <c r="M42" s="288"/>
       <c r="N42" s="49" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="O42" s="27" t="s">
         <v>74</v>
       </c>
       <c r="P42" s="30" t="s">
         <v>75</v>
       </c>
-      <c r="Q42" s="277" t="e">
+      <c r="Q42" s="291" t="e">
         <f>#REF!</f>
         <v>#REF!</v>
       </c>
-      <c r="R42" s="277"/>
-[...2 lines deleted...]
-      <c r="U42" s="277"/>
+      <c r="R42" s="291"/>
+      <c r="S42" s="291"/>
+      <c r="T42" s="291"/>
+      <c r="U42" s="291"/>
       <c r="V42" s="30"/>
       <c r="W42" s="117"/>
       <c r="X42" s="29"/>
       <c r="Y42" s="27"/>
       <c r="Z42" s="27"/>
       <c r="AA42" s="27"/>
       <c r="AB42" s="27"/>
-      <c r="AC42" s="275" t="e">
+      <c r="AC42" s="293" t="e">
         <f>N42*Q42</f>
         <v>#REF!</v>
       </c>
-      <c r="AD42" s="276"/>
+      <c r="AD42" s="294"/>
     </row>
     <row r="43" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A43" s="11"/>
       <c r="B43" s="13"/>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="13"/>
       <c r="G43" s="13"/>
       <c r="H43" s="13"/>
       <c r="I43" s="13"/>
       <c r="J43" s="13"/>
       <c r="K43" s="13"/>
       <c r="L43" s="13"/>
       <c r="M43" s="13"/>
       <c r="N43" s="13"/>
       <c r="O43" s="13"/>
       <c r="P43" s="13"/>
       <c r="Q43" s="13"/>
       <c r="R43" s="13"/>
       <c r="S43" s="13"/>
       <c r="T43" s="13"/>
       <c r="U43" s="13"/>
       <c r="V43" s="13"/>
       <c r="W43" s="13"/>
       <c r="X43" s="13"/>
       <c r="Y43" s="13"/>
       <c r="Z43" s="13"/>
       <c r="AA43" s="13"/>
       <c r="AB43" s="13"/>
       <c r="AC43" s="13"/>
       <c r="AD43" s="14"/>
       <c r="AE43" s="40"/>
     </row>
     <row r="44" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A44" s="11"/>
       <c r="B44" s="13"/>
       <c r="C44" s="41" t="s">
         <v>80</v>
       </c>
-      <c r="D44" s="292" t="s">
+      <c r="D44" s="302" t="s">
         <v>81</v>
       </c>
-      <c r="E44" s="292"/>
-[...7 lines deleted...]
-      <c r="M44" s="292"/>
+      <c r="E44" s="302"/>
+      <c r="F44" s="302"/>
+      <c r="G44" s="302"/>
+      <c r="H44" s="302"/>
+      <c r="I44" s="302"/>
+      <c r="J44" s="302"/>
+      <c r="K44" s="302"/>
+      <c r="L44" s="302"/>
+      <c r="M44" s="302"/>
       <c r="N44" s="41"/>
       <c r="O44" s="41"/>
       <c r="P44" s="41"/>
       <c r="Q44" s="41"/>
       <c r="R44" s="41"/>
       <c r="S44" s="41"/>
       <c r="T44" s="41"/>
       <c r="U44" s="41"/>
       <c r="V44" s="41"/>
       <c r="W44" s="41"/>
       <c r="X44" s="41"/>
       <c r="Y44" s="41"/>
       <c r="Z44" s="41"/>
-      <c r="AA44" s="293" t="e">
+      <c r="AA44" s="303" t="e">
         <f>AB9+AB26</f>
         <v>#REF!</v>
       </c>
-      <c r="AB44" s="293"/>
-[...1 lines deleted...]
-      <c r="AD44" s="294"/>
+      <c r="AB44" s="303"/>
+      <c r="AC44" s="303"/>
+      <c r="AD44" s="304"/>
       <c r="AE44" s="40"/>
     </row>
     <row r="45" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
       <c r="A45" s="26"/>
       <c r="B45" s="27"/>
       <c r="C45" s="27"/>
       <c r="D45" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E45" s="295" t="s">
+      <c r="E45" s="289" t="s">
         <v>72</v>
       </c>
-      <c r="F45" s="295"/>
-      <c r="G45" s="295"/>
+      <c r="F45" s="289"/>
+      <c r="G45" s="289"/>
       <c r="H45" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I45" s="296">
+      <c r="I45" s="305">
         <f>SUM(AC10:AD13)+SUM(AC27:AD28)</f>
         <v>0</v>
       </c>
-      <c r="J45" s="296"/>
-[...2 lines deleted...]
-      <c r="M45" s="296"/>
+      <c r="J45" s="305"/>
+      <c r="K45" s="305"/>
+      <c r="L45" s="305"/>
+      <c r="M45" s="305"/>
       <c r="N45" s="29"/>
       <c r="O45" s="119"/>
       <c r="P45" s="119"/>
       <c r="Q45" s="119"/>
       <c r="R45" s="119"/>
       <c r="S45" s="119"/>
       <c r="T45" s="119"/>
       <c r="U45" s="119"/>
       <c r="V45" s="27"/>
       <c r="W45" s="27"/>
       <c r="X45" s="27"/>
       <c r="Y45" s="27"/>
       <c r="Z45" s="27"/>
       <c r="AA45" s="27"/>
       <c r="AB45" s="27"/>
       <c r="AC45" s="27"/>
       <c r="AD45" s="42"/>
     </row>
     <row r="46" spans="1:31" s="32" customFormat="1" ht="13.5" x14ac:dyDescent="0.3">
       <c r="A46" s="26"/>
       <c r="B46" s="27"/>
       <c r="C46" s="27"/>
       <c r="D46" s="28" t="s">
         <v>71</v>
       </c>
-      <c r="E46" s="274" t="s">
+      <c r="E46" s="288" t="s">
         <v>76</v>
       </c>
-      <c r="F46" s="274"/>
-      <c r="G46" s="274"/>
+      <c r="F46" s="288"/>
+      <c r="G46" s="288"/>
       <c r="H46" s="27" t="s">
         <v>62</v>
       </c>
-      <c r="I46" s="296" t="e">
+      <c r="I46" s="305" t="e">
         <f>SUM(AC14:AD25)+SUM(AC29:AD43)</f>
         <v>#REF!</v>
       </c>
-      <c r="J46" s="296"/>
-[...2 lines deleted...]
-      <c r="M46" s="296"/>
+      <c r="J46" s="305"/>
+      <c r="K46" s="305"/>
+      <c r="L46" s="305"/>
+      <c r="M46" s="305"/>
       <c r="N46" s="29"/>
       <c r="O46" s="119"/>
       <c r="P46" s="119"/>
       <c r="Q46" s="119"/>
       <c r="R46" s="119"/>
       <c r="S46" s="119"/>
       <c r="T46" s="119"/>
       <c r="U46" s="119"/>
       <c r="V46" s="27"/>
       <c r="W46" s="27"/>
       <c r="X46" s="27"/>
       <c r="Y46" s="27"/>
       <c r="Z46" s="27"/>
       <c r="AA46" s="27"/>
       <c r="AB46" s="27"/>
       <c r="AC46" s="27"/>
       <c r="AD46" s="42"/>
     </row>
     <row r="47" spans="1:31" x14ac:dyDescent="0.3">
       <c r="A47" s="11"/>
       <c r="B47" s="13"/>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="13"/>
@@ -11639,317 +11648,317 @@
       <c r="N48" s="13"/>
       <c r="O48" s="13"/>
       <c r="P48" s="13"/>
       <c r="Q48" s="13"/>
       <c r="R48" s="13"/>
       <c r="S48" s="13"/>
       <c r="T48" s="13"/>
       <c r="U48" s="13"/>
       <c r="V48" s="13"/>
       <c r="W48" s="13"/>
       <c r="X48" s="13"/>
       <c r="Y48" s="13"/>
       <c r="Z48" s="13"/>
       <c r="AA48" s="13"/>
       <c r="AB48" s="13"/>
       <c r="AC48" s="13"/>
       <c r="AD48" s="14"/>
     </row>
     <row r="49" spans="1:30" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="11"/>
       <c r="B49" s="13"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="13"/>
-      <c r="G49" s="285" t="s">
+      <c r="G49" s="295" t="s">
         <v>85</v>
       </c>
-      <c r="H49" s="285"/>
-[...19 lines deleted...]
-      <c r="AB49" s="285"/>
+      <c r="H49" s="295"/>
+      <c r="I49" s="295"/>
+      <c r="J49" s="295"/>
+      <c r="K49" s="295"/>
+      <c r="L49" s="295"/>
+      <c r="M49" s="295"/>
+      <c r="N49" s="295"/>
+      <c r="O49" s="295"/>
+      <c r="P49" s="295"/>
+      <c r="Q49" s="295"/>
+      <c r="R49" s="295"/>
+      <c r="S49" s="295"/>
+      <c r="T49" s="295"/>
+      <c r="U49" s="295"/>
+      <c r="V49" s="295"/>
+      <c r="W49" s="295"/>
+      <c r="X49" s="295"/>
+      <c r="Y49" s="295"/>
+      <c r="Z49" s="295"/>
+      <c r="AA49" s="295"/>
+      <c r="AB49" s="295"/>
       <c r="AC49" s="120"/>
       <c r="AD49" s="14"/>
     </row>
     <row r="50" spans="1:30" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="11"/>
       <c r="B50" s="13"/>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="13"/>
       <c r="G50" s="120"/>
       <c r="H50" s="120"/>
       <c r="I50" s="120"/>
       <c r="J50" s="120"/>
       <c r="K50" s="120"/>
       <c r="L50" s="120"/>
       <c r="M50" s="120"/>
       <c r="N50" s="120"/>
       <c r="O50" s="120"/>
       <c r="P50" s="120"/>
       <c r="Q50" s="120"/>
       <c r="R50" s="120"/>
       <c r="S50" s="120"/>
       <c r="T50" s="120"/>
       <c r="U50" s="120"/>
       <c r="V50" s="120"/>
       <c r="W50" s="120"/>
       <c r="X50" s="120"/>
       <c r="Y50" s="120"/>
       <c r="Z50" s="120"/>
       <c r="AA50" s="120"/>
       <c r="AB50" s="120"/>
       <c r="AC50" s="120"/>
       <c r="AD50" s="14"/>
     </row>
     <row r="51" spans="1:30" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="11"/>
-      <c r="B51" s="286" t="s">
+      <c r="B51" s="296" t="s">
         <v>86</v>
       </c>
-      <c r="C51" s="287"/>
-[...25 lines deleted...]
-      <c r="AC51" s="288"/>
+      <c r="C51" s="297"/>
+      <c r="D51" s="297"/>
+      <c r="E51" s="297"/>
+      <c r="F51" s="297"/>
+      <c r="G51" s="297"/>
+      <c r="H51" s="297"/>
+      <c r="I51" s="297"/>
+      <c r="J51" s="297"/>
+      <c r="K51" s="297"/>
+      <c r="L51" s="297"/>
+      <c r="M51" s="297"/>
+      <c r="N51" s="297"/>
+      <c r="O51" s="297"/>
+      <c r="P51" s="297"/>
+      <c r="Q51" s="297"/>
+      <c r="R51" s="297"/>
+      <c r="S51" s="297"/>
+      <c r="T51" s="297"/>
+      <c r="U51" s="297"/>
+      <c r="V51" s="297"/>
+      <c r="W51" s="297"/>
+      <c r="X51" s="297"/>
+      <c r="Y51" s="297"/>
+      <c r="Z51" s="297"/>
+      <c r="AA51" s="297"/>
+      <c r="AB51" s="297"/>
+      <c r="AC51" s="298"/>
       <c r="AD51" s="14"/>
     </row>
     <row r="52" spans="1:30" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="44"/>
       <c r="B52" s="45"/>
       <c r="C52" s="45"/>
       <c r="D52" s="45"/>
       <c r="E52" s="45"/>
       <c r="F52" s="45"/>
       <c r="G52" s="45"/>
       <c r="H52" s="45"/>
       <c r="I52" s="45"/>
       <c r="J52" s="45"/>
       <c r="K52" s="45"/>
       <c r="L52" s="45"/>
       <c r="M52" s="45"/>
       <c r="N52" s="45"/>
       <c r="O52" s="45"/>
       <c r="P52" s="45"/>
       <c r="Q52" s="45"/>
       <c r="R52" s="45"/>
       <c r="S52" s="45"/>
       <c r="T52" s="45"/>
       <c r="U52" s="45"/>
       <c r="V52" s="45"/>
       <c r="W52" s="45"/>
       <c r="X52" s="45"/>
       <c r="Y52" s="45"/>
       <c r="Z52" s="45"/>
       <c r="AA52" s="45"/>
       <c r="AB52" s="45"/>
       <c r="AC52" s="45"/>
       <c r="AD52" s="46"/>
     </row>
     <row r="53" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="54" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="55" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="56" spans="1:30" ht="32.25" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="136">
-    <mergeCell ref="C48:E48"/>
-[...102 lines deleted...]
-    <mergeCell ref="AC18:AD18"/>
+    <mergeCell ref="C8:E8"/>
+    <mergeCell ref="D9:G9"/>
+    <mergeCell ref="AB9:AD9"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="Q10:U10"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="AC10:AD10"/>
+    <mergeCell ref="A1:AD1"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="G6:L6"/>
+    <mergeCell ref="M6:P6"/>
     <mergeCell ref="E15:G15"/>
     <mergeCell ref="I15:M15"/>
     <mergeCell ref="Q15:U15"/>
     <mergeCell ref="AC15:AD15"/>
     <mergeCell ref="E16:G16"/>
     <mergeCell ref="I16:M16"/>
     <mergeCell ref="Q16:U16"/>
     <mergeCell ref="AC16:AD16"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="Q11:U11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="AC11:AD11"/>
     <mergeCell ref="Q13:U13"/>
     <mergeCell ref="E14:G14"/>
     <mergeCell ref="I14:M14"/>
     <mergeCell ref="Q14:U14"/>
     <mergeCell ref="W14:X14"/>
     <mergeCell ref="AC14:AD14"/>
-    <mergeCell ref="C8:E8"/>
-[...12 lines deleted...]
-    <mergeCell ref="M6:P6"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="I19:M19"/>
+    <mergeCell ref="Q19:U19"/>
+    <mergeCell ref="AC19:AD19"/>
+    <mergeCell ref="E20:G20"/>
+    <mergeCell ref="I20:M20"/>
+    <mergeCell ref="Q20:U20"/>
+    <mergeCell ref="AC20:AD20"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="I17:M17"/>
+    <mergeCell ref="Q17:U17"/>
+    <mergeCell ref="AC17:AD17"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="I18:M18"/>
+    <mergeCell ref="Q18:U18"/>
+    <mergeCell ref="AC18:AD18"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="I23:M23"/>
+    <mergeCell ref="Q23:U23"/>
+    <mergeCell ref="AC23:AD23"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="I24:M24"/>
+    <mergeCell ref="Q24:U24"/>
+    <mergeCell ref="AC24:AD24"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="I21:M21"/>
+    <mergeCell ref="Q21:U21"/>
+    <mergeCell ref="AC21:AD21"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="I22:M22"/>
+    <mergeCell ref="Q22:U22"/>
+    <mergeCell ref="AC22:AD22"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="I29:M29"/>
+    <mergeCell ref="Q29:U29"/>
+    <mergeCell ref="AC29:AD29"/>
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="I30:M30"/>
+    <mergeCell ref="Q30:U30"/>
+    <mergeCell ref="AC30:AD30"/>
+    <mergeCell ref="D26:G26"/>
+    <mergeCell ref="AB26:AD26"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="Q27:U27"/>
+    <mergeCell ref="W27:X27"/>
+    <mergeCell ref="AC27:AD27"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="I33:M33"/>
+    <mergeCell ref="Q33:U33"/>
+    <mergeCell ref="AC33:AD33"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="I34:M34"/>
+    <mergeCell ref="Q34:U34"/>
+    <mergeCell ref="AC34:AD34"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="I31:M31"/>
+    <mergeCell ref="Q31:U31"/>
+    <mergeCell ref="AC31:AD31"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="I32:M32"/>
+    <mergeCell ref="Q32:U32"/>
+    <mergeCell ref="AC32:AD32"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="I37:M37"/>
+    <mergeCell ref="Q37:U37"/>
+    <mergeCell ref="AC37:AD37"/>
+    <mergeCell ref="E38:G38"/>
+    <mergeCell ref="I38:M38"/>
+    <mergeCell ref="Q38:U38"/>
+    <mergeCell ref="AC38:AD38"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="I35:M35"/>
+    <mergeCell ref="Q35:U35"/>
+    <mergeCell ref="AC35:AD35"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="I36:M36"/>
+    <mergeCell ref="Q36:U36"/>
+    <mergeCell ref="AC36:AD36"/>
+    <mergeCell ref="E41:G41"/>
+    <mergeCell ref="I41:M41"/>
+    <mergeCell ref="Q41:U41"/>
+    <mergeCell ref="AC41:AD41"/>
+    <mergeCell ref="E42:G42"/>
+    <mergeCell ref="I42:M42"/>
+    <mergeCell ref="Q42:U42"/>
+    <mergeCell ref="AC42:AD42"/>
+    <mergeCell ref="E39:G39"/>
+    <mergeCell ref="I39:M39"/>
+    <mergeCell ref="Q39:U39"/>
+    <mergeCell ref="AC39:AD39"/>
+    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="I40:M40"/>
+    <mergeCell ref="Q40:U40"/>
+    <mergeCell ref="AC40:AD40"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="G49:AB49"/>
+    <mergeCell ref="B51:AC51"/>
+    <mergeCell ref="D44:M44"/>
+    <mergeCell ref="AA44:AD44"/>
+    <mergeCell ref="E45:G45"/>
+    <mergeCell ref="I45:M45"/>
+    <mergeCell ref="E46:G46"/>
+    <mergeCell ref="I46:M46"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>